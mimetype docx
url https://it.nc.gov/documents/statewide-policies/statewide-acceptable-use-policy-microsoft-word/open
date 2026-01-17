--- v0 (2025-10-08)
+++ v1 (2026-01-17)
@@ -15,154 +15,154 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="144A3EA0" w14:textId="77777777" w:rsidR="006565AC" w:rsidRDefault="006565AC"/>
+    <w:p w14:paraId="144A3EA0" w14:textId="546D4B6F" w:rsidR="006565AC" w:rsidRDefault="006565AC"/>
     <w:p w14:paraId="7F512CDB" w14:textId="77777777" w:rsidR="006565AC" w:rsidRDefault="006565AC"/>
     <w:p w14:paraId="6832B841" w14:textId="77777777" w:rsidR="00594695" w:rsidRDefault="00594695"/>
     <w:p w14:paraId="7CD388A0" w14:textId="77777777" w:rsidR="00CF1A82" w:rsidRDefault="00CF1A82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="page" w:tblpY="3515"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="115" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8460"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00696ACD" w14:paraId="162C0CBD" w14:textId="77777777" w:rsidTr="006D3384">
+      <w:tr w:rsidR="00696ACD" w14:paraId="162C0CBD" w14:textId="77777777" w:rsidTr="658BE307">
         <w:trPr>
           <w:trHeight w:val="2810"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8460" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A2D5B5C" w14:textId="3045D869" w:rsidR="00696ACD" w:rsidRDefault="00343804" w:rsidP="00696ACD">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:yAlign="inline"/>
               <w:suppressOverlap w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>State of North Carolina</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1916AE5E" w14:textId="560F6DF0" w:rsidR="00696ACD" w:rsidRPr="00696ACD" w:rsidRDefault="00343804" w:rsidP="00696ACD">
             <w:pPr>
               <w:pStyle w:val="Subtitle"/>
             </w:pPr>
             <w:r>
               <w:t>Acceptable Use Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00710CEF" w14:paraId="3A0C99F9" w14:textId="77777777" w:rsidTr="00836257">
+      <w:tr w:rsidR="00710CEF" w14:paraId="3A0C99F9" w14:textId="77777777" w:rsidTr="658BE307">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="3B75A9"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="115" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32F1782A" w14:textId="2437129B" w:rsidR="005E1C09" w:rsidRPr="00573F83" w:rsidRDefault="00641066" w:rsidP="00573F83">
+          <w:p w14:paraId="32F1782A" w14:textId="44D0E7FE" w:rsidR="005E1C09" w:rsidRPr="00573F83" w:rsidRDefault="00641066" w:rsidP="00573F83">
             <w:pPr>
               <w:pStyle w:val="Subtitle2"/>
               <w:framePr w:wrap="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00573F83">
-              <w:t xml:space="preserve">Statewide </w:t>
-[...5 lines deleted...]
-              <w:t>Policy</w:t>
+              <w:t>Statewide Policy</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="749BC45D" w14:textId="77777777" w:rsidR="008E5FA4" w:rsidRDefault="008E5FA4" w:rsidP="006D167F"/>
           <w:p w14:paraId="16C90D36" w14:textId="7C4FD08C" w:rsidR="00710CEF" w:rsidRPr="00271846" w:rsidRDefault="00710CEF" w:rsidP="00271846">
             <w:pPr>
               <w:pStyle w:val="DocumentVersion"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:yAlign="inline"/>
               <w:suppressOverlap w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B43AEC" w14:paraId="7566C3CA" w14:textId="77777777" w:rsidTr="00836257">
+      <w:tr w:rsidR="00B43AEC" w14:paraId="7566C3CA" w14:textId="77777777" w:rsidTr="658BE307">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="115" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="107BB8A1" w14:textId="36754694" w:rsidR="00B43AEC" w:rsidRPr="00271846" w:rsidRDefault="00343804" w:rsidP="00271846">
+          <w:p w14:paraId="107BB8A1" w14:textId="0E25BE6E" w:rsidR="00B43AEC" w:rsidRPr="00271846" w:rsidRDefault="00A11A38" w:rsidP="00271846">
             <w:pPr>
               <w:pStyle w:val="DocumentDate"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:yAlign="inline"/>
               <w:suppressOverlap w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:t>January 2025</w:t>
+              <w:t>Decem</w:t>
+            </w:r>
+            <w:r w:rsidR="6CD65AFF">
+              <w:t>ber</w:t>
+            </w:r>
+            <w:r w:rsidR="00343804">
+              <w:t xml:space="preserve"> 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="02720B48" w14:textId="77777777" w:rsidR="00721181" w:rsidRPr="007D6019" w:rsidRDefault="006D48C5" w:rsidP="00836257">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2361"/>
         </w:tabs>
         <w:ind w:left="-720"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="007D6019">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="51A7142C" wp14:editId="11BDC39D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>4398645</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>6649720</wp:posOffset>
@@ -260,90 +260,90 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2298065" cy="346710"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C277609" w14:textId="77777777" w:rsidR="00C637C9" w:rsidRPr="00822242" w:rsidRDefault="00271846" w:rsidP="00DD1000">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc205392758"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc216862673"/>
       <w:r w:rsidRPr="00822242">
         <w:lastRenderedPageBreak/>
         <w:t>Document Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="40E82FE8" w14:textId="77777777" w:rsidR="00271846" w:rsidRDefault="00271846" w:rsidP="00271846">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc205392759"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc216862674"/>
       <w:r>
         <w:t>Revision History</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="2682B2C5" w14:textId="77777777" w:rsidR="00271846" w:rsidRPr="00271846" w:rsidRDefault="00271846" w:rsidP="00271846">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Version Control"/>
         <w:tblDescription w:val="Changes made to this document."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1627"/>
         <w:gridCol w:w="1137"/>
         <w:gridCol w:w="1536"/>
         <w:gridCol w:w="3440"/>
         <w:gridCol w:w="1610"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB49D7" w:rsidRPr="005425A6" w14:paraId="6EAF57DF" w14:textId="77777777" w:rsidTr="00FB49D7">
+      <w:tr w:rsidR="00FB49D7" w:rsidRPr="005425A6" w14:paraId="6EAF57DF" w14:textId="77777777" w:rsidTr="3FEC1B82">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1627" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F110116" w14:textId="77777777" w:rsidR="006A6F45" w:rsidRPr="005425A6" w:rsidRDefault="006A6F45" w:rsidP="005425A6">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005425A6">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1137" w:type="dxa"/>
@@ -411,126 +411,195 @@
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1610" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="678EDC89" w14:textId="77777777" w:rsidR="006A6F45" w:rsidRPr="005425A6" w:rsidRDefault="006A6F45" w:rsidP="005425A6">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005425A6">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Author</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005425A6" w:rsidRPr="005425A6" w14:paraId="70CAE8E1" w14:textId="77777777" w:rsidTr="00FB49D7">
+      <w:tr w:rsidR="005425A6" w:rsidRPr="005425A6" w14:paraId="70CAE8E1" w14:textId="77777777" w:rsidTr="3FEC1B82">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57CAF9A0" w14:textId="3B504AF8" w:rsidR="006A6F45" w:rsidRPr="005425A6" w:rsidRDefault="00343804" w:rsidP="005425A6">
+          <w:p w14:paraId="57CAF9A0" w14:textId="3EFC0D6F" w:rsidR="006A6F45" w:rsidRPr="005425A6" w:rsidRDefault="539C12B8" w:rsidP="005425A6">
             <w:r>
-              <w:t>Jan 28, 2025</w:t>
+              <w:t>Jan 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1137" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20D75375" w14:textId="21F07F09" w:rsidR="006A6F45" w:rsidRPr="005425A6" w:rsidRDefault="00837259" w:rsidP="005425A6">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005425A6">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FA96B4B" w14:textId="77777777" w:rsidR="006A6F45" w:rsidRPr="005425A6" w:rsidRDefault="00A32BCF" w:rsidP="005425A6">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005425A6">
               <w:t>New</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21861A81" w14:textId="383EA945" w:rsidR="00394C94" w:rsidRPr="005425A6" w:rsidRDefault="00343804" w:rsidP="005425A6">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Updated with AI content</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1610" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30B37CE3" w14:textId="3BF17052" w:rsidR="006A6F45" w:rsidRPr="005425A6" w:rsidRDefault="00343804" w:rsidP="005425A6">
+          <w:p w14:paraId="30B37CE3" w14:textId="40179947" w:rsidR="006A6F45" w:rsidRPr="005425A6" w:rsidRDefault="00A11A38" w:rsidP="005425A6">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Chris Brittingham</w:t>
+              <w:t>Policy Office</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="3FEC1B82" w14:paraId="791C099C" w14:textId="77777777" w:rsidTr="3FEC1B82">
+        <w:trPr>
+          <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6EBE66" w14:textId="633A8B67" w:rsidR="2AAAFB84" w:rsidRDefault="2AAAFB84" w:rsidP="3FEC1B82">
+            <w:r>
+              <w:t>Dec 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1137" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F1A42C9" w14:textId="2172E6A7" w:rsidR="3FEC1B82" w:rsidRDefault="00A11A38" w:rsidP="3FEC1B82">
+            <w:pPr>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3798FDF5" w14:textId="3789FF10" w:rsidR="3FEC1B82" w:rsidRDefault="00A11A38" w:rsidP="3FEC1B82">
+            <w:pPr>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Revised</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C04D8A9" w14:textId="69661325" w:rsidR="3FEC1B82" w:rsidRDefault="00A11A38" w:rsidP="3FEC1B82">
+            <w:pPr>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Added Privacy and Data Protection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15284D91" w14:textId="424C08EE" w:rsidR="3FEC1B82" w:rsidRDefault="00A11A38" w:rsidP="3FEC1B82">
+            <w:pPr>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Policy Office</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3354E677" w14:textId="77777777" w:rsidR="00271846" w:rsidRPr="005C09DB" w:rsidRDefault="00271846" w:rsidP="005C09DB"/>
     <w:p w14:paraId="5B1A3E44" w14:textId="77777777" w:rsidR="00B04533" w:rsidRPr="005C09DB" w:rsidRDefault="00B04533" w:rsidP="005C09DB"/>
     <w:p w14:paraId="18D3AB25" w14:textId="77777777" w:rsidR="00271846" w:rsidRPr="005C09DB" w:rsidRDefault="00271846" w:rsidP="005C09DB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc205392760"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc216862675"/>
       <w:r w:rsidRPr="005C09DB">
         <w:t>Document Details</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="0B596843" w14:textId="77777777" w:rsidR="00271846" w:rsidRPr="005C09DB" w:rsidRDefault="00271846" w:rsidP="005C09DB"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2426"/>
         <w:gridCol w:w="6924"/>
       </w:tblGrid>
       <w:tr w:rsidR="005425A6" w:rsidRPr="005425A6" w14:paraId="141FE52D" w14:textId="77777777" w:rsidTr="00DE6D7A">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2427" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3F6DAA" w:themeFill="accent2"/>
           </w:tcPr>
           <w:p w14:paraId="00018033" w14:textId="77777777" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="0021481C" w:rsidP="005425A6">
             <w:pPr>
@@ -569,56 +638,59 @@
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2427" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3F6DAA" w:themeFill="accent2"/>
           </w:tcPr>
           <w:p w14:paraId="26A7AF57" w14:textId="77777777" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="0021481C" w:rsidP="005425A6">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005425A6">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Owner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09FE54BB" w14:textId="09D270BC" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="00343804" w:rsidP="005425A6">
+          <w:p w14:paraId="09FE54BB" w14:textId="49BFE1A2" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="00343804" w:rsidP="005425A6">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>State Chief Risk Officer</w:t>
+              <w:t xml:space="preserve">State Chief </w:t>
+            </w:r>
+            <w:r w:rsidR="008F61B3">
+              <w:t>Information Security Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021481C" w:rsidRPr="005425A6" w14:paraId="3B432B97" w14:textId="77777777" w:rsidTr="00DE6D7A">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2427" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3F6DAA" w:themeFill="accent2"/>
           </w:tcPr>
           <w:p w14:paraId="4D599395" w14:textId="77777777" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="0021481C" w:rsidP="005425A6">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005425A6">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Title</w:t>
@@ -645,135 +717,147 @@
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2427" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3F6DAA" w:themeFill="accent2"/>
           </w:tcPr>
           <w:p w14:paraId="1AEC228A" w14:textId="77777777" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="0021481C" w:rsidP="005425A6">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005425A6">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Publication Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF5CF89" w14:textId="5141B10C" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="005F3CCB" w:rsidP="005425A6">
+          <w:p w14:paraId="6FF5CF89" w14:textId="352DAD52" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="00A11A38" w:rsidP="005425A6">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>January 25, 2025</w:t>
+              <w:t>December</w:t>
+            </w:r>
+            <w:r w:rsidR="005F3CCB">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="005F3CCB">
+              <w:t>, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021481C" w:rsidRPr="005425A6" w14:paraId="2B0E0536" w14:textId="77777777" w:rsidTr="00DE6D7A">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2427" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3F6DAA" w:themeFill="accent2"/>
           </w:tcPr>
           <w:p w14:paraId="43D50D46" w14:textId="77777777" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="0021481C" w:rsidP="005425A6">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005425A6">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Next Release</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F6B1B95" w14:textId="7093F22B" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="005F3CCB" w:rsidP="005425A6">
+          <w:p w14:paraId="5F6B1B95" w14:textId="53C7CD67" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="00A11A38" w:rsidP="005425A6">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">January </w:t>
+              <w:t>December 31</w:t>
             </w:r>
             <w:r w:rsidR="00A8475E">
-              <w:t>1, 2026</w:t>
+              <w:t>, 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF2B07">
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021481C" w:rsidRPr="005425A6" w14:paraId="264762C0" w14:textId="77777777" w:rsidTr="00DE6D7A">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2427" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3F6DAA" w:themeFill="accent2"/>
           </w:tcPr>
           <w:p w14:paraId="53EAB98A" w14:textId="77777777" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="0021481C" w:rsidP="005425A6">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005425A6">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Document Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EDCC390" w14:textId="3985E910" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="00786537" w:rsidP="005425A6">
+          <w:p w14:paraId="6EDCC390" w14:textId="660F330A" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="00CF2B07" w:rsidP="005425A6">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>DRAFT</w:t>
+              <w:t>Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021481C" w:rsidRPr="005425A6" w14:paraId="0A09A13D" w14:textId="77777777" w:rsidTr="00DE6D7A">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2427" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3F6DAA" w:themeFill="accent2"/>
           </w:tcPr>
           <w:p w14:paraId="1BA427E9" w14:textId="77777777" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="0021481C" w:rsidP="005425A6">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005425A6">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Document Number</w:t>
@@ -800,1256 +884,1258 @@
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2427" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3F6DAA" w:themeFill="accent2"/>
           </w:tcPr>
           <w:p w14:paraId="2E7B63B3" w14:textId="77777777" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="0021481C" w:rsidP="005425A6">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005425A6">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Version</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EAC88E4" w14:textId="1ABD1C2C" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="00343804" w:rsidP="00DD1000">
+          <w:p w14:paraId="4EAC88E4" w14:textId="4F94F741" w:rsidR="0021481C" w:rsidRPr="005425A6" w:rsidRDefault="00343804" w:rsidP="00DD1000">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="810"/>
               </w:tabs>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
+            <w:r w:rsidR="00A11A38">
+              <w:t>.1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="15F9338B" w14:textId="77777777" w:rsidR="002C53A6" w:rsidRDefault="002C53A6" w:rsidP="002C53A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3375"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="143B15F1" w14:textId="77777777" w:rsidR="000A34ED" w:rsidRDefault="00064DF0">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:id w:val="143706678"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="39C58C1A" w14:textId="77777777" w:rsidR="00EF102B" w:rsidRPr="009D693F" w:rsidRDefault="00EF102B" w:rsidP="00E60764">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="4019"/>
             </w:tabs>
           </w:pPr>
           <w:r w:rsidRPr="00B80872">
             <w:t>Table</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> of Contents</w:t>
           </w:r>
           <w:r w:rsidR="00E60764">
             <w:tab/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="740BADC6" w14:textId="0BCD228E" w:rsidR="00CC49C3" w:rsidRDefault="00EE51C0">
+        <w:p w14:paraId="7F709479" w14:textId="4A3CDE83" w:rsidR="00A11A38" w:rsidRDefault="00EE51C0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc205392758" w:history="1">
-            <w:r w:rsidR="00CC49C3" w:rsidRPr="00677ED3">
+          <w:hyperlink w:anchor="_Toc216862673" w:history="1">
+            <w:r w:rsidR="00A11A38" w:rsidRPr="001A13C4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Document Information</w:t>
             </w:r>
-            <w:r w:rsidR="00CC49C3">
+            <w:r w:rsidR="00A11A38">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CC49C3">
+            <w:r w:rsidR="00A11A38">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CC49C3">
+            <w:r w:rsidR="00A11A38">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205392758 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CC49C3">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216862673 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A11A38">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00CC49C3">
+            <w:r w:rsidR="00A11A38">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A40223">
+            <w:r w:rsidR="00E30E36">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00CC49C3">
+            <w:r w:rsidR="00A11A38">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7F167039" w14:textId="1523C060" w:rsidR="00CC49C3" w:rsidRDefault="00CC49C3">
+        <w:p w14:paraId="1CFCD740" w14:textId="25ADF5AF" w:rsidR="00A11A38" w:rsidRDefault="00A11A38">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205392759" w:history="1">
-            <w:r w:rsidRPr="00677ED3">
+          <w:hyperlink w:anchor="_Toc216862674" w:history="1">
+            <w:r w:rsidRPr="001A13C4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Revision History</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205392759 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216862674 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A40223">
+            <w:r w:rsidR="00E30E36">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1ADC3F1C" w14:textId="3A23488B" w:rsidR="00CC49C3" w:rsidRDefault="00CC49C3">
+        <w:p w14:paraId="2ADA7E4E" w14:textId="1135939A" w:rsidR="00A11A38" w:rsidRDefault="00A11A38">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205392760" w:history="1">
-            <w:r w:rsidRPr="00677ED3">
+          <w:hyperlink w:anchor="_Toc216862675" w:history="1">
+            <w:r w:rsidRPr="001A13C4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Document Details</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205392760 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216862675 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A40223">
+            <w:r w:rsidR="00E30E36">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0E6DC727" w14:textId="615B8386" w:rsidR="00CC49C3" w:rsidRDefault="00CC49C3">
+        <w:p w14:paraId="1B2C37D3" w14:textId="02DF06B0" w:rsidR="00A11A38" w:rsidRDefault="00A11A38">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205392761" w:history="1">
-            <w:r w:rsidRPr="00677ED3">
+          <w:hyperlink w:anchor="_Toc216862676" w:history="1">
+            <w:r w:rsidRPr="001A13C4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Purpose</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205392761 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216862676 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A40223">
+            <w:r w:rsidR="00E30E36">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="247DDC91" w14:textId="182CC348" w:rsidR="00CC49C3" w:rsidRDefault="00CC49C3">
+        <w:p w14:paraId="0A666A0E" w14:textId="28344AFA" w:rsidR="00A11A38" w:rsidRDefault="00A11A38">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205392762" w:history="1">
-            <w:r w:rsidRPr="00677ED3">
+          <w:hyperlink w:anchor="_Toc216862677" w:history="1">
+            <w:r w:rsidRPr="001A13C4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Owner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205392762 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216862677 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A40223">
+            <w:r w:rsidR="00E30E36">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0B835F66" w14:textId="76CCF4B0" w:rsidR="00CC49C3" w:rsidRDefault="00CC49C3">
+        <w:p w14:paraId="15FF4ABE" w14:textId="52B8D4B3" w:rsidR="00A11A38" w:rsidRDefault="00A11A38">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205392763" w:history="1">
-            <w:r w:rsidRPr="00677ED3">
+          <w:hyperlink w:anchor="_Toc216862678" w:history="1">
+            <w:r w:rsidRPr="001A13C4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Scope</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205392763 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216862678 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A40223">
+            <w:r w:rsidR="00E30E36">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="49EF92C9" w14:textId="731FF14A" w:rsidR="00CC49C3" w:rsidRDefault="00CC49C3">
+        <w:p w14:paraId="7DE32294" w14:textId="7131F5C4" w:rsidR="00A11A38" w:rsidRDefault="00A11A38">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205392764" w:history="1">
-            <w:r w:rsidRPr="00677ED3">
+          <w:hyperlink w:anchor="_Toc216862679" w:history="1">
+            <w:r w:rsidRPr="001A13C4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205392764 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216862679 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A40223">
+            <w:r w:rsidR="00E30E36">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="06DF14D8" w14:textId="4B98300E" w:rsidR="00CC49C3" w:rsidRDefault="00CC49C3">
+        <w:p w14:paraId="0DB27384" w14:textId="4C5439F7" w:rsidR="00A11A38" w:rsidRDefault="00A11A38">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205392765" w:history="1">
-            <w:r w:rsidRPr="00677ED3">
+          <w:hyperlink w:anchor="_Toc216862680" w:history="1">
+            <w:r w:rsidRPr="001A13C4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Section 1. Agency Policy Requirements and Exceptions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205392765 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216862680 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A40223">
+            <w:r w:rsidR="00E30E36">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="372F648E" w14:textId="2ECE0062" w:rsidR="00CC49C3" w:rsidRDefault="00CC49C3">
+        <w:p w14:paraId="12064A39" w14:textId="06A29872" w:rsidR="00A11A38" w:rsidRDefault="00A11A38">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205392766" w:history="1">
-            <w:r w:rsidRPr="00677ED3">
+          <w:hyperlink w:anchor="_Toc216862681" w:history="1">
+            <w:r w:rsidRPr="001A13C4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Section 2. Agency Template</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205392766 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216862681 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A40223">
+            <w:r w:rsidR="00E30E36">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="30317D5E" w14:textId="5BA09A5B" w:rsidR="00CC49C3" w:rsidRDefault="00CC49C3">
+        <w:p w14:paraId="165A3A30" w14:textId="0B1E7F26" w:rsidR="00A11A38" w:rsidRDefault="00A11A38">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205392767" w:history="1">
-            <w:r w:rsidRPr="00677ED3">
+          <w:hyperlink w:anchor="_Toc216862682" w:history="1">
+            <w:r w:rsidRPr="001A13C4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Section 1. Application</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205392767 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216862682 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A40223">
+            <w:r w:rsidR="00E30E36">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="75A35A8F" w14:textId="4F14B048" w:rsidR="00CC49C3" w:rsidRDefault="00CC49C3">
+        <w:p w14:paraId="1E76EFDF" w14:textId="29317E15" w:rsidR="00A11A38" w:rsidRDefault="00A11A38">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205392768" w:history="1">
-            <w:r w:rsidRPr="00677ED3">
+          <w:hyperlink w:anchor="_Toc216862683" w:history="1">
+            <w:r w:rsidRPr="001A13C4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Section 2. Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205392768 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216862683 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A40223">
+            <w:r w:rsidR="00E30E36">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="16D610DE" w14:textId="2220CFB3" w:rsidR="00CC49C3" w:rsidRDefault="00CC49C3">
+        <w:p w14:paraId="53DD0CD6" w14:textId="327C8BD9" w:rsidR="00A11A38" w:rsidRDefault="00A11A38">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205392769" w:history="1">
-            <w:r w:rsidRPr="00677ED3">
+          <w:hyperlink w:anchor="_Toc216862684" w:history="1">
+            <w:r w:rsidRPr="001A13C4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Section 3. Incidental Use</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205392769 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216862684 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A40223">
+            <w:r w:rsidR="00E30E36">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2D51E44C" w14:textId="4DBE66F9" w:rsidR="00CC49C3" w:rsidRDefault="00CC49C3">
+        <w:p w14:paraId="62424AE0" w14:textId="7DC7F1A6" w:rsidR="00A11A38" w:rsidRDefault="00A11A38">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205392770" w:history="1">
-            <w:r w:rsidRPr="00677ED3">
+          <w:hyperlink w:anchor="_Toc216862685" w:history="1">
+            <w:r w:rsidRPr="001A13C4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Section 4. Violations</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205392770 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216862685 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A40223">
+            <w:r w:rsidR="00E30E36">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="39B014AC" w14:textId="23D2735D" w:rsidR="00CC49C3" w:rsidRDefault="00CC49C3">
+        <w:p w14:paraId="243F6B1D" w14:textId="469E53DE" w:rsidR="00A11A38" w:rsidRDefault="00A11A38">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205392771" w:history="1">
-            <w:r w:rsidRPr="00677ED3">
+          <w:hyperlink w:anchor="_Toc216862686" w:history="1">
+            <w:r w:rsidRPr="001A13C4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Section 5. Acknowledgement of Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205392771 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216862686 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A40223">
+            <w:r w:rsidR="00E30E36">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3315D4E4" w14:textId="344FFB8E" w:rsidR="00CC49C3" w:rsidRDefault="00CC49C3">
+        <w:p w14:paraId="2FFCF50D" w14:textId="16AE154A" w:rsidR="00A11A38" w:rsidRDefault="00A11A38">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205392772" w:history="1">
-            <w:r w:rsidRPr="00677ED3">
+          <w:hyperlink w:anchor="_Toc216862687" w:history="1">
+            <w:r w:rsidRPr="001A13C4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>References</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205392772 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216862687 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A40223">
+            <w:r w:rsidR="00E30E36">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2D125290" w14:textId="6794F077" w:rsidR="00EF102B" w:rsidRDefault="00EE51C0">
+        <w:p w14:paraId="2D125290" w14:textId="1651D26F" w:rsidR="00EF102B" w:rsidRDefault="00EE51C0">
           <w:r>
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="01AC2B4B" w14:textId="59B7E193" w:rsidR="000E65DC" w:rsidRPr="00786537" w:rsidRDefault="00EF102B" w:rsidP="004D25DB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:color w:val="09273D"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="45058DA0" w14:textId="77777777" w:rsidR="00FA1826" w:rsidRDefault="00E516B6" w:rsidP="00E516B6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc205392761"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc216862676"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Purpose</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="370F5418" w14:textId="77777777" w:rsidR="00946C9C" w:rsidRDefault="00946C9C" w:rsidP="00946C9C">
       <w:r w:rsidRPr="00C57AF9">
         <w:t>Information resources are strategic assets of the State of North Carolina and must be treated and managed as valuable resources. The purpose of this policy is to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> do the following</w:t>
       </w:r>
       <w:r w:rsidRPr="00C57AF9">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="683BF53C" w14:textId="77777777" w:rsidR="00946C9C" w:rsidRPr="00C57AF9" w:rsidRDefault="00946C9C" w:rsidP="00946C9C"/>
     <w:p w14:paraId="1F0B064F" w14:textId="0B10BBBC" w:rsidR="00946C9C" w:rsidRPr="00C57AF9" w:rsidRDefault="00946C9C" w:rsidP="00C62B5E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="80"/>
@@ -2084,470 +2170,551 @@
       <w:r>
         <w:t xml:space="preserve">Comply </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57AF9">
         <w:t>with applicable</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> s</w:t>
       </w:r>
       <w:r w:rsidRPr="00C57AF9">
         <w:t>tate law and other rules and regulations regarding the management of information resources.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="528F0C66" w14:textId="0D583BD4" w:rsidR="00946C9C" w:rsidRDefault="00946C9C" w:rsidP="00C62B5E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="00C57AF9">
         <w:t>Educate individuals who may use information resources with respect to their responsibilities associated with computer resource use.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AA17C31" w14:textId="66AE2AD2" w:rsidR="004D25DB" w:rsidRPr="004D25DB" w:rsidRDefault="00946C9C" w:rsidP="00C62B5E">
+    <w:p w14:paraId="6AA17C31" w14:textId="5F90C874" w:rsidR="004D25DB" w:rsidRPr="004D25DB" w:rsidRDefault="00946C9C" w:rsidP="00C62B5E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r>
         <w:t>Establish a process to ensure that users acknowledge and agree to abide by the rules of behavior before gaining access to information resources connected to the State Network</w:t>
       </w:r>
+      <w:r w:rsidR="002F3E75">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3D33D5BB" w14:textId="77777777" w:rsidR="0021481C" w:rsidRDefault="0021481C" w:rsidP="0021481C">
       <w:bookmarkStart w:id="4" w:name="_Part_II_-"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="089B4CFE" w14:textId="77777777" w:rsidR="006A497B" w:rsidRDefault="006A497B" w:rsidP="00B80872">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc205392762"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc216862677"/>
       <w:r>
         <w:t>Owner</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="4F0A3CF4" w14:textId="0A969F68" w:rsidR="004D25DB" w:rsidRPr="007D6019" w:rsidRDefault="004D25DB" w:rsidP="003F4789">
+    <w:p w14:paraId="4F0A3CF4" w14:textId="706F2A60" w:rsidR="004D25DB" w:rsidRPr="007D6019" w:rsidRDefault="004D25DB" w:rsidP="003F4789">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">N.C. Department of Information Technology </w:t>
       </w:r>
       <w:r w:rsidR="00786537">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>– State Chief Risk Officer</w:t>
+        <w:t>– State Chief</w:t>
+      </w:r>
+      <w:r w:rsidR="00D82165">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Information Security</w:t>
+      </w:r>
+      <w:r w:rsidR="00786537">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Officer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D129BE" w14:textId="77777777" w:rsidR="006A497B" w:rsidRDefault="006A497B" w:rsidP="006A497B"/>
     <w:p w14:paraId="313B3458" w14:textId="77777777" w:rsidR="00FD04FB" w:rsidRDefault="00FD04FB" w:rsidP="00B80872">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc205392763"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc216862678"/>
       <w:r w:rsidRPr="007D6019">
         <w:t>Scope</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="57FA21EC" w14:textId="77777777" w:rsidR="005E6B98" w:rsidRDefault="005E6B98" w:rsidP="005E6B98">
       <w:r w:rsidRPr="000D41D7">
         <w:t>This policy applies to state agencies, departments and other entities not specifically excluded from Article 1</w:t>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="000D41D7">
         <w:t xml:space="preserve"> of N.C. General Statute Chapter 143B</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72BD7C4D" w14:textId="77777777" w:rsidR="004D25DB" w:rsidRDefault="004D25DB" w:rsidP="004D25DB"/>
-    <w:p w14:paraId="6A568B3C" w14:textId="0FC178A7" w:rsidR="00FD04FB" w:rsidRDefault="004D25DB" w:rsidP="00B80872">
+    <w:p w14:paraId="491D2B0A" w14:textId="588073C1" w:rsidR="004D25DB" w:rsidRDefault="004D25DB" w:rsidP="00B851DE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc205392764"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc216862679"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Policy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="152860FB" w14:textId="77777777" w:rsidR="004D25DB" w:rsidRDefault="004D25DB" w:rsidP="004D25DB">
+    <w:p w14:paraId="7F08FEC3" w14:textId="6E3C8914" w:rsidR="004D25DB" w:rsidRDefault="005E6B98" w:rsidP="004D25DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc216862680"/>
+      <w:r>
+        <w:t>Section 1. Agency Policy Requirements and Exceptions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="172280C5" w14:textId="77777777" w:rsidR="004D25DB" w:rsidRPr="004D25DB" w:rsidRDefault="004D25DB" w:rsidP="004D25DB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="1A634B9B" w14:textId="491FFA3D" w:rsidR="007F3BB2" w:rsidRDefault="007F3BB2" w:rsidP="00C62B5E">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Use this section to create policy requirements.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017147F">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C202A8">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="1A634B9B" w14:textId="491FFA3D" w:rsidR="007F3BB2" w:rsidRDefault="007F3BB2" w:rsidP="00C62B5E">
+        <w:t xml:space="preserve">Statewide Information Security </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Policies require agencies to adopt an acceptable use policy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006623C8">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>that describe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006623C8">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> responsibilities and expected behavior </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the use of the State Network, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006623C8">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006623C8">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006623C8">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>information system</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s. (Security Planning Policy, PL-4 – Rules of Behavior, Personnel Security Policy, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C202A8">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>PS-6 – Access Agreements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E582DD5" w14:textId="15BD5FAC" w:rsidR="007F3BB2" w:rsidRDefault="007F3BB2" w:rsidP="00C62B5E">
       <w:pPr>
         <w:spacing w:after="80"/>
-        <w:rPr>
-[...98 lines deleted...]
-      <w:r w:rsidRPr="35743E65">
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
-      <w:r w:rsidRPr="35743E65">
+      <w:r w:rsidRPr="4268B6D9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Acceptable Use Policy</w:t>
       </w:r>
-      <w:r w:rsidRPr="35743E65">
+      <w:r>
         <w:t xml:space="preserve"> sets out the </w:t>
       </w:r>
-      <w:r w:rsidRPr="35743E65">
+      <w:r w:rsidRPr="4268B6D9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>minimum requirements</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> for the development and use of individual agency use. Agencies may adopt </w:t>
+      </w:r>
+      <w:r w:rsidR="0F95F18F">
+        <w:t xml:space="preserve">this policy as their own or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0F95F18F">
+        <w:t>adoption</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0F95F18F">
+        <w:t xml:space="preserve"> a policy with </w:t>
+      </w:r>
+      <w:r>
+        <w:t>more stringent</w:t>
+      </w:r>
+      <w:r w:rsidR="4D5B624D">
+        <w:t xml:space="preserve"> standards</w:t>
+      </w:r>
+      <w:r w:rsidR="0068205B">
+        <w:t xml:space="preserve"> applicable to their</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2B1A">
+        <w:t xml:space="preserve"> agency</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2149F">
+        <w:t xml:space="preserve"> but</w:t>
+      </w:r>
+      <w:r w:rsidR="00746A21">
+        <w:t xml:space="preserve"> must </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73185">
+        <w:t>retain</w:t>
+      </w:r>
+      <w:r w:rsidR="00746A21">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="27EE589C">
+        <w:t>se</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC195C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="5D71A9E8">
+        <w:t xml:space="preserve">minimum </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC195C">
+        <w:t>requirements set forth here</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73185">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2149F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E32AE1" w14:textId="3D64D3BD" w:rsidR="007F3BB2" w:rsidRDefault="007F3BB2" w:rsidP="00C62B5E">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
       <w:r w:rsidRPr="35743E65">
-        <w:t xml:space="preserve"> for the development and use of individual agency use. Agencies may adopt more stringent policies.</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Exceptions to the minimum requirements in this policy template must be approved in writing by the State Chief Information Officer. Agencies must use the </w:t>
+      </w:r>
+      <w:r w:rsidR="004425E8">
+        <w:t xml:space="preserve">N.C. </w:t>
+      </w:r>
       <w:r w:rsidRPr="35743E65">
-        <w:t xml:space="preserve">Exceptions to the minimum requirements in this policy template must be approved in writing by the State Chief Information Officer. Agencies must use the Department of Information Technology (DIT) </w:t>
+        <w:t>Department of Information Technology (</w:t>
+      </w:r>
+      <w:r w:rsidR="004425E8">
+        <w:t>NC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="35743E65">
+        <w:t xml:space="preserve">DIT) </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
         <w:r w:rsidRPr="35743E65">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Exception Request Process and Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="35743E65">
         <w:t xml:space="preserve"> to request any exception(s) to this policy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70F0E628" w14:textId="77777777" w:rsidR="007F3BB2" w:rsidRDefault="007F3BB2" w:rsidP="00C62B5E">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>This</w:t>
       </w:r>
       <w:r w:rsidRPr="00564820">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> Acceptable Use Policy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall be reviewed annually, at a minimum.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6209CFC8" w14:textId="77777777" w:rsidR="00DB5555" w:rsidRDefault="00DB5555" w:rsidP="00DB5555"/>
     <w:p w14:paraId="587F76C7" w14:textId="0266AC49" w:rsidR="00C62B5E" w:rsidRDefault="00C62B5E" w:rsidP="00C62B5E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc205392766"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc216862681"/>
       <w:r>
         <w:t>Section 2. Agency Template</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="6868A994" w14:textId="77777777" w:rsidR="00C62B5E" w:rsidRDefault="00C62B5E" w:rsidP="00C62B5E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FA557A7" w14:textId="77777777" w:rsidR="00CE2EFF" w:rsidRDefault="00CE2EFF" w:rsidP="00CE2EFF">
       <w:r w:rsidRPr="35743E65">
         <w:t xml:space="preserve">State agencies may use the following template for their acceptable use policies. Agencies that choose not to use the template must include all the elements of Sections 1-4 within the following Acceptable Use Policy for their agency use. If agencies choose to allow incidental personal use of information technology resources, they must include the minimum requirements of Section 3 – Incidental Use—of this policy (p. </w:t>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="35743E65">
         <w:t>) within their own Acceptable Use Policy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E62B2E" w14:textId="77777777" w:rsidR="00C62B5E" w:rsidRDefault="00C62B5E" w:rsidP="00C62B5E">
+    <w:p w14:paraId="7AC17645" w14:textId="4BC6CD14" w:rsidR="00B851DE" w:rsidRDefault="00B851DE" w:rsidP="4268B6D9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5326AF94" w14:textId="77777777" w:rsidR="00CE2EFF" w:rsidRDefault="00CE2EFF" w:rsidP="00C62B5E">
+    <w:p w14:paraId="43BDE256" w14:textId="77777777" w:rsidR="004F332F" w:rsidRDefault="004F332F" w:rsidP="4268B6D9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="500A9F99" w14:textId="77777777" w:rsidR="00CE2EFF" w:rsidRDefault="00CE2EFF" w:rsidP="00C62B5E">
+    <w:p w14:paraId="1A6B8F01" w14:textId="77777777" w:rsidR="004F332F" w:rsidRDefault="004F332F" w:rsidP="4268B6D9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01DAE3CF" w14:textId="7E7CDBDA" w:rsidR="00CE2EFF" w:rsidRDefault="00CE2EFF" w:rsidP="00CE2EFF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Statewide Acceptable Use Policy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35E6F6C5" w14:textId="77777777" w:rsidR="00CE2EFF" w:rsidRDefault="00CE2EFF" w:rsidP="00CE2EFF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0244EFFB" w14:textId="35F654A2" w:rsidR="00CE2EFF" w:rsidRDefault="00CE2EFF" w:rsidP="00CE2EFF">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc205392767"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc216862682"/>
       <w:r>
         <w:t>Section 1. Application</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="0E2FFFA2" w14:textId="77777777" w:rsidR="00CE2EFF" w:rsidRDefault="00CE2EFF" w:rsidP="00CE2EFF">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4598B430" w14:textId="77777777" w:rsidR="00121069" w:rsidRPr="00E11C82" w:rsidRDefault="00121069" w:rsidP="00121069">
+    <w:p w14:paraId="4598B430" w14:textId="5DE4EBF7" w:rsidR="00121069" w:rsidRPr="00E11C82" w:rsidRDefault="00121069" w:rsidP="00121069">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="4268B6D9">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>This policy applies to any state employee, contractor or third party who uses any device, whether state-owned or personal, to connect to the State Network. G.S. 143B—1370(a)(5) (g) defines the State Network as “</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">information for State agencies.” State law also requires the North Carolina Department of Information Technology (NCDIT) to manage the State Network. </w:t>
+        <w:t xml:space="preserve">This policy applies to any state employee, contractor or third party </w:t>
+      </w:r>
+      <w:r w:rsidR="6A6E30A3" w:rsidRPr="4268B6D9">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(“Users”) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4268B6D9">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>who uses any device, whether state-owned or personal, to connect to the State Network. G.S. 143B</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1088" w:rsidRPr="4268B6D9">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4268B6D9">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>1370(a)(5) (g) defines the State Network as “</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">any connectivity designed for the purpose of providing Internet Protocol transport of information for State agencies.” State law also requires the North Carolina Department of Information Technology (NCDIT) to manage the State Network. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CDC1E57" w14:textId="77777777" w:rsidR="00CE2EFF" w:rsidRDefault="00CE2EFF" w:rsidP="00CE2EFF">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A6101F6" w14:textId="5DEB0CCE" w:rsidR="00121069" w:rsidRDefault="00121069" w:rsidP="00121069">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc205392768"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc216862683"/>
       <w:r>
         <w:t>Section 2. Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="6705EB09" w14:textId="77777777" w:rsidR="00121069" w:rsidRDefault="00121069" w:rsidP="00121069">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F6342D9" w14:textId="3888512D" w:rsidR="00121069" w:rsidRDefault="0032355D" w:rsidP="0032355D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Use of Personal </w:t>
       </w:r>
@@ -2747,70 +2914,76 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="001142B5">
         <w:t>Information technology resources must not be used for personal benefit, e.g., gambling, political activity, unsolicited advertising, unauthorized fund raising, personal business ventures, or for the solicitation of performance of any activity that is prohibited by any local, state, or federal law.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF29807" w14:textId="77777777" w:rsidR="00645505" w:rsidRDefault="00645505" w:rsidP="00645505">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="001142B5">
         <w:t>Access to the Internet from state-owned, home based, devices must adhere to all acceptable use policies.  Employees must not allow family members or other non-employees to access data classified as restricted or highly restricted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27BF1BE9" w14:textId="77777777" w:rsidR="00645505" w:rsidRDefault="00645505" w:rsidP="00645505">
+    <w:p w14:paraId="27BF1BE9" w14:textId="33DEAF65" w:rsidR="00645505" w:rsidRDefault="00645505" w:rsidP="00645505">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="001142B5">
+      <w:r>
         <w:t xml:space="preserve">Users should not use unauthorized Cloud Services (e.g., file storage/sharing services like </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001142B5">
+      <w:r>
         <w:t>DropBox</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001142B5">
-        <w:t>, Google Drive, etc.) for sharing of state data.</w:t>
+      <w:r>
+        <w:t xml:space="preserve">, Google Drive, etc.) for sharing of </w:t>
+      </w:r>
+      <w:r w:rsidR="009E7A3C">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:t>tate data.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24916319" w14:textId="77777777" w:rsidR="00F76A09" w:rsidRDefault="00F76A09" w:rsidP="00F76A09"/>
     <w:p w14:paraId="0E806FBA" w14:textId="59E18E81" w:rsidR="00645505" w:rsidRDefault="00645505" w:rsidP="00645505">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Downloading and Copying</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74897848" w14:textId="77777777" w:rsidR="00645505" w:rsidRDefault="00645505" w:rsidP="00645505"/>
     <w:p w14:paraId="7E0DAC3B" w14:textId="77777777" w:rsidR="003B7044" w:rsidRPr="00C57AF9" w:rsidRDefault="003B7044" w:rsidP="003B7044">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="00C57AF9">
         <w:t xml:space="preserve">Users must not make unauthorized copies of copyrighted or </w:t>
       </w:r>
       <w:r>
@@ -3048,144 +3221,138 @@
       </w:hyperlink>
       <w:r w:rsidRPr="00317C06">
         <w:t>. </w:t>
       </w:r>
       <w:r w:rsidRPr="00317C06">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r w:rsidRPr="00317C06">
         <w:t xml:space="preserve">: Per the NC Department of Natural and Cultural Resources (DNCR), </w:t>
       </w:r>
       <w:r w:rsidRPr="00317C06">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>OneDrive for Business: Best Practices and Usage, “</w:t>
       </w:r>
       <w:r w:rsidRPr="00317C06">
         <w:t>OneDrive for Business is not intended for permanent storage of public records.” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C6A7712" w14:textId="77777777" w:rsidR="00317C06" w:rsidRPr="00317C06" w:rsidRDefault="00317C06" w:rsidP="00317C06">
+    <w:p w14:paraId="7C6A7712" w14:textId="136A4D35" w:rsidR="00317C06" w:rsidRPr="00317C06" w:rsidRDefault="00317C06" w:rsidP="00317C06">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="1F497D"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317C06">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>See</w:t>
       </w:r>
       <w:r w:rsidRPr="00317C06">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId15">
         <w:r w:rsidRPr="00317C06">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://archives.ncdcr.gov/government/digital-records/digital-records-policies-and-guidelines/microsoft-365-best-practices-and-usage</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00317C06">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00317C06">
         <w:rPr>
           <w:color w:val="1F497D"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F05587" w:rsidRPr="00317C06">
+        <w:t>Long-term</w:t>
+      </w:r>
       <w:r w:rsidRPr="00317C06">
         <w:t xml:space="preserve"> storage and collaboration efforts must utilize other available tools, e.g., Microsoft SharePoint.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B66F4A3" w14:textId="77777777" w:rsidR="00317C06" w:rsidRPr="00317C06" w:rsidRDefault="00317C06" w:rsidP="00317C06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00317C06">
-        <w:t xml:space="preserve">Users are responsible for all data generated by publicly available AI </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and all data is subject to retention guidelines.</w:t>
+        <w:t>Users are responsible for all data generated by publicly available AI tools and all data is subject to retention guidelines.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="676D960E" w14:textId="77777777" w:rsidR="00CA5CDB" w:rsidRDefault="00CA5CDB" w:rsidP="00CA5CDB"/>
     <w:p w14:paraId="4D509DC2" w14:textId="2E49CD97" w:rsidR="00317C06" w:rsidRDefault="00317C06" w:rsidP="00317C06">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Transmission</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B2B394D" w14:textId="77777777" w:rsidR="00317C06" w:rsidRDefault="00317C06" w:rsidP="00317C06"/>
-    <w:p w14:paraId="76D15D11" w14:textId="77777777" w:rsidR="003D239A" w:rsidRDefault="003D239A" w:rsidP="003D239A">
+    <w:p w14:paraId="76D15D11" w14:textId="4BA7BA0F" w:rsidR="003D239A" w:rsidRDefault="003D239A" w:rsidP="003D239A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Users must not purposely engage in activity that is illegal according to local, state or federal law, or activity that may harass, threaten or abuse others, or intentionally access, create, store, or transmit material which may be deemed to be offensive, indecent or obscene such as </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> or sexually explicit materials.</w:t>
+        <w:t xml:space="preserve">Users must not purposely engage in </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC78DC">
+        <w:t>activities</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC78DC">
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> illegal according to local, state or federal law, or activity that may harass, threaten or abuse others, or intentionally access, create, store, or transmit material which may be deemed to be offensive, indecent or obscene such as racial or sexually explicit materials.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58EC3CA7" w14:textId="77777777" w:rsidR="003D239A" w:rsidRPr="00C57AF9" w:rsidRDefault="003D239A" w:rsidP="003D239A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r>
         <w:t>Users must ensure that the transmission or handling of personally identifiable information (PII) or other restricted or highly restricted data is authorized and encrypted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79DFA6A9" w14:textId="77777777" w:rsidR="003D239A" w:rsidRDefault="003D239A" w:rsidP="003D239A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Users </w:t>
       </w:r>
@@ -3231,59 +3398,51 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C57AF9">
         <w:t>For the purpose of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C57AF9">
         <w:t xml:space="preserve"> this policy, “unsolicited commercial advertising” includes any transmission initiated by a vendor, provider, retailer, or manufacturer of goods, products, or services, or by a third party retained by, affiliated with, or related to the vendor, provider, retailer, or manufacturer that describes goods, products, or services.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C57AF9">
         <w:t xml:space="preserve">This prohibition does not include </w:t>
       </w:r>
       <w:r>
         <w:t>the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E58B579" w14:textId="77777777" w:rsidR="003D239A" w:rsidRDefault="003D239A" w:rsidP="003D239A">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="907"/>
       </w:pPr>
       <w:r w:rsidRPr="00C57AF9">
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t>) discussions of a product or service’s relative advantages and disadvantages by users of those products or services (unless the user is also the vendor, retailer, or manufacturer, or related to or affiliated with the vendor, provi</w:t>
+        <w:t>(i) discussions of a product or service’s relative advantages and disadvantages by users of those products or services (unless the user is also the vendor, retailer, or manufacturer, or related to or affiliated with the vendor, provi</w:t>
       </w:r>
       <w:r>
         <w:t>der, retailer, or manufacturer</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>);</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3C36BA53" w14:textId="77777777" w:rsidR="003D239A" w:rsidRPr="00C57AF9" w:rsidRDefault="003D239A" w:rsidP="003D239A">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="907"/>
       </w:pPr>
       <w:r w:rsidRPr="00C57AF9">
         <w:t>(ii) responses to questions, but only if such responses are direct replies to those who inquired via electronic mail, or (iii) mailings to individuals or entities on a mailing list so long as the individual or entity voluntarily placed his/her name on the mailing list.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A96D40D" w14:textId="77777777" w:rsidR="003D239A" w:rsidRDefault="003D239A" w:rsidP="003D239A">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="446"/>
       </w:pPr>
       <w:r>
@@ -3479,505 +3638,334 @@
     </w:p>
     <w:p w14:paraId="727B31E2" w14:textId="77777777" w:rsidR="000903D5" w:rsidRPr="00DE1772" w:rsidRDefault="000903D5" w:rsidP="000903D5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r>
         <w:t>Review and independently fact check any output produced by publicly available generative AI.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B3593D9" w14:textId="77777777" w:rsidR="000903D5" w:rsidRPr="00DE1772" w:rsidRDefault="000903D5" w:rsidP="000903D5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r>
         <w:t>Be transparent and identify when content was drafted using publicly available generative AI.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5175E9A3" w14:textId="77777777" w:rsidR="000903D5" w:rsidRPr="00DE1772" w:rsidRDefault="000903D5" w:rsidP="000903D5">
+    <w:p w14:paraId="5175E9A3" w14:textId="77777777" w:rsidR="000903D5" w:rsidRPr="00DE1772" w:rsidRDefault="589C3CD8" w:rsidP="000903D5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="80"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C9143C">
-[...19 lines deleted...]
-    <w:p w14:paraId="0B6D476B" w14:textId="77777777" w:rsidR="005A1F87" w:rsidRDefault="005A1F87" w:rsidP="00B96B47"/>
+      <w:r>
+        <w:t>Users must disable chat history and opt-out of providing conversation history as data for training publicly available generative AI models prior to use.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="7A6C16D1" w14:textId="77777777" w:rsidR="005A1F87" w:rsidRDefault="005A1F87" w:rsidP="00B96B47"/>
-    <w:p w14:paraId="24530FD1" w14:textId="77777777" w:rsidR="005A1F87" w:rsidRDefault="005A1F87" w:rsidP="00B96B47"/>
-    <w:p w14:paraId="61D80F55" w14:textId="597711BF" w:rsidR="000903D5" w:rsidRDefault="000903D5" w:rsidP="000903D5">
+    <w:p w14:paraId="61D80F55" w14:textId="6E72F6FE" w:rsidR="000903D5" w:rsidRDefault="000903D5" w:rsidP="000903D5">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
+        <w:t>Privacy</w:t>
+      </w:r>
+      <w:r w:rsidR="49BFD139">
+        <w:t xml:space="preserve"> and Data Protection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50835BC9" w14:textId="5643BC5E" w:rsidR="4268B6D9" w:rsidRDefault="4268B6D9" w:rsidP="4268B6D9"/>
+    <w:p w14:paraId="4AF4E95E" w14:textId="07D94AF6" w:rsidR="49BFD139" w:rsidRDefault="6A4BECA8" w:rsidP="4268B6D9">
+      <w:r>
+        <w:t xml:space="preserve">The State of North Carolina monitors State IT </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF9C28">
+        <w:t xml:space="preserve">devices </w:t>
+      </w:r>
+      <w:r>
+        <w:t>including, but not limited to, real time monitoring.  Users have no expectation of or right to privacy i</w:t>
+      </w:r>
+      <w:r w:rsidR="24C75270">
+        <w:t xml:space="preserve">n their </w:t>
+      </w:r>
+      <w:r w:rsidR="293C2089">
+        <w:t>use of a state-issued device</w:t>
+      </w:r>
+      <w:r w:rsidR="39483D7D">
+        <w:t xml:space="preserve"> or access to state systems</w:t>
+      </w:r>
+      <w:r w:rsidR="733FE29E">
+        <w:t xml:space="preserve"> including badge swipe data</w:t>
+      </w:r>
+      <w:r w:rsidR="1B8289D5">
+        <w:t>, email contents and website search history</w:t>
+      </w:r>
+      <w:r w:rsidR="293C2089">
+        <w:t xml:space="preserve">.  All transactions and communication are considered state records or property and </w:t>
+      </w:r>
+      <w:r w:rsidR="5B6FAC9B">
+        <w:t xml:space="preserve">include any data users create, access, send </w:t>
+      </w:r>
+      <w:r w:rsidR="5B6FAC9B">
         <w:lastRenderedPageBreak/>
-        <w:t>Data Privacy</w:t>
-[...201 lines deleted...]
-        <w:t xml:space="preserve">: The organization, to </w:t>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="51138330">
+        <w:t>receive</w:t>
+      </w:r>
+      <w:r w:rsidR="5B6FAC9B">
+        <w:t xml:space="preserve">; any messages users send or receive; </w:t>
+      </w:r>
+      <w:r w:rsidR="478FD8CE">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="5B6FAC9B">
+        <w:t xml:space="preserve">any websites that </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="009276BC">
-[...3 lines deleted...]
-        <w:t>the</w:t>
+      <w:r w:rsidR="5B6FAC9B">
+        <w:t>users</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="009276BC">
-[...90 lines deleted...]
-    <w:p w14:paraId="3AC09663" w14:textId="77777777" w:rsidR="0073706C" w:rsidRDefault="0073706C" w:rsidP="0073706C">
+      <w:r w:rsidR="5B6FAC9B">
+        <w:t xml:space="preserve"> access.  These records </w:t>
+      </w:r>
+      <w:r w:rsidR="293C2089">
+        <w:t>may be examined for any reason including, bu</w:t>
+      </w:r>
+      <w:r w:rsidR="4B5754F4">
+        <w:t>t not limited to, security and/or employee conduct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="752B52E2" w14:textId="48EB8478" w:rsidR="4268B6D9" w:rsidRDefault="4268B6D9" w:rsidP="4268B6D9"/>
+    <w:p w14:paraId="6B28D348" w14:textId="46578AD1" w:rsidR="22ACB28E" w:rsidRDefault="22ACB28E" w:rsidP="3FEC1B82">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r>
-        <w:t>Interfere with the normal performance of an employee’s work duties.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="095633E0" w14:textId="77777777" w:rsidR="0073706C" w:rsidRPr="00C57AF9" w:rsidRDefault="0073706C" w:rsidP="0073706C">
+        <w:t xml:space="preserve">Users agree that they will not disclose any non-public information other than to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> authorized to access such information as identified by state or federal laws, applicable regulations and agency policies. The Statewide Data Classification and Handling Policy can be found here.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73AB5748" w14:textId="12CFD3A1" w:rsidR="22ACB28E" w:rsidRDefault="22ACB28E" w:rsidP="3FEC1B82">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r>
-        <w:t>R</w:t>
-[...22 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Users agree to comply with the State’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00CF2B07">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Clean Desk Procedure</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> to protect physical (i.e. paper and external electronic media) as outlined here.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE88DF5" w14:textId="4A158674" w:rsidR="22ACB28E" w:rsidRDefault="22ACB28E" w:rsidP="3FEC1B82">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Users agree they will not obtain or use data obtained </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> or through their position as a state employee for personal purposes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F8A624" w14:textId="0DB18911" w:rsidR="000903D5" w:rsidRDefault="000903D5" w:rsidP="4268B6D9"/>
+    <w:p w14:paraId="253568A4" w14:textId="20D88FE4" w:rsidR="00270CD7" w:rsidRDefault="00270CD7" w:rsidP="00270CD7">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc216862684"/>
+      <w:r>
+        <w:t>Section 3. Incidental Use</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="3E6FAE36" w14:textId="77777777" w:rsidR="00270CD7" w:rsidRDefault="00270CD7" w:rsidP="00270CD7">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="713FBAFB" w14:textId="77777777" w:rsidR="0073706C" w:rsidRDefault="0073706C" w:rsidP="0073706C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>State systems are intended for primarily business purposes, but limited (incidental and occasional) personal use may be permissible when authorized by your management and it does not do the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34F51F5A" w14:textId="77777777" w:rsidR="0073706C" w:rsidRDefault="0073706C" w:rsidP="0073706C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AC09663" w14:textId="77777777" w:rsidR="0073706C" w:rsidRDefault="0073706C" w:rsidP="0073706C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Interfere with the normal performance of an employee’s work duties.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="095633E0" w14:textId="5070D805" w:rsidR="0073706C" w:rsidRPr="00C57AF9" w:rsidRDefault="0073706C" w:rsidP="0073706C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Result in direct costs to the agency, cause legal action against, or cause embarrassment to the agency. Agencies should restrict incidental personal use of electronic mail, Internet access, fax machines, printers, copiers, and any other information technology resources to employees. This </w:t>
+      </w:r>
+      <w:r w:rsidR="00B53E4D">
+        <w:t xml:space="preserve">limited permissible access </w:t>
+      </w:r>
+      <w:r>
+        <w:t>does not include family members.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93236">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57AF9">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> does not include family members.</w:t>
+      <w:r w:rsidR="004B346F">
+        <w:t>Personal use of State systems by employees’ family members is prohibited.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79D28C4A" w14:textId="4B10DF08" w:rsidR="00270CD7" w:rsidRPr="00270CD7" w:rsidRDefault="0073706C" w:rsidP="0073706C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4306">
         <w:t>Involve interests in personal or outside business and/or other non-authorized organizations and activities such as selling or soliciting personal property/items, promoting commercial ventures, charitable, religious, or political activities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D8B645" w14:textId="77777777" w:rsidR="00317C06" w:rsidRDefault="00317C06" w:rsidP="00317C06"/>
     <w:p w14:paraId="4AEC4439" w14:textId="52EA5362" w:rsidR="0073706C" w:rsidRDefault="0073706C" w:rsidP="0073706C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc205392770"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc216862685"/>
       <w:r>
         <w:t>Section 4. Violations</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="56F15AE9" w14:textId="77777777" w:rsidR="0073706C" w:rsidRDefault="0073706C" w:rsidP="0073706C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1881D942" w14:textId="3C670DAA" w:rsidR="0045557A" w:rsidRPr="005A1F87" w:rsidRDefault="00125015" w:rsidP="0073706C">
+    <w:p w14:paraId="1881D942" w14:textId="3C670DAA" w:rsidR="0045557A" w:rsidRDefault="00125015" w:rsidP="0073706C">
       <w:r>
         <w:t>Violation of this policy could result in disciplinary action, termination, loss of information resources and criminal prosecution.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="5BA1F441" w14:textId="77777777" w:rsidR="00B53E4D" w:rsidRPr="005A1F87" w:rsidRDefault="00B53E4D" w:rsidP="0073706C"/>
     <w:p w14:paraId="29FAEBCE" w14:textId="563E9242" w:rsidR="00125015" w:rsidRDefault="006E089A" w:rsidP="006E089A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc205392771"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="14" w:name="_Toc216862686"/>
+      <w:r>
         <w:t>Section 5. Acknowledgement of Policy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="21554AC0" w14:textId="77777777" w:rsidR="006E089A" w:rsidRDefault="006E089A" w:rsidP="006E089A">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="690538BD" w14:textId="77777777" w:rsidR="0045557A" w:rsidRPr="00C57AF9" w:rsidRDefault="0045557A" w:rsidP="0045557A">
-      <w:r>
+    <w:p w14:paraId="690538BD" w14:textId="22FD2A2A" w:rsidR="0045557A" w:rsidRPr="00C57AF9" w:rsidRDefault="000C7626" w:rsidP="0045557A">
+      <w:r>
+        <w:t>NC</w:t>
+      </w:r>
+      <w:r w:rsidR="0045557A">
         <w:t>DIT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57AF9">
+      <w:r w:rsidR="0045557A" w:rsidRPr="00C57AF9">
         <w:t xml:space="preserve"> employees and contractors must acknowledge in writing that they have received a copy of this policy. Written acknowledgement is also required annually on a date determined by Human Resources.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="085E913E" w14:textId="77777777" w:rsidR="0045557A" w:rsidRPr="00C57AF9" w:rsidRDefault="0045557A" w:rsidP="0045557A"/>
     <w:p w14:paraId="2EF69E30" w14:textId="77777777" w:rsidR="0045557A" w:rsidRPr="005763AA" w:rsidRDefault="0045557A" w:rsidP="0045557A">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005763AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">I have read, understand, and will abide by the above Acceptable Use Policy when using computer and other electronic resources owned, leased, or operated by the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>state</w:t>
       </w:r>
       <w:r w:rsidRPr="005763AA">
         <w:rPr>
           <w:i/>
@@ -4061,78 +4049,72 @@
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> of this policy</w:t>
       </w:r>
       <w:r w:rsidRPr="005763AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>, my access privileges may be revoked, disciplinary action may be taken, and/or appropriate legal action may be initiated.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="461F66C9" w14:textId="77777777" w:rsidR="0045557A" w:rsidRDefault="0045557A" w:rsidP="0045557A">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DB71492" w14:textId="77777777" w:rsidR="0045557A" w:rsidRPr="005763AA" w:rsidRDefault="0045557A" w:rsidP="0045557A">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="339CFFEE" w14:textId="77777777" w:rsidR="0045557A" w:rsidRPr="005763AA" w:rsidRDefault="0045557A" w:rsidP="0045557A">
+    <w:p w14:paraId="339CFFEE" w14:textId="77803B59" w:rsidR="0045557A" w:rsidRPr="005763AA" w:rsidRDefault="0045557A" w:rsidP="0045557A">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Hlk30764306"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005763AA">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>_________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="005763AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidRPr="005763AA">
-[...4 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="005763AA">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29130D9A" w14:textId="77777777" w:rsidR="0045557A" w:rsidRDefault="0045557A" w:rsidP="0045557A">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -4225,70 +4207,70 @@
         </w:rPr>
         <w:t>User Signature</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B923498" w14:textId="77777777" w:rsidR="00605D67" w:rsidRDefault="00605D67" w:rsidP="006A6F45"/>
     <w:p w14:paraId="5F0CD02D" w14:textId="77777777" w:rsidR="0045557A" w:rsidRDefault="0045557A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:color w:val="0C2340" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="02F86F8F" w14:textId="0D3F2158" w:rsidR="00FD04FB" w:rsidRPr="00E13F32" w:rsidRDefault="004D25DB" w:rsidP="00B80872">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc205392772"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc216862687"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>References</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="5AEEDDC2" w14:textId="77777777" w:rsidR="00936E1C" w:rsidRDefault="00936E1C" w:rsidP="00936E1C">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">The following sections in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="001D18CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>Statewide Information Security Manual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> provide additional guidance in the appropriate use of State information technology resources.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BE46DA" w14:textId="77777777" w:rsidR="00936E1C" w:rsidRDefault="00936E1C" w:rsidP="00936E1C">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56B0E34C" w14:textId="77777777" w:rsidR="00936E1C" w:rsidRPr="00F726D3" w:rsidRDefault="00936E1C" w:rsidP="00936E1C">
       <w:pPr>
         <w:spacing w:after="40"/>
@@ -4737,176 +4719,165 @@
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000578E5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Media Protection Policy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FC2D718" w14:textId="77777777" w:rsidR="00936E1C" w:rsidRDefault="00936E1C" w:rsidP="00936E1C">
       <w:pPr>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00821CFF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>North Carolina State Government Responsible Use of Artificial Intelligence Framework</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="78AAF5DD" w14:textId="30C27D73" w:rsidR="009F1B6C" w:rsidRDefault="00936E1C" w:rsidP="00936E1C">
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00E50D48">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">Principles for </w:t>
+          <w:t>Principles for Responsible Use of AI</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="00E50D48">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="463139C2" w14:textId="297DF9E2" w:rsidR="00A11A38" w:rsidRDefault="00A11A38" w:rsidP="00936E1C">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00CF2B07">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Responsible</w:t>
-[...6 lines deleted...]
-          <w:t xml:space="preserve"> Use of AI</w:t>
+          <w:t>Clean Desk Procedures</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="009F1B6C" w:rsidSect="0024709B">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId25"/>
+    <w:sectPr w:rsidR="00A11A38" w:rsidSect="0024709B">
+      <w:headerReference w:type="even" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId23"/>
+      <w:footerReference w:type="even" r:id="rId24"/>
+      <w:footerReference w:type="default" r:id="rId25"/>
+      <w:headerReference w:type="first" r:id="rId26"/>
+      <w:footerReference w:type="first" r:id="rId27"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="539" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C3542BA" w14:textId="77777777" w:rsidR="003A09B4" w:rsidRDefault="003A09B4" w:rsidP="006B74AC">
+    <w:p w14:paraId="7E9D041F" w14:textId="77777777" w:rsidR="00FC532A" w:rsidRDefault="00FC532A" w:rsidP="006B74AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="024DCE50" w14:textId="77777777" w:rsidR="003A09B4" w:rsidRDefault="003A09B4" w:rsidP="006B74AC"/>
+    <w:p w14:paraId="68B40635" w14:textId="77777777" w:rsidR="00FC532A" w:rsidRDefault="00FC532A" w:rsidP="006B74AC"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F606E12" w14:textId="77777777" w:rsidR="003A09B4" w:rsidRDefault="003A09B4" w:rsidP="006B74AC">
+    <w:p w14:paraId="2027D827" w14:textId="77777777" w:rsidR="00FC532A" w:rsidRDefault="00FC532A" w:rsidP="006B74AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="016B5487" w14:textId="77777777" w:rsidR="003A09B4" w:rsidRDefault="003A09B4" w:rsidP="006B74AC"/>
+    <w:p w14:paraId="339C0299" w14:textId="77777777" w:rsidR="00FC532A" w:rsidRDefault="00FC532A" w:rsidP="006B74AC"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5D8962F3" w14:textId="77777777" w:rsidR="003A09B4" w:rsidRDefault="003A09B4" w:rsidP="006B74AC"/>
-    <w:p w14:paraId="7AA5DEE6" w14:textId="77777777" w:rsidR="003A09B4" w:rsidRDefault="003A09B4" w:rsidP="006B74AC"/>
+    <w:p w14:paraId="73456FF4" w14:textId="77777777" w:rsidR="00FC532A" w:rsidRDefault="00FC532A" w:rsidP="006B74AC"/>
+    <w:p w14:paraId="49E4D2FC" w14:textId="77777777" w:rsidR="00FC532A" w:rsidRDefault="00FC532A" w:rsidP="006B74AC"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-570654418"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="3DFF7D8B" w14:textId="77777777" w:rsidR="002A74E3" w:rsidRDefault="002A74E3" w:rsidP="00932C36">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
@@ -4946,52 +4917,58 @@
   </w:sdt>
   <w:p w14:paraId="0D800402" w14:textId="77777777" w:rsidR="002A74E3" w:rsidRDefault="002A74E3" w:rsidP="00932C36">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="03267149" w14:textId="77777777" w:rsidR="00E229D0" w:rsidRDefault="00E229D0" w:rsidP="006B74AC"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:id w:val="101851721"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="1CE20BF9" w14:textId="047B96DA" w:rsidR="00E229D0" w:rsidRPr="004872FB" w:rsidRDefault="00696ACD" w:rsidP="004872FB">
+      <w:p w14:paraId="1CE20BF9" w14:textId="3BF9D137" w:rsidR="00E229D0" w:rsidRPr="004872FB" w:rsidRDefault="00696ACD" w:rsidP="004872FB">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> STYLEREF  "Document Version"  \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
@@ -5059,127 +5036,127 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> STYLEREF  "Document Date"  \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00A40223">
+        <w:r w:rsidR="00E30E36">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
             <w:sz w:val="16"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>January 2025</w:t>
+          <w:t>December 2025</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2CF13278" w14:textId="77777777" w:rsidR="00786537" w:rsidRDefault="00786537">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E645F89" w14:textId="77777777" w:rsidR="003A09B4" w:rsidRDefault="003A09B4" w:rsidP="006B74AC">
+    <w:p w14:paraId="47F8C948" w14:textId="77777777" w:rsidR="00FC532A" w:rsidRDefault="00FC532A" w:rsidP="006B74AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB1F4B8" w14:textId="77777777" w:rsidR="003A09B4" w:rsidRDefault="003A09B4" w:rsidP="006B74AC"/>
+    <w:p w14:paraId="2E4E9BF6" w14:textId="77777777" w:rsidR="00FC532A" w:rsidRDefault="00FC532A" w:rsidP="006B74AC"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23D4E598" w14:textId="77777777" w:rsidR="003A09B4" w:rsidRDefault="003A09B4" w:rsidP="006B74AC">
+    <w:p w14:paraId="61C0871D" w14:textId="77777777" w:rsidR="00FC532A" w:rsidRDefault="00FC532A" w:rsidP="006B74AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3978C206" w14:textId="77777777" w:rsidR="003A09B4" w:rsidRDefault="003A09B4" w:rsidP="006B74AC"/>
+    <w:p w14:paraId="320C3D4D" w14:textId="77777777" w:rsidR="00FC532A" w:rsidRDefault="00FC532A" w:rsidP="006B74AC"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7E1B090C" w14:textId="77777777" w:rsidR="003A09B4" w:rsidRDefault="003A09B4" w:rsidP="006B74AC"/>
-    <w:p w14:paraId="6E370280" w14:textId="77777777" w:rsidR="003A09B4" w:rsidRDefault="003A09B4" w:rsidP="006B74AC"/>
+    <w:p w14:paraId="671A335B" w14:textId="77777777" w:rsidR="00FC532A" w:rsidRDefault="00FC532A" w:rsidP="006B74AC"/>
+    <w:p w14:paraId="73311E45" w14:textId="77777777" w:rsidR="00FC532A" w:rsidRDefault="00FC532A" w:rsidP="006B74AC"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="54B2EADF" w14:textId="77777777" w:rsidR="00786537" w:rsidRDefault="00786537">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="60797A40" w14:textId="6F2CAE1B" w:rsidR="00696ACD" w:rsidRDefault="00A8475E" w:rsidP="00696ACD">
+  <w:p w14:paraId="60797A40" w14:textId="3F21BE1B" w:rsidR="00696ACD" w:rsidRDefault="00805139" w:rsidP="00696ACD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
-    <w:fldSimple w:instr=" STYLEREF  Title  \* MERGEFORMAT ">
-      <w:r w:rsidR="00A40223">
+    <w:fldSimple w:instr="STYLEREF  Title  \* MERGEFORMAT">
+      <w:r w:rsidR="00E30E36">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>State of North Carolina</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0694E7C4" w14:textId="77777777" w:rsidR="00786537" w:rsidRDefault="00786537">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05C04D51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
@@ -7814,412 +7791,558 @@
   </w:num>
   <w:num w:numId="18" w16cid:durableId="798842156">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1319111493">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="452794971">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1500460380">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="2080396055">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="2061858118">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="180"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00343804"/>
     <w:rsid w:val="000058BD"/>
     <w:rsid w:val="00015E1C"/>
     <w:rsid w:val="00054E2E"/>
     <w:rsid w:val="00055F71"/>
     <w:rsid w:val="00057035"/>
     <w:rsid w:val="00064DF0"/>
     <w:rsid w:val="00070EEC"/>
     <w:rsid w:val="00086998"/>
     <w:rsid w:val="000903D5"/>
     <w:rsid w:val="000919D6"/>
     <w:rsid w:val="000944A0"/>
     <w:rsid w:val="00095195"/>
     <w:rsid w:val="000A34ED"/>
     <w:rsid w:val="000B2D4C"/>
     <w:rsid w:val="000B7B1C"/>
+    <w:rsid w:val="000C7626"/>
     <w:rsid w:val="000D11DA"/>
     <w:rsid w:val="000E65DC"/>
     <w:rsid w:val="00112719"/>
     <w:rsid w:val="00121069"/>
     <w:rsid w:val="00125015"/>
+    <w:rsid w:val="00127609"/>
     <w:rsid w:val="0014007A"/>
     <w:rsid w:val="00141FF2"/>
     <w:rsid w:val="00152F9C"/>
     <w:rsid w:val="001576D1"/>
     <w:rsid w:val="00163AFB"/>
     <w:rsid w:val="00164FCD"/>
     <w:rsid w:val="00167954"/>
+    <w:rsid w:val="00180272"/>
+    <w:rsid w:val="0019677C"/>
     <w:rsid w:val="001A4738"/>
     <w:rsid w:val="001D1CA7"/>
+    <w:rsid w:val="001F46F1"/>
     <w:rsid w:val="001F66A5"/>
     <w:rsid w:val="00203B07"/>
     <w:rsid w:val="00210099"/>
     <w:rsid w:val="00211E3C"/>
     <w:rsid w:val="0021481C"/>
     <w:rsid w:val="00224EE4"/>
     <w:rsid w:val="002321A2"/>
     <w:rsid w:val="00245220"/>
     <w:rsid w:val="0024709B"/>
     <w:rsid w:val="0025260B"/>
     <w:rsid w:val="00266281"/>
     <w:rsid w:val="0026716C"/>
     <w:rsid w:val="00270CD7"/>
     <w:rsid w:val="00271846"/>
     <w:rsid w:val="00274C5E"/>
     <w:rsid w:val="00285867"/>
+    <w:rsid w:val="002880BC"/>
     <w:rsid w:val="00292BF6"/>
     <w:rsid w:val="00296EDF"/>
     <w:rsid w:val="002A3005"/>
     <w:rsid w:val="002A74E3"/>
     <w:rsid w:val="002B3A11"/>
+    <w:rsid w:val="002C06BB"/>
     <w:rsid w:val="002C53A6"/>
     <w:rsid w:val="002C65DF"/>
     <w:rsid w:val="002E2B01"/>
     <w:rsid w:val="002F0F89"/>
+    <w:rsid w:val="002F3E75"/>
     <w:rsid w:val="003030E7"/>
     <w:rsid w:val="00305609"/>
     <w:rsid w:val="0030599A"/>
     <w:rsid w:val="003114ED"/>
     <w:rsid w:val="00316478"/>
     <w:rsid w:val="00317C06"/>
     <w:rsid w:val="0032355D"/>
     <w:rsid w:val="00325CB7"/>
     <w:rsid w:val="0032604C"/>
     <w:rsid w:val="00331B95"/>
     <w:rsid w:val="0033300A"/>
     <w:rsid w:val="00342695"/>
     <w:rsid w:val="00343804"/>
     <w:rsid w:val="00352CA9"/>
     <w:rsid w:val="003562F1"/>
     <w:rsid w:val="0036453D"/>
     <w:rsid w:val="00392E59"/>
     <w:rsid w:val="00393F93"/>
     <w:rsid w:val="00394ADF"/>
     <w:rsid w:val="00394C94"/>
     <w:rsid w:val="00397379"/>
     <w:rsid w:val="003A09B4"/>
     <w:rsid w:val="003A3B71"/>
     <w:rsid w:val="003A6DC2"/>
     <w:rsid w:val="003A6EF1"/>
     <w:rsid w:val="003B7044"/>
     <w:rsid w:val="003C0CAC"/>
     <w:rsid w:val="003C0E24"/>
     <w:rsid w:val="003C7C10"/>
     <w:rsid w:val="003D239A"/>
     <w:rsid w:val="003D725D"/>
     <w:rsid w:val="003E5096"/>
     <w:rsid w:val="003F4789"/>
     <w:rsid w:val="003F47C4"/>
     <w:rsid w:val="00405E30"/>
     <w:rsid w:val="004107BF"/>
     <w:rsid w:val="0041347E"/>
     <w:rsid w:val="00433948"/>
     <w:rsid w:val="00434B7F"/>
     <w:rsid w:val="004351D0"/>
     <w:rsid w:val="004370FC"/>
+    <w:rsid w:val="004425E8"/>
     <w:rsid w:val="00451245"/>
+    <w:rsid w:val="004534F4"/>
     <w:rsid w:val="0045557A"/>
     <w:rsid w:val="00460B4B"/>
     <w:rsid w:val="004848F6"/>
     <w:rsid w:val="004851FE"/>
     <w:rsid w:val="0048687C"/>
     <w:rsid w:val="004872FB"/>
     <w:rsid w:val="004A7C59"/>
+    <w:rsid w:val="004B346F"/>
     <w:rsid w:val="004D25DB"/>
+    <w:rsid w:val="004F332F"/>
     <w:rsid w:val="00503ED3"/>
     <w:rsid w:val="00515865"/>
     <w:rsid w:val="005425A6"/>
     <w:rsid w:val="00542FC3"/>
     <w:rsid w:val="005623B1"/>
     <w:rsid w:val="00573F83"/>
     <w:rsid w:val="0057577A"/>
     <w:rsid w:val="00582AA3"/>
     <w:rsid w:val="00582BF8"/>
     <w:rsid w:val="00594695"/>
     <w:rsid w:val="005A1F87"/>
     <w:rsid w:val="005B0907"/>
+    <w:rsid w:val="005B6422"/>
     <w:rsid w:val="005C09DB"/>
     <w:rsid w:val="005C45CB"/>
     <w:rsid w:val="005C5BB7"/>
     <w:rsid w:val="005D1C7D"/>
     <w:rsid w:val="005E1C09"/>
     <w:rsid w:val="005E2E79"/>
     <w:rsid w:val="005E4021"/>
     <w:rsid w:val="005E5A8A"/>
     <w:rsid w:val="005E6B98"/>
     <w:rsid w:val="005F3CCB"/>
     <w:rsid w:val="006050E6"/>
     <w:rsid w:val="00605D67"/>
     <w:rsid w:val="00627ED0"/>
     <w:rsid w:val="00641066"/>
     <w:rsid w:val="00645505"/>
     <w:rsid w:val="00645F0F"/>
     <w:rsid w:val="0064656E"/>
     <w:rsid w:val="00646E1B"/>
     <w:rsid w:val="006565AC"/>
     <w:rsid w:val="00663DE9"/>
     <w:rsid w:val="0066463D"/>
     <w:rsid w:val="006650C4"/>
+    <w:rsid w:val="0068205B"/>
     <w:rsid w:val="00696ACD"/>
     <w:rsid w:val="006A497B"/>
     <w:rsid w:val="006A6994"/>
     <w:rsid w:val="006A6F45"/>
     <w:rsid w:val="006B74AC"/>
     <w:rsid w:val="006C2649"/>
     <w:rsid w:val="006D167F"/>
     <w:rsid w:val="006D2BCA"/>
     <w:rsid w:val="006D48C5"/>
     <w:rsid w:val="006E089A"/>
     <w:rsid w:val="00701468"/>
+    <w:rsid w:val="007024C4"/>
     <w:rsid w:val="00710CEF"/>
     <w:rsid w:val="00720559"/>
     <w:rsid w:val="00721181"/>
     <w:rsid w:val="00735FB4"/>
     <w:rsid w:val="0073706C"/>
     <w:rsid w:val="00745B3B"/>
     <w:rsid w:val="00745DC2"/>
+    <w:rsid w:val="00746A21"/>
     <w:rsid w:val="00753DC9"/>
     <w:rsid w:val="00757318"/>
     <w:rsid w:val="007776A6"/>
     <w:rsid w:val="00786537"/>
     <w:rsid w:val="007907AA"/>
     <w:rsid w:val="007A736E"/>
     <w:rsid w:val="007A7AD2"/>
+    <w:rsid w:val="007B1088"/>
     <w:rsid w:val="007B4C38"/>
+    <w:rsid w:val="007C4AF4"/>
     <w:rsid w:val="007C7952"/>
     <w:rsid w:val="007D6019"/>
     <w:rsid w:val="007F3BB2"/>
+    <w:rsid w:val="00805139"/>
     <w:rsid w:val="00807D55"/>
     <w:rsid w:val="00821441"/>
     <w:rsid w:val="00822242"/>
     <w:rsid w:val="00835519"/>
     <w:rsid w:val="00836257"/>
     <w:rsid w:val="00837259"/>
     <w:rsid w:val="008511BE"/>
     <w:rsid w:val="008511D2"/>
     <w:rsid w:val="008604B5"/>
     <w:rsid w:val="008610F3"/>
     <w:rsid w:val="00863288"/>
     <w:rsid w:val="00865CBE"/>
     <w:rsid w:val="0086637E"/>
     <w:rsid w:val="008770BF"/>
     <w:rsid w:val="0087721B"/>
     <w:rsid w:val="008809A4"/>
     <w:rsid w:val="00886A2B"/>
     <w:rsid w:val="008B2471"/>
     <w:rsid w:val="008C3728"/>
+    <w:rsid w:val="008D1CC2"/>
     <w:rsid w:val="008D3A55"/>
     <w:rsid w:val="008E5FA4"/>
     <w:rsid w:val="008E7678"/>
     <w:rsid w:val="008F403B"/>
+    <w:rsid w:val="008F61B3"/>
     <w:rsid w:val="00911CC8"/>
     <w:rsid w:val="00920486"/>
     <w:rsid w:val="009206EA"/>
     <w:rsid w:val="00923E69"/>
     <w:rsid w:val="009249D9"/>
+    <w:rsid w:val="00924D27"/>
     <w:rsid w:val="00924F05"/>
     <w:rsid w:val="009257A5"/>
     <w:rsid w:val="00925998"/>
     <w:rsid w:val="009323E6"/>
     <w:rsid w:val="00932C36"/>
     <w:rsid w:val="00936E1C"/>
+    <w:rsid w:val="0094026F"/>
     <w:rsid w:val="00941D2B"/>
     <w:rsid w:val="009443DE"/>
     <w:rsid w:val="00946C9C"/>
     <w:rsid w:val="00950257"/>
     <w:rsid w:val="00961E4C"/>
     <w:rsid w:val="00962570"/>
+    <w:rsid w:val="009B2B1A"/>
     <w:rsid w:val="009C2878"/>
     <w:rsid w:val="009C2889"/>
     <w:rsid w:val="009D693F"/>
+    <w:rsid w:val="009E7A3C"/>
     <w:rsid w:val="009F1B6C"/>
     <w:rsid w:val="009F5FA7"/>
+    <w:rsid w:val="00A11A38"/>
     <w:rsid w:val="00A25684"/>
     <w:rsid w:val="00A31D37"/>
     <w:rsid w:val="00A32BCF"/>
     <w:rsid w:val="00A33424"/>
     <w:rsid w:val="00A342A7"/>
     <w:rsid w:val="00A40223"/>
     <w:rsid w:val="00A53C6D"/>
     <w:rsid w:val="00A703D8"/>
     <w:rsid w:val="00A8475E"/>
+    <w:rsid w:val="00A8488B"/>
+    <w:rsid w:val="00A93236"/>
     <w:rsid w:val="00A95093"/>
     <w:rsid w:val="00AA104E"/>
     <w:rsid w:val="00AB3813"/>
     <w:rsid w:val="00AC44C3"/>
     <w:rsid w:val="00AC5E54"/>
     <w:rsid w:val="00AD1B2E"/>
     <w:rsid w:val="00AD2E79"/>
     <w:rsid w:val="00AE0C1D"/>
+    <w:rsid w:val="00AF9C28"/>
     <w:rsid w:val="00B04533"/>
     <w:rsid w:val="00B104D3"/>
     <w:rsid w:val="00B11569"/>
+    <w:rsid w:val="00B22C7D"/>
     <w:rsid w:val="00B34790"/>
     <w:rsid w:val="00B36C74"/>
     <w:rsid w:val="00B409DC"/>
     <w:rsid w:val="00B4156B"/>
     <w:rsid w:val="00B43AEC"/>
+    <w:rsid w:val="00B501C0"/>
+    <w:rsid w:val="00B53E4D"/>
     <w:rsid w:val="00B61387"/>
     <w:rsid w:val="00B63A1C"/>
     <w:rsid w:val="00B66344"/>
     <w:rsid w:val="00B729B6"/>
     <w:rsid w:val="00B755B5"/>
+    <w:rsid w:val="00B7601B"/>
     <w:rsid w:val="00B76F35"/>
     <w:rsid w:val="00B80872"/>
+    <w:rsid w:val="00B851DE"/>
     <w:rsid w:val="00B96B47"/>
     <w:rsid w:val="00BA0B1B"/>
     <w:rsid w:val="00BA2A82"/>
+    <w:rsid w:val="00BB63B4"/>
     <w:rsid w:val="00BC0645"/>
     <w:rsid w:val="00BC247C"/>
     <w:rsid w:val="00BC76A4"/>
     <w:rsid w:val="00BD359F"/>
     <w:rsid w:val="00BD6220"/>
     <w:rsid w:val="00BD7561"/>
     <w:rsid w:val="00BE4F0B"/>
     <w:rsid w:val="00BF33EE"/>
     <w:rsid w:val="00C07160"/>
     <w:rsid w:val="00C157EC"/>
     <w:rsid w:val="00C40E73"/>
     <w:rsid w:val="00C5341D"/>
     <w:rsid w:val="00C53858"/>
     <w:rsid w:val="00C62B5E"/>
     <w:rsid w:val="00C637C9"/>
+    <w:rsid w:val="00C9177D"/>
     <w:rsid w:val="00C91D99"/>
+    <w:rsid w:val="00C96783"/>
     <w:rsid w:val="00C96D59"/>
     <w:rsid w:val="00CA56E1"/>
     <w:rsid w:val="00CA5CDB"/>
     <w:rsid w:val="00CA72E7"/>
     <w:rsid w:val="00CC49C3"/>
+    <w:rsid w:val="00CC4DEA"/>
+    <w:rsid w:val="00CC77F3"/>
     <w:rsid w:val="00CC7B16"/>
     <w:rsid w:val="00CE2EFF"/>
     <w:rsid w:val="00CF1A82"/>
+    <w:rsid w:val="00CF2B07"/>
     <w:rsid w:val="00D05FE8"/>
     <w:rsid w:val="00D154A0"/>
     <w:rsid w:val="00D26608"/>
     <w:rsid w:val="00D2768A"/>
     <w:rsid w:val="00D33EC7"/>
     <w:rsid w:val="00D63CBD"/>
     <w:rsid w:val="00D71156"/>
+    <w:rsid w:val="00D82165"/>
     <w:rsid w:val="00DA1429"/>
     <w:rsid w:val="00DB5555"/>
     <w:rsid w:val="00DC7675"/>
+    <w:rsid w:val="00DC78DC"/>
     <w:rsid w:val="00DD1000"/>
+    <w:rsid w:val="00DE3069"/>
     <w:rsid w:val="00DE4819"/>
     <w:rsid w:val="00DE6D7A"/>
     <w:rsid w:val="00E06E0E"/>
     <w:rsid w:val="00E077EA"/>
     <w:rsid w:val="00E13F32"/>
     <w:rsid w:val="00E20AA8"/>
     <w:rsid w:val="00E2168F"/>
     <w:rsid w:val="00E229D0"/>
     <w:rsid w:val="00E23A74"/>
+    <w:rsid w:val="00E30E36"/>
     <w:rsid w:val="00E516B6"/>
     <w:rsid w:val="00E55765"/>
     <w:rsid w:val="00E56981"/>
     <w:rsid w:val="00E60764"/>
     <w:rsid w:val="00E709C9"/>
+    <w:rsid w:val="00E73185"/>
     <w:rsid w:val="00E76692"/>
     <w:rsid w:val="00E800F9"/>
     <w:rsid w:val="00EA4817"/>
     <w:rsid w:val="00EB0563"/>
     <w:rsid w:val="00EB0AD8"/>
     <w:rsid w:val="00EB2C8E"/>
     <w:rsid w:val="00EB4F60"/>
+    <w:rsid w:val="00EC195C"/>
     <w:rsid w:val="00EC2127"/>
     <w:rsid w:val="00ED0CEB"/>
     <w:rsid w:val="00ED1C7E"/>
     <w:rsid w:val="00EE51C0"/>
     <w:rsid w:val="00EF102B"/>
     <w:rsid w:val="00F00647"/>
     <w:rsid w:val="00F054BA"/>
+    <w:rsid w:val="00F05587"/>
     <w:rsid w:val="00F11031"/>
     <w:rsid w:val="00F119A4"/>
     <w:rsid w:val="00F1251E"/>
     <w:rsid w:val="00F140CF"/>
+    <w:rsid w:val="00F2149F"/>
+    <w:rsid w:val="00F25A57"/>
     <w:rsid w:val="00F270C9"/>
     <w:rsid w:val="00F34011"/>
     <w:rsid w:val="00F735E6"/>
     <w:rsid w:val="00F76A09"/>
     <w:rsid w:val="00F91EE1"/>
     <w:rsid w:val="00F94FD2"/>
     <w:rsid w:val="00F95DD0"/>
     <w:rsid w:val="00F96289"/>
     <w:rsid w:val="00F965B2"/>
     <w:rsid w:val="00FA1826"/>
     <w:rsid w:val="00FB49D7"/>
     <w:rsid w:val="00FC12D8"/>
     <w:rsid w:val="00FC35C6"/>
     <w:rsid w:val="00FC4A14"/>
     <w:rsid w:val="00FC50CE"/>
+    <w:rsid w:val="00FC532A"/>
     <w:rsid w:val="00FC5AE7"/>
     <w:rsid w:val="00FC7490"/>
     <w:rsid w:val="00FD04FB"/>
     <w:rsid w:val="00FD17B2"/>
     <w:rsid w:val="00FD41A0"/>
     <w:rsid w:val="00FE21EE"/>
+    <w:rsid w:val="0103493A"/>
+    <w:rsid w:val="01B55F9F"/>
+    <w:rsid w:val="02B22A0F"/>
+    <w:rsid w:val="04F2F146"/>
+    <w:rsid w:val="076E7990"/>
+    <w:rsid w:val="0F820A7E"/>
+    <w:rsid w:val="0F95F18F"/>
+    <w:rsid w:val="1AC2CA1E"/>
+    <w:rsid w:val="1B8289D5"/>
+    <w:rsid w:val="1CA3BC4F"/>
+    <w:rsid w:val="1F40951A"/>
+    <w:rsid w:val="1FD98F3B"/>
+    <w:rsid w:val="2111B315"/>
+    <w:rsid w:val="21EBB06B"/>
+    <w:rsid w:val="22ACB28E"/>
+    <w:rsid w:val="242E1A0F"/>
+    <w:rsid w:val="24974753"/>
+    <w:rsid w:val="24C75270"/>
+    <w:rsid w:val="25CC59C7"/>
+    <w:rsid w:val="27EE589C"/>
+    <w:rsid w:val="28FBD05E"/>
+    <w:rsid w:val="293C2089"/>
+    <w:rsid w:val="2AAAFB84"/>
+    <w:rsid w:val="2B197146"/>
+    <w:rsid w:val="2E7BB4AF"/>
+    <w:rsid w:val="31297243"/>
+    <w:rsid w:val="34D6760E"/>
+    <w:rsid w:val="35ABBAB7"/>
+    <w:rsid w:val="368A6231"/>
+    <w:rsid w:val="37600C65"/>
+    <w:rsid w:val="37A9EA1F"/>
+    <w:rsid w:val="39483D7D"/>
+    <w:rsid w:val="3C23FFC7"/>
+    <w:rsid w:val="3CFC2485"/>
+    <w:rsid w:val="3D31EEDF"/>
+    <w:rsid w:val="3E80FCF7"/>
+    <w:rsid w:val="3FB7629C"/>
+    <w:rsid w:val="3FEC1B82"/>
+    <w:rsid w:val="40614237"/>
+    <w:rsid w:val="4268B6D9"/>
+    <w:rsid w:val="43E755C4"/>
+    <w:rsid w:val="44267451"/>
+    <w:rsid w:val="478FD8CE"/>
+    <w:rsid w:val="49B7FA4A"/>
+    <w:rsid w:val="49BFD139"/>
+    <w:rsid w:val="4A6E75E4"/>
+    <w:rsid w:val="4B5754F4"/>
+    <w:rsid w:val="4C9F9933"/>
+    <w:rsid w:val="4D5B624D"/>
+    <w:rsid w:val="4D66C39C"/>
+    <w:rsid w:val="4DB12F09"/>
+    <w:rsid w:val="4DCB8F35"/>
+    <w:rsid w:val="4F46CED9"/>
+    <w:rsid w:val="50BE82C1"/>
+    <w:rsid w:val="51138330"/>
+    <w:rsid w:val="51B837C9"/>
+    <w:rsid w:val="51E4C890"/>
+    <w:rsid w:val="51EF091C"/>
+    <w:rsid w:val="539C12B8"/>
+    <w:rsid w:val="53AECD3A"/>
+    <w:rsid w:val="54292797"/>
+    <w:rsid w:val="54DC57EB"/>
+    <w:rsid w:val="5644829B"/>
+    <w:rsid w:val="5828D24C"/>
+    <w:rsid w:val="589C3CD8"/>
+    <w:rsid w:val="597CFF7E"/>
+    <w:rsid w:val="5A650D76"/>
+    <w:rsid w:val="5B6FAC9B"/>
+    <w:rsid w:val="5BB9BE0B"/>
+    <w:rsid w:val="5D71A9E8"/>
+    <w:rsid w:val="5E66CB72"/>
+    <w:rsid w:val="5FA33395"/>
+    <w:rsid w:val="608A81B5"/>
+    <w:rsid w:val="6175A035"/>
+    <w:rsid w:val="626C6956"/>
+    <w:rsid w:val="642F9FF8"/>
+    <w:rsid w:val="648971EC"/>
+    <w:rsid w:val="64E79C5A"/>
+    <w:rsid w:val="658BE307"/>
+    <w:rsid w:val="665CEE38"/>
+    <w:rsid w:val="6A4BECA8"/>
+    <w:rsid w:val="6A6E30A3"/>
+    <w:rsid w:val="6B585899"/>
+    <w:rsid w:val="6BA57418"/>
+    <w:rsid w:val="6C81DC34"/>
+    <w:rsid w:val="6CD65AFF"/>
+    <w:rsid w:val="7002EF4E"/>
+    <w:rsid w:val="733FE29E"/>
+    <w:rsid w:val="75015BE3"/>
+    <w:rsid w:val="77E09894"/>
+    <w:rsid w:val="78C420F5"/>
+    <w:rsid w:val="78E4DC62"/>
+    <w:rsid w:val="7A317FE7"/>
+    <w:rsid w:val="7A8261F9"/>
+    <w:rsid w:val="7CE8C7F5"/>
+    <w:rsid w:val="7D3D438E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="stockticker"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -9819,50 +9942,129 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B8D5F3" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B8D5F3" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CC77F3"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CC77F3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CC77F3"/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CC77F3"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CC77F3"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0068205B"/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CF2B07"/>
+    <w:rPr>
+      <w:color w:val="93A7CB" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="175582279">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1138183230">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
@@ -11649,51 +11851,51 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1087120395">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/exception-resources" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/nc-state-government-responsible-use-artificial-intelligence-framework/download?attachment" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/programs/cybersecurity-risk-management/esrmo-initiatives/statewide-information-security-policies" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/nc-state-government-responsible-use-artificial-intelligence-framework/download?attachment" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives.ncdcr.gov/government/digital-records/digital-records-policies-and-guidelines/microsoft-365-best-practices-and-usage" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/programs/privacy-data-protection/artificial-intelligence/principles-responsible-use-ai" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives.ncdcr.gov/government/state-government-agencies/functional-schedule/information-technology" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/exception-resources" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/programs/cybersecurity-risk-management/esrmo-initiatives/statewide-information-security-policies" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/clean-desk-procedure/download?attachment" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/clean-desk-procedure/download?attachment" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/nc-state-government-responsible-use-artificial-intelligence-framework/download?attachment" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/programs/privacy-data-protection/artificial-intelligence/principles-responsible-use-ai" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives.ncdcr.gov/government/digital-records/digital-records-policies-and-guidelines/microsoft-365-best-practices-and-usage" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/nc-state-government-responsible-use-artificial-intelligence-framework/download?attachment" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives.ncdcr.gov/government/state-government-agencies/functional-schedule/information-technology" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Internal_LtBlueSidebar">
   <a:themeElements>
     <a:clrScheme name="NCDIT">
       <a:dk1>
         <a:srgbClr val="0C2340"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E3052"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F2F2F2"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="0E3052"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="3F6DAA"/>
       </a:accent2>
       <a:accent3>
@@ -11870,236 +12072,143 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Internal_LtBlueSidebar" id="{EC94F862-54B8-0945-A02A-AAF9FBC59632}" vid="{0B804A79-9036-5D4E-AAD5-D426614224CF}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...8 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C2837E09FBD1E44BCBC758DDFC4A0FD" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="af4514d6fab9a32d060d5f22f60be4ab">
-[...3 lines deleted...]
-    <xsd:import namespace="e195b158-98d2-4360-936d-0d18374a4767"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010044FF20AA3FBE604DA4FD615A0A41F65C" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6f941afabee3f9413d88d84cdebbd22e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="00dca8a6-70f6-4a09-a3dc-2f220938ff2a" xmlns:ns3="3851993c-7171-4c6d-acff-f255d58a99be" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="57efe56800f05f1ffd0c23418aec378f" ns2:_="" ns3:_="">
+    <xsd:import namespace="00dca8a6-70f6-4a09-a3dc-2f220938ff2a"/>
+    <xsd:import namespace="3851993c-7171-4c6d-acff-f255d58a99be"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-[...18 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
-[...13 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e40995fa-1cf6-407a-9f48-3ae0d163a65f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="00dca8a6-70f6-4a09-a3dc-2f220938ff2a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
-[...58 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e195b158-98d2-4360-936d-0d18374a4767" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3851993c-7171-4c6d-acff-f255d58a99be" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...3 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -12158,134 +12267,112 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B135219-60EF-4F08-9774-271BA8E71EE8}">
-[...9 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7534BB3-D6DB-4222-9603-8A528BA19CFA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B135219-60EF-4F08-9774-271BA8E71EE8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{442EDDA9-AA98-48EB-A6D7-747284F4155E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F339915A-4A03-794E-B785-A57E0C86FE21}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28DB1FF4-68BC-4B7E-A9C6-E187568C5F6F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e195b158-98d2-4360-936d-0d18374a4767"/>
+    <ds:schemaRef ds:uri="00dca8a6-70f6-4a09-a3dc-2f220938ff2a"/>
+    <ds:schemaRef ds:uri="3851993c-7171-4c6d-acff-f255d58a99be"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>17924</Characters>
+  <Pages>9</Pages>
+  <Words>2696</Words>
+  <Characters>17525</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>149</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>246</Lines>
+  <Paragraphs>96</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>N.C. Department of Information Technology</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21026</CharactersWithSpaces>
+  <CharactersWithSpaces>20125</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Brittingham, Christopher E</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101001C2837E09FBD1E44BCBC758DDFC4A0FD</vt:lpwstr>
+    <vt:lpwstr>0x01010044FF20AA3FBE604DA4FD615A0A41F65C</vt:lpwstr>
   </property>
 </Properties>
 </file>