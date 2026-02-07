--- v0 (2025-10-21)
+++ v1 (2026-02-07)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7C62F004" w14:textId="77777777" w:rsidR="00BB11BA" w:rsidRPr="0080168F" w:rsidRDefault="00BB11BA" w:rsidP="00BB11BA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -3294,51 +3296,51 @@
             </w:sdt>
             <w:r w:rsidR="00C34397" w:rsidRPr="00F866D7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A6FAA" w:rsidRPr="006B5C43" w14:paraId="123346B1" w14:textId="77777777" w:rsidTr="00781FB7">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5409" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0EF107A3" w14:textId="77777777" w:rsidR="00714040" w:rsidRPr="00F866D7" w:rsidRDefault="00170DAA" w:rsidP="00AB4B18">
+          <w:p w14:paraId="0EF107A3" w14:textId="77777777" w:rsidR="00714040" w:rsidRPr="00F866D7" w:rsidRDefault="00660ED9" w:rsidP="00AB4B18">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:caps/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="-1994707768"/>
                 <w:placeholder>
                   <w:docPart w:val="2C2DF8DE64BD442786B0AE9CF18043D1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
@@ -3363,51 +3365,51 @@
                     <w:color w:val="FF0000"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> ISSUING</w:t>
                 </w:r>
                 <w:r w:rsidR="00714040" w:rsidRPr="00A20AAF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:cs="Arial"/>
                     <w:caps/>
                     <w:color w:val="FF0000"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> Agency.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00714040" w:rsidRPr="00F866D7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FBEA9BE" w14:textId="77777777" w:rsidR="005A6FAA" w:rsidRPr="00526CD3" w:rsidRDefault="00170DAA" w:rsidP="00EF0791">
+          <w:p w14:paraId="4FBEA9BE" w14:textId="77777777" w:rsidR="005A6FAA" w:rsidRPr="00526CD3" w:rsidRDefault="00660ED9" w:rsidP="00EF0791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="1675233720"/>
                 <w:placeholder>
                   <w:docPart w:val="A2C4704F8A5840969119B233FFCB6AD9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EF0791" w:rsidRPr="00A20AAF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:cs="Arial"/>
@@ -5417,71 +5419,51 @@
             <w:r w:rsidRPr="0005051B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Offer accepted and contract awarded this __</w:t>
             </w:r>
             <w:r w:rsidR="00781FB7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidRPr="0005051B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">__ day </w:t>
-[...19 lines deleted...]
-              <w:t>__________________, 20_</w:t>
+              <w:t>__ day of _____________________, 20_</w:t>
             </w:r>
             <w:r w:rsidR="00781FB7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidRPr="0005051B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_, as indicated on attached certification,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D72614" w:rsidRPr="006B5C43" w14:paraId="7D7E7547" w14:textId="77777777" w:rsidTr="007973C9">
         <w:trPr>
           <w:jc w:val="center"/>
@@ -5655,122 +5637,51 @@
               <w:caps/>
               <w:color w:val="auto"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="270A1598" w14:textId="77777777" w:rsidR="00832464" w:rsidRPr="00832464" w:rsidRDefault="4B94454C" w:rsidP="67CEC7C1">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:i/>
               <w:iCs/>
               <w:color w:val="FF0000"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="67CEC7C1">
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:i/>
               <w:iCs/>
               <w:color w:val="FF0000"/>
             </w:rPr>
-            <w:t>Update the Table of Contents (</w:t>
-[...70 lines deleted...]
-            <w:t>, delete this instruction.</w:t>
+            <w:t>Update the Table of Contents (ToC) after the document is complete. To update the ToC, right click on the table of contents body, and select Update Field from the pop-up menu. After you update the ToC, delete this instruction.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="66E922B1" w14:textId="18BF7B03" w:rsidR="00817EEA" w:rsidRDefault="00817EEA" w:rsidP="67CEC7C1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="435"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10785"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00113014">
             <w:instrText>TOC \o "1-3" \z \u \h</w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
@@ -8043,83 +7954,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Instructions:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> Prospective Vendors and/or Vendor representatives are URGED and CAUTIONED to visit the site of the project and apprise themselves of all </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> implied by this</w:t>
+        <w:t xml:space="preserve"> Prospective Vendors and/or Vendor representatives are URGED and CAUTIONED to visit the site of the project and apprise themselves of all conditions; which will affect the performance of the work required or reasonable implied by this</w:t>
       </w:r>
       <w:r w:rsidR="004B5D06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> IFB/RFQ</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  A </w:t>
       </w:r>
       <w:r w:rsidRPr="007E0EB1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>non-</w:t>
       </w:r>
       <w:r w:rsidRPr="005C494D">
         <w:rPr>
@@ -8186,67 +8065,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  All attendees must sign in.  This opportunity</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to visit the site may not be rescheduled unless so authorized by addendum to this</w:t>
       </w:r>
       <w:r w:rsidR="00E63380">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> IFB/RFQ</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  Submission of an offer shall constitute sufficient evidence of this compliance and no allowance will be made for unreported </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> which a prudent Vendor would recognize as affecting this performance of the work called for in this</w:t>
+        <w:t>.  Submission of an offer shall constitute sufficient evidence of this compliance and no allowance will be made for unreported conditions; which a prudent Vendor would recognize as affecting this performance of the work called for in this</w:t>
       </w:r>
       <w:r w:rsidR="004B5D06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> IFB/RFQ</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D28F927" w14:textId="77777777" w:rsidR="00EA53DF" w:rsidRPr="00FA00DA" w:rsidRDefault="00EA53DF" w:rsidP="004D1680">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -8803,69 +8666,51 @@
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005A62B2" w:rsidRPr="005C494D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005A62B2" w:rsidRPr="005C494D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="005C494D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">All attendees must </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> upon arrival. LATE ARRIVALS</w:t>
+        <w:t>All attendees must sign in upon arrival. LATE ARRIVALS</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> WILL NOT BE ALLOWED TO SIGN IN, NOR SHALL THEIR </w:t>
       </w:r>
       <w:r w:rsidR="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OFFER</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> BE CONSIDERED.  Late arrivals may be excluded from the meeting room until all on-time attendees have completed sign-in and the sign-in sheet secured.  Once the sign-in process is complete, all other persons wishing to attend may do so to the extent that space and circumstances allow.  On-time attendance will be strictly enforced.</w:t>
       </w:r>
@@ -9763,109 +9608,79 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>delivered</w:t>
       </w:r>
       <w:r w:rsidRPr="006431E7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> after the proposal deadline will be rejected.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="390A4834" w14:textId="77777777" w:rsidR="002D5ADB" w:rsidRPr="00F54E23" w:rsidRDefault="002D5ADB" w:rsidP="002D5ADB">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1170" w:right="-18"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F54E23">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Offer Submission</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Details:</w:t>
+        <w:t>Offer Submission Details:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A80B713" w14:textId="77777777" w:rsidR="002D5ADB" w:rsidRPr="006431E7" w:rsidRDefault="002D5ADB" w:rsidP="002D5ADB">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006431E7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">[Please </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> the appropriate language in accordance with </w:t>
+        <w:t xml:space="preserve">[Please chose the appropriate language in accordance with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>your preferred</w:t>
       </w:r>
       <w:r w:rsidRPr="006431E7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> submission method]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16FC38FC" w14:textId="77777777" w:rsidR="002D5ADB" w:rsidRPr="006431E7" w:rsidRDefault="002D5ADB" w:rsidP="002D5ADB">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
@@ -10216,65 +10031,51 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61053179" w14:textId="77777777" w:rsidR="002D5ADB" w:rsidRPr="00CE7A39" w:rsidRDefault="002D5ADB" w:rsidP="002D5ADB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0341A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Sealed offers,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE7A39">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> subject to the conditions made a </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, will be received at </w:t>
+        <w:t xml:space="preserve"> subject to the conditions made a part hereof, will be received at </w:t>
       </w:r>
       <w:r w:rsidRPr="00725B1B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="OpenDate"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="Enter bid opening date."/>
             <w:textInput>
               <w:type w:val="date"/>
               <w:format w:val="dddd, MMMM dd, yyyy"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00725B1B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -10647,67 +10448,51 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="006431E7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the RFP number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="006431E7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Address the package(s) for delivery as shown in the table above. If Vendor </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> more than one (1) proposal, each proposal shall be submitted in separate sealed envelopes and marked accordingly.  For delivery purposes, separate sealed envelopes from a single Vendor may be included in the same outer package.  Proposals are subject to rejection unless submitted with the information above included on the outside of the sealed proposal package.  </w:t>
+        <w:t xml:space="preserve">Address the package(s) for delivery as shown in the table above. If Vendor is submitting more than one (1) proposal, each proposal shall be submitted in separate sealed envelopes and marked accordingly.  For delivery purposes, separate sealed envelopes from a single Vendor may be included in the same outer package.  Proposals are subject to rejection unless submitted with the information above included on the outside of the sealed proposal package.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C0DBA9" w14:textId="77777777" w:rsidR="002D5ADB" w:rsidRDefault="002D5ADB" w:rsidP="00F71864">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1170" w:right="-18" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006431E7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -11312,73 +11097,51 @@
         <w:t>protected,</w:t>
       </w:r>
       <w:r w:rsidRPr="007F0339">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Hlk36728013"/>
       <w:r w:rsidRPr="007F0339">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the file formats must b</w:t>
       </w:r>
       <w:r w:rsidRPr="007F0339">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">e in .PDF, .jpeg, or </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> format</w:t>
+        <w:t>e in .PDF, .jpeg, or png format</w:t>
       </w:r>
       <w:r w:rsidRPr="007F0339">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D37A03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D37A03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -12802,67 +12565,51 @@
         </w:rPr>
         <w:t xml:space="preserve">2.12. </w:t>
       </w:r>
       <w:bookmarkStart w:id="17" w:name="_Toc95754404"/>
       <w:r w:rsidR="1F99CAD9">
         <w:t>BEST AND FINAL OFFERS (BAFO)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="66F8D732" w14:textId="77777777" w:rsidR="00403E50" w:rsidRPr="00403E50" w:rsidRDefault="00403E50" w:rsidP="00403E50">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1267"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00403E50">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The State may establish a competitive range based upon evaluations of offers, and request BAFOs from the Vendor(s) within this </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> e.g. “Finalist Vendor(s)”.  If negotiations or subsequent offers are solicited, the Vendor(s) shall provide BAFO(s) in response.  Failure to deliver a BAFO when requested shall disqualify the non-responsive Vendor from further consideration.  The State will evaluate BAFO(s), oral presentations, and product demonstrations as part of the Vendors’ respective offers to determine the final rankings.</w:t>
+        <w:t>The State may establish a competitive range based upon evaluations of offers, and request BAFOs from the Vendor(s) within this range; e.g. “Finalist Vendor(s)”.  If negotiations or subsequent offers are solicited, the Vendor(s) shall provide BAFO(s) in response.  Failure to deliver a BAFO when requested shall disqualify the non-responsive Vendor from further consideration.  The State will evaluate BAFO(s), oral presentations, and product demonstrations as part of the Vendors’ respective offers to determine the final rankings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="426755CA" w14:textId="4240C847" w:rsidR="009C6315" w:rsidRDefault="2BCBA443" w:rsidP="009C6315">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc1562459137"/>
       <w:r w:rsidRPr="67CEC7C1">
         <w:rPr>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2.1</w:t>
       </w:r>
       <w:r w:rsidR="59AC2821" w:rsidRPr="67CEC7C1">
         <w:rPr>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="67CEC7C1">
         <w:rPr>
@@ -12983,67 +12730,51 @@
           <w:t>https://evp.nc.gov/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BE60D2">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Results may be found by searching by </w:t>
       </w:r>
       <w:r w:rsidR="00332540" w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IFB </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">number or agency name.  This information may not be available for several weeks </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> upon the complexity of the acquisition and the length of time to complete the evaluation process.</w:t>
+        <w:t>number or agency name.  This information may not be available for several weeks dependent upon the complexity of the acquisition and the length of time to complete the evaluation process.</w:t>
       </w:r>
       <w:r w:rsidR="00A218E7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C61803" w:rsidRPr="00C61803">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00A218E7" w:rsidRPr="00C61803">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If this is an RFQ delete this paragraph</w:t>
@@ -14391,51 +14122,51 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6625590" cy="1148080"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="73297E88" w14:textId="77777777" w:rsidR="00F22EE7" w:rsidRDefault="00170DAA" w:rsidP="00F22EE7">
+                          <w:p w14:paraId="73297E88" w14:textId="77777777" w:rsidR="00F22EE7" w:rsidRDefault="00660ED9" w:rsidP="00F22EE7">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:cs="Arial"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:id w:val="-2069873352"/>
                                 <w:showingPlcHdr/>
                               </w:sdtPr>
                               <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="00F22EE7" w:rsidRPr="00F7314C">
                                   <w:rPr>
                                     <w:rStyle w:val="PlaceholderText"/>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="20"/>
                                     <w:szCs w:val="20"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve">Click here to enter text. </w:t>
                                 </w:r>
                               </w:sdtContent>
@@ -14532,51 +14263,51 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6625590" cy="1148080"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3CC84A1E" w14:textId="77777777" w:rsidR="00F22EE7" w:rsidRDefault="00170DAA" w:rsidP="00F22EE7">
+                          <w:p w14:paraId="3CC84A1E" w14:textId="77777777" w:rsidR="00F22EE7" w:rsidRDefault="00660ED9" w:rsidP="00F22EE7">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:cs="Arial"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:id w:val="468411691"/>
                                 <w:showingPlcHdr/>
                               </w:sdtPr>
                               <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="00F22EE7" w:rsidRPr="00F7314C">
                                   <w:rPr>
                                     <w:rStyle w:val="PlaceholderText"/>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="20"/>
                                     <w:szCs w:val="20"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve">Click here to enter text. </w:t>
                                 </w:r>
                               </w:sdtContent>
@@ -14689,51 +14420,51 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6625590" cy="1148080"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="202C703F" w14:textId="77777777" w:rsidR="002B12BE" w:rsidRDefault="00170DAA" w:rsidP="002B12BE">
+                          <w:p w14:paraId="202C703F" w14:textId="77777777" w:rsidR="002B12BE" w:rsidRDefault="00660ED9" w:rsidP="002B12BE">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:cs="Arial"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:id w:val="1915045626"/>
                                 <w:showingPlcHdr/>
                               </w:sdtPr>
                               <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="002B12BE" w:rsidRPr="00F7314C">
                                   <w:rPr>
                                     <w:rStyle w:val="PlaceholderText"/>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="20"/>
                                     <w:szCs w:val="20"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve">Click here to enter text. </w:t>
                                 </w:r>
                               </w:sdtContent>
@@ -14861,51 +14592,51 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6625590" cy="1148080"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7AEA8B56" w14:textId="77777777" w:rsidR="00CA16AF" w:rsidRDefault="00170DAA" w:rsidP="00FB5AD3">
+                          <w:p w14:paraId="7AEA8B56" w14:textId="77777777" w:rsidR="00CA16AF" w:rsidRDefault="00660ED9" w:rsidP="00FB5AD3">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:cs="Arial"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:id w:val="-347102965"/>
                                 <w:showingPlcHdr/>
                               </w:sdtPr>
                               <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="00CA16AF" w:rsidRPr="00F7314C">
                                   <w:rPr>
                                     <w:rStyle w:val="PlaceholderText"/>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="20"/>
                                     <w:szCs w:val="20"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve">Click here to enter text. </w:t>
                                 </w:r>
                               </w:sdtContent>
@@ -15606,67 +15337,51 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All </w:t>
       </w:r>
       <w:r w:rsidR="00FA00DA" w:rsidRPr="008814BE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>offer</w:t>
       </w:r>
       <w:r w:rsidR="00D27095" w:rsidRPr="008814BE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00CD2A95" w:rsidRPr="008814BE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall include specifications and technical literature sufficient to allow the State to determine that the equipment meets all requirements.  This technical literature will be the primary source for bid evaluation.  If a requirement is not addressed in the technical </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> it must be supported by additional documentation and included with the bid.  Bid responses without sufficient technical documentation may be rejected.</w:t>
+        <w:t xml:space="preserve"> shall include specifications and technical literature sufficient to allow the State to determine that the equipment meets all requirements.  This technical literature will be the primary source for bid evaluation.  If a requirement is not addressed in the technical literature it must be supported by additional documentation and included with the bid.  Bid responses without sufficient technical documentation may be rejected.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52159EE4" w14:textId="7CBCE37E" w:rsidR="00A33E20" w:rsidRDefault="1EB4E64F" w:rsidP="009C3944">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc510902612"/>
       <w:bookmarkStart w:id="28" w:name="_Toc95754394"/>
       <w:bookmarkStart w:id="29" w:name="_Toc1867512427"/>
       <w:r>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">3.6 </w:t>
       </w:r>
       <w:r>
         <w:t>SECURITY</w:t>
       </w:r>
       <w:r w:rsidR="13B22607">
         <w:t xml:space="preserve"> SPECIFICATIONS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
@@ -19749,67 +19464,51 @@
       <w:r w:rsidR="00482877">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58620ECF" w14:textId="77777777" w:rsidR="00A4093E" w:rsidRPr="00FA00DA" w:rsidRDefault="00A4093E" w:rsidP="000A2565">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1267"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Delivery shall not be considered to have occurred until installation has been completed.  Upon completion of the installation, the Vendor shall remove and properly dispose of all waste and debris from the installation site.  Vendor </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> be responsible for leaving the installation area clean and ready to use.  </w:t>
+        <w:t xml:space="preserve">Delivery shall not be considered to have occurred until installation has been completed.  Upon completion of the installation, the Vendor shall remove and properly dispose of all waste and debris from the installation site.  Vendor shall be responsible for leaving the installation area clean and ready to use.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44DEFB1C" w14:textId="77777777" w:rsidR="00A4093E" w:rsidRPr="00FA00DA" w:rsidRDefault="00A4093E" w:rsidP="000A2565">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1267"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If circumstances beyond the control of the contractor result in a late delivery [or installation], it is the responsibility and obligation of the contractor to notify the Purchasing Agent listed on the purchase order, in writing, immediately upon determining delay of shipment. The written notification should indicate the anticipated delivery dated.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="203E06E8" w14:textId="7E254995" w:rsidR="000A2565" w:rsidRDefault="6C95C870" w:rsidP="000A2565">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
@@ -19939,73 +19638,51 @@
     <w:p w14:paraId="585B3538" w14:textId="0FF3B9DA" w:rsidR="00FA111C" w:rsidRPr="000F1335" w:rsidRDefault="00FA111C" w:rsidP="000A2565">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260" w:right="-115"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The term “specification” refers to a description of the characteristics of a commodity or service.   Specifically, it is defined as the explicit requirements, furnished with a solicitation upon which a purchase order or contract is to be based.  Specifications set forth the characteristics of the goods and services to be purchased so as to enable the Vendor to determine and </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> which is to be supplied.  </w:t>
+        <w:t xml:space="preserve">The term “specification” refers to a description of the characteristics of a commodity or service.   Specifically, it is defined as the explicit requirements, furnished with a solicitation upon which a purchase order or contract is to be based.  Specifications set forth the characteristics of the goods and services to be purchased so as to enable the Vendor to determine and understand that which is to be supplied.  </w:t>
       </w:r>
       <w:r w:rsidR="002B5C15" w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Specifications</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be in the form of a description of the physical, functional, or performance characteristics, a reference brand name or both.  It may include a description of any requirement for inspecting, testing, or preparing a material, equipment, supplies, or service for delivery. </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
@@ -20028,71 +19705,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1586D3" w14:textId="77777777" w:rsidR="00FA111C" w:rsidRPr="000F1335" w:rsidRDefault="00FA111C" w:rsidP="000A2565">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260" w:right="-115"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">To </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> that your specifications meet the above criteria, use the following checklist:</w:t>
+        <w:t>To assure that your specifications meet the above criteria, use the following checklist:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AE2328E" w14:textId="264EAA90" w:rsidR="00FA111C" w:rsidRPr="000F1335" w:rsidRDefault="00FA111C" w:rsidP="002A5A12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1627" w:right="-120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
@@ -23608,71 +23265,51 @@
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://www.energystar.gov/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="42B47702" w14:textId="6F47FD90" w:rsidR="005C281B" w:rsidRPr="008647E6" w:rsidRDefault="000A318B" w:rsidP="008647E6">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Do products </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> meet Energy Star specifications of energy efficiency? </w:t>
+        <w:t xml:space="preserve">Do products offered meet Energy Star specifications of energy efficiency? </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -24206,234 +23843,161 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>INFORMATION AND DESCRIPTIVE LITERATURE</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vendor is to furnish all information requested </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Vendor is to furnish all information requested and in the spaces provided in this document.  Further, if required elsewhere in this </w:t>
+      </w:r>
+      <w:r w:rsidR="00332540">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>IFB/RFQ</w:t>
+      </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>and in the spaces</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">, each Vendor must submit with their </w:t>
+      </w:r>
+      <w:r w:rsidR="00332540">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>offer</w:t>
+      </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> provided in this document.  Further, if required elsewhere in this </w:t>
+        <w:t xml:space="preserve"> sketches, descriptive literature and/or complete specifications covering the products offered.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00471540">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Only information that is received in response to this RFQ will be evaluated. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00471540">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Reference to information previously submitted or Internet Website Addresses (URLs) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00471540">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>will not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00471540">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> satisfy this provision.  </w:t>
       </w:r>
       <w:r w:rsidR="00332540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>IFB/RFQ</w:t>
+        <w:t>Offer</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, each Vendor must submit with their </w:t>
-[...82 lines deleted...]
-        <w:t xml:space="preserve"> will be subject to rejection.</w:t>
+        <w:t>s, which do not comply with these requirements, will be subject to rejection.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F0D514C" w14:textId="77777777" w:rsidR="00471540" w:rsidRPr="00471540" w:rsidRDefault="00471540" w:rsidP="007779C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>RECYCLING AND SOURCE REDUCTION</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  It is the policy of this State to encourage and promote the purchase of products with recycled content to the extent economically practicable, and to purchase </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> to bring to the attention of the </w:t>
+        <w:t xml:space="preserve">  It is the policy of this State to encourage and promote the purchase of products with recycled content to the extent economically practicable, and to purchase items, which are reusable, refillable, repairable, more durable, and less toxic to the extent that the purchase or use is practicable and cost-effective.  We also encourage and promote using minimal packaging and the use of recycled/recyclable products in the packaging of commodities purchased.  However, no sacrifice in quality of packaging will be acceptable.  The company remains responsible for providing packaging that will protect the commodity and contain it for its intended use. Companies are strongly urged to bring to the attention of the </w:t>
       </w:r>
       <w:r w:rsidR="0011591E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">relevant </w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">purchasers in the </w:t>
       </w:r>
       <w:r w:rsidR="0011591E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">State </w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -24795,143 +24359,79 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SAMPLES</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Sample of items, when required, must be furnished as stipulated herein, free of expense, and if not destroyed will, upon </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">  Sample of items, when required, must be furnished as stipulated herein, free of expense, and if not destroyed will, upon request be returned at the Vendor’s expense.  Written request for the return of samples must be made within 10 days following date of </w:t>
+      </w:r>
+      <w:r w:rsidR="00332540">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>offer</w:t>
+      </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>request</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> opening.  Otherwise the samples will become the property of the State.  Each individual sample must be labeled with the Vendor’s name, </w:t>
+      </w:r>
+      <w:r w:rsidR="00482877">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">offer </w:t>
+      </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> be returned at the Vendor’s expense.  Written request for the return of samples must be made within 10 days following date of </w:t>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> will be retained until the contract is completed, and then returned, if requested, as specified above.</w:t>
+        <w:t>number, and item number.  A sample, on which an award is made, will be retained until the contract is completed, and then returned, if requested, as specified above.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D337AC7" w14:textId="77777777" w:rsidR="00471540" w:rsidRDefault="00471540" w:rsidP="007779C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MISCELLANEOUS</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
@@ -24955,83 +24455,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PROTEST PROCEDURES:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  When an offeror wants to protest a contract awarded pursuant to this solicitation that is over </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> must contain specific sound reasons and any supporting documentation for the protest.  </w:t>
+        <w:t xml:space="preserve">  When an offeror wants to protest a contract awarded pursuant to this solicitation that is over $25,000 they must submit a written request to the issuing agency at the address given in this document.  This request must be received in this office within fifteen (15) calendar days from the date of the contract award, and must contain specific sound reasons and any supporting documentation for the protest.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Contract award notices are sent </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>only</w:t>
       </w:r>
       <w:r>
@@ -25379,61 +24847,52 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009352DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Definitions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">As used </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>As used herein;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="434C03A9" w14:textId="3B56DB0D" w:rsidR="009C1176" w:rsidRPr="009C1176" w:rsidRDefault="009C1176" w:rsidP="009C1176">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C1176">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Deliverable/Product Warranties</w:t>
       </w:r>
       <w:r w:rsidRPr="00347060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -25445,67 +24904,51 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Paragraph</w:t>
       </w:r>
       <w:r w:rsidR="00A53870">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7</w:t>
       </w:r>
       <w:r w:rsidR="00A53870">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> included in Paragraph 29 c)</w:t>
+        <w:t xml:space="preserve"> and 8, and included in Paragraph 29 c)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of these Terms and Conditions unless superseded by a Vendor’s Warranties pursuant to </w:t>
       </w:r>
       <w:r w:rsidRPr="00947CD3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vendor’s License or Support Agreements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53A4EF71" w14:textId="68A2A976" w:rsidR="009A168B" w:rsidRPr="009A168B" w:rsidRDefault="009A168B" w:rsidP="009352DF">
       <w:pPr>
@@ -25824,83 +25267,51 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Goods Return:</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Deliverables and any other goods or materials furnished by the Vendor to fulfill technical requirements shall be in good working order and be maintained in good working order by Vendor for the duration of the </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> except in the case of default by the Vendor or delivery of non-conforming goods by Vendor. Shipping or freight charges, if any, paid by the State for non-conforming goods will be reimbursed to the State.</w:t>
+        <w:t xml:space="preserve"> Deliverables and any other goods or materials furnished by the Vendor to fulfill technical requirements shall be in good working order and be maintained in good working order by Vendor for the duration of the Contract; unless otherwise provided in a separate maintenance agreement or in the Solicitation Documents.  Deliverables failing to meet the State’s technical requirements shall be considered non-conforming goods and subject to return to the Vendor for replacement at the State’s option, and at the Vendor’s expense.  The State is responsible for the return costs related to the termination of a Contract, including deinstallation, and freight to destinations within the Continental United States; except in the case of default by the Vendor or delivery of non-conforming goods by Vendor. Shipping or freight charges, if any, paid by the State for non-conforming goods will be reimbursed to the State.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07CEB118" w14:textId="77777777" w:rsidR="00471540" w:rsidRPr="00471540" w:rsidRDefault="00471540" w:rsidP="009352DF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -25975,67 +25386,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009352DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Personnel</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vendor shall not substitute key personnel assigned to the performance of this Contract without prior written approval by the Agency Contract Administrator.  Any desired substitution shall be </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> the Agency’s Contract Administrator accompanied by the names and references of Vendor’s recommended substitute personnel.  The Agency will approve or disapprove the requested substitution in a timely manner.  The Agency may, in its sole discretion, terminate the </w:t>
+        <w:t xml:space="preserve"> Vendor shall not substitute key personnel assigned to the performance of this Contract without prior written approval by the Agency Contract Administrator.  Any desired substitution shall be noticed to the Agency’s Contract Administrator accompanied by the names and references of Vendor’s recommended substitute personnel.  The Agency will approve or disapprove the requested substitution in a timely manner.  The Agency may, in its sole discretion, terminate the </w:t>
       </w:r>
       <w:r w:rsidR="00087603">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of any person providing </w:t>
       </w:r>
       <w:r w:rsidR="00087603">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -26055,67 +25450,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> provided by such personnel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26826203" w14:textId="77777777" w:rsidR="00482545" w:rsidRPr="00482545" w:rsidRDefault="00482545" w:rsidP="009352DF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00482545">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vendor personnel shall perform their duties on the premises of the State, during the State’s regular </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and normal work hours, except as may be specifically agreed otherwise, established in the specification, or statement of work.</w:t>
+        <w:t>Vendor personnel shall perform their duties on the premises of the State, during the State’s regular work days and normal work hours, except as may be specifically agreed otherwise, established in the specification, or statement of work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72F6E1E8" w14:textId="77777777" w:rsidR="00482545" w:rsidRPr="00482545" w:rsidRDefault="00482545" w:rsidP="009352DF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00482545">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This Contract shall not prevent Vendor or any of its personnel supplied under this Contract from performing similar </w:t>
       </w:r>
       <w:r w:rsidR="00087603">
         <w:rPr>
@@ -26503,67 +25882,51 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Software License</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for internal embedded software, firmware and unless otherwise provided in the State’s solicitation document, or in an attachment hereto</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">): Deliverables comprising goods, equipment or products (hardware) may contain software for internal operation, or as embedded software or firmware that is generally not sold or licensed as a severable software product.  Software may be provided on separate media, such as floppy diskettes or CD-ROM, or may be included within the hardware at or prior to delivery.  Such software is proprietary, copyrighted, and may also contain valuable trade secrets and may be protected by patents.  Vendor grants the State a license to use the Code (or any replacement provided) on, or in conjunction with, only the Deliverables purchased, or with any system identified in the solicitation documents.  The State shall have a worldwide, nonexclusive, non-sublicensable license to use such software and/or documentation for its internal use. The State may make and install copies of the software to support the authorized level of use.  Provided, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> that if the hardware is inoperable, the software may be copied for temporary use on other hardware. The State shall promptly affix to any such copy the same proprietary and copyright notices affixed to the original.  The State may make one copy of the software for archival, back-up or disaster recovery purposes.  The license set forth in this Paragraph shall terminate immediately upon the State’s discontinuance of the use of the equipment on which the software is installed.  The software may be transferred to another party only with the transfer of the hardware.  If the hardware is transferred, the State shall i) destroy all software copies made by the State, ii) deliver the original or any replacement copies of the software to the transferee, and iii) notify the transferee that title and ownership of the software and the applicable patent, trademark, copyright, and other intellectual property rights shall remain with Vendor, or Vendor’s licensors.  The State shall not disassemble, decompile, reverse engineer, modify, or prepare derivative works of the embedded software, unless permitted under the solicitation documents.</w:t>
+        <w:t>): Deliverables comprising goods, equipment or products (hardware) may contain software for internal operation, or as embedded software or firmware that is generally not sold or licensed as a severable software product.  Software may be provided on separate media, such as floppy diskettes or CD-ROM, or may be included within the hardware at or prior to delivery.  Such software is proprietary, copyrighted, and may also contain valuable trade secrets and may be protected by patents.  Vendor grants the State a license to use the Code (or any replacement provided) on, or in conjunction with, only the Deliverables purchased, or with any system identified in the solicitation documents.  The State shall have a worldwide, nonexclusive, non-sublicensable license to use such software and/or documentation for its internal use. The State may make and install copies of the software to support the authorized level of use.  Provided, however that if the hardware is inoperable, the software may be copied for temporary use on other hardware. The State shall promptly affix to any such copy the same proprietary and copyright notices affixed to the original.  The State may make one copy of the software for archival, back-up or disaster recovery purposes.  The license set forth in this Paragraph shall terminate immediately upon the State’s discontinuance of the use of the equipment on which the software is installed.  The software may be transferred to another party only with the transfer of the hardware.  If the hardware is transferred, the State shall i) destroy all software copies made by the State, ii) deliver the original or any replacement copies of the software to the transferee, and iii) notify the transferee that title and ownership of the software and the applicable patent, trademark, copyright, and other intellectual property rights shall remain with Vendor, or Vendor’s licensors.  The State shall not disassemble, decompile, reverse engineer, modify, or prepare derivative works of the embedded software, unless permitted under the solicitation documents.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53591BE3" w14:textId="77777777" w:rsidR="00087603" w:rsidRPr="00C10671" w:rsidRDefault="00087603" w:rsidP="00C66B68">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:ind w:left="1080" w:right="-20" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C66B68">
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
@@ -26818,83 +26181,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  Upon notice by State of a problem with the Software (which problem can be verified), Vendor shall use reasonable efforts to correct or provide a working solution for the problem.  The State shall comply with all reasonable instructions or requests of Vendor in attempts to correct an error or defect in the Program.  Vendor and the State shall act promptly and in a reasonably timely manner in communicating error or problem logs, other related information, proposed solutions or workarounds, and any action as may be necessary or proper to obtain or affect maintenance Services under this Paragraph.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="414726DB" w14:textId="77777777" w:rsidR="00087603" w:rsidRPr="008F5CF5" w:rsidRDefault="00087603" w:rsidP="002A5A12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5CF5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vendor shall notify the State of any material errors or defects in the Deliverables </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> results.  Vendor shall initiate actions as may be commercially necessary or proper to effect corrections of any such errors or defects.</w:t>
+        <w:t>Vendor shall notify the State of any material errors or defects in the Deliverables known, or made known to Vendor from any source during the Contract term that could cause the production of inaccurate or otherwise materially incorrect, results.  Vendor shall initiate actions as may be commercially necessary or proper to effect corrections of any such errors or defects.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61AA7A98" w14:textId="77777777" w:rsidR="00087603" w:rsidRPr="008F5CF5" w:rsidRDefault="00087603" w:rsidP="002A5A12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C66B68">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Updates</w:t>
       </w:r>
       <w:r w:rsidRPr="008F5CF5">
@@ -26966,67 +26297,51 @@
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C66B68">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Telephone Assistance</w:t>
       </w:r>
       <w:r w:rsidRPr="008F5CF5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  Vendor </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> provide the State with telephone access to technical support engineers for assistance in the proper installation and use of the Software, and to report and resolve Software problems, during normal business hours, 8:00 AM - 5:00 PM Eastern Standard Time, Monday-Friday. Vendor shall respond to the telephone requests for Program maintenance service, within four hours, for calls made at any time.</w:t>
+        <w:t>.  Vendor shall provide the State with telephone access to technical support engineers for assistance in the proper installation and use of the Software, and to report and resolve Software problems, during normal business hours, 8:00 AM - 5:00 PM Eastern Standard Time, Monday-Friday. Vendor shall respond to the telephone requests for Program maintenance service, within four hours, for calls made at any time.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55CECA36" w14:textId="77777777" w:rsidR="00471540" w:rsidRPr="00471540" w:rsidRDefault="00471540" w:rsidP="00C66B68">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C66B68">
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="22"/>
@@ -27041,71 +26356,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED5BEB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED5BEB" w:rsidRPr="00ED5BEB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">All travel expenses should be included in </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> proposed costs.  Separately stated travel expenses will not be reimbursed</w:t>
+        <w:t>All travel expenses should be included in the Vendor’s proposed costs.  Separately stated travel expenses will not be reimbursed</w:t>
       </w:r>
       <w:r w:rsidR="00ED5BEB" w:rsidRPr="00ED5BEB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00ED5BEB" w:rsidRPr="00ED5BEB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  In the event that the Vendor may be eligible to be reimbursed for travel expenses arising under the performance of this Contract, reimbursement will be at the out-of-state rates set forth in </w:t>
       </w:r>
       <w:r w:rsidR="00FB52D4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>N.C.G.S.</w:t>
       </w:r>
       <w:r w:rsidR="00FB52D4" w:rsidRPr="00ED5BEB">
         <w:rPr>
@@ -27247,67 +26542,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C66B68">
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Prohibition Against Contingent Fees and Gratuities</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vendor warrants that it has not paid, and agrees not to </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> any bonus, commission, fee, or gratuity to any employee or official of the State for the purpose of obtaining any contract or award issued by the State.  Vendor further warrants that no commission or other payment has been or will be received from or paid to any third party contingent on the award of any contract by the State, except as shall have been expressly communicated to the State Purchasing Agent in writing prior to acceptance of the Contract or award in question.  Each individual signing below warrants that he or she is duly authorized by their respective Party to sign this Contract and bind the Party to the terms and conditions of this Contract.  Vendor and their authorized signatory further warrant that no officer or employee of the State has any direct or indirect financial or personal beneficial interest, in the subject matter of this Contract; obligation or contract for future award of compensation as an inducement or consideration for making this Contract.  Subsequent discovery by the State of non-compliance with these provisions shall constitute sufficient cause for immediate termination of all outstanding contracts.  Violations of this provision may result in debarment of the Vendor(s) as permitted by </w:t>
+        <w:t xml:space="preserve"> Vendor warrants that it has not paid, and agrees not to pay, any bonus, commission, fee, or gratuity to any employee or official of the State for the purpose of obtaining any contract or award issued by the State.  Vendor further warrants that no commission or other payment has been or will be received from or paid to any third party contingent on the award of any contract by the State, except as shall have been expressly communicated to the State Purchasing Agent in writing prior to acceptance of the Contract or award in question.  Each individual signing below warrants that he or she is duly authorized by their respective Party to sign this Contract and bind the Party to the terms and conditions of this Contract.  Vendor and their authorized signatory further warrant that no officer or employee of the State has any direct or indirect financial or personal beneficial interest, in the subject matter of this Contract; obligation or contract for future award of compensation as an inducement or consideration for making this Contract.  Subsequent discovery by the State of non-compliance with these provisions shall constitute sufficient cause for immediate termination of all outstanding contracts.  Violations of this provision may result in debarment of the Vendor(s) as permitted by </w:t>
       </w:r>
       <w:r w:rsidR="00285085">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9 NCAC 06B.1</w:t>
       </w:r>
       <w:r w:rsidR="00285085">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>206</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -27334,67 +26613,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C66B68">
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Availability of Funds</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Any and all payments to Vendor are expressly contingent upon and subject to the appropriation, allocation and availability of funds to the Agency for the purposes set forth in this Contract.  If this Contract or any Purchase Order issued hereunder is funded in whole or in part by federal funds, the Agency’s performance and payment shall be subject to and contingent upon the continuing availability of said federal funds for the purposes of the Contract or Purchase Order.  If the term of this Contract extends into fiscal years subsequent to that in which it is approved such continuation of the Contract is expressly contingent upon the appropriation, allocation, and availability of funds by the N.C. Legislature for the purposes set forth in the Contract.  If funds to </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> payment are not available, the Agency will provide written notification to Vendor.  If the Contract is terminated under this paragraph, Vendor agrees to take back any affected Deliverables and software not yet delivered under this Contract, terminate any </w:t>
+        <w:t xml:space="preserve">Any and all payments to Vendor are expressly contingent upon and subject to the appropriation, allocation and availability of funds to the Agency for the purposes set forth in this Contract.  If this Contract or any Purchase Order issued hereunder is funded in whole or in part by federal funds, the Agency’s performance and payment shall be subject to and contingent upon the continuing availability of said federal funds for the purposes of the Contract or Purchase Order.  If the term of this Contract extends into fiscal years subsequent to that in which it is approved such continuation of the Contract is expressly contingent upon the appropriation, allocation, and availability of funds by the N.C. Legislature for the purposes set forth in the Contract.  If funds to effect payment are not available, the Agency will provide written notification to Vendor.  If the Contract is terminated under this paragraph, Vendor agrees to take back any affected Deliverables and software not yet delivered under this Contract, terminate any </w:t>
       </w:r>
       <w:r w:rsidR="00087603">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> supplied to the Agency under this Contract, and relieve the Agency of any further obligation thereof.  The State shall remit payment for Deliverables and </w:t>
       </w:r>
       <w:r w:rsidR="00087603">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -27421,93 +26684,59 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C66B68">
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Payment Terms</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Payment terms are Net 30 days after receipt of correct invoice or acceptance of the Deliverables, whichever is </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> Payment terms are Net 30 days after receipt of correct invoice or acceptance of the Deliverables, whichever is later; unless a period of more than 30 days is required by the Agency.  The Purchasing State Agency is responsible for all payments under the Contract.  </w:t>
+      </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">No additional charges to the Agency will be permitted based upon, or arising from, the Agency’s use of a Business Procurement Card.  The State may exercise </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> rights of Set Off as permitted in Chapter 105A-1 et. seq. of the N.C. General Statutes and applicable Administrative Rules.  </w:t>
+        <w:t xml:space="preserve">No additional charges to the Agency will be permitted based upon, or arising from, the Agency’s use of a Business Procurement Card.  The State may exercise any and all rights of Set Off as permitted in Chapter 105A-1 et. seq. of the N.C. General Statutes and applicable Administrative Rules.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Upon Vendor’s written request of not less than 30 days and approval by the State or Agency, the Agency may:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20A3D570" w14:textId="77777777" w:rsidR="00471540" w:rsidRPr="00471540" w:rsidRDefault="00471540" w:rsidP="008A5AE9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
@@ -27581,103 +26810,67 @@
       <w:bookmarkStart w:id="44" w:name="_Ref510403721"/>
       <w:r w:rsidRPr="008A5AE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Acceptance Criteria</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> In the </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> In the event acceptance of Deliverables is not described in additional Contract documents, the State shall have the obligation to notify Vendor, in writing ten calendar days following </w:t>
+      </w:r>
+      <w:r w:rsidR="00825F75">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the supply</w:t>
+      </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>event</w:t>
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> rights hereunder, including such rights provided by the Uniform Commercial Code as adopted in </w:t>
+        <w:t xml:space="preserve"> of any Deliverable described in the Contract if it is not acceptable.  The notice shall specify in reasonable detail the reason(s) a deliverable is unacceptable.  Acceptance by the State shall not be unreasonably withheld; but may be conditioned or delayed as required for installation and/or testing of Deliverables.  Final acceptance is expressly conditioned upon completion of all applicable inspection and testing procedures.  Should the Deliverables fail to meet any specifications or acceptance criteria the State may exercise any and all rights hereunder, including such rights provided by the Uniform Commercial Code as adopted in </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidRPr="00471540">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>North Carolina</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.  Deliverables discovered to be defective or failing to conform to the specifications may be rejected upon initial inspection or at any later time if the defects contained in the Deliverables or non-compliance with the specifications was not reasonably ascertainable upon initial inspection. If</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
@@ -27718,67 +26911,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A5AE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Equal Employment Opportunity</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vendor shall comply with all Federal and State requirements concerning fair employment and employment of the </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> concerning the treatment of all employees without regard to discrimination by reason of race, color, religion, sex, national origin or physical disability.</w:t>
+        <w:t xml:space="preserve"> Vendor shall comply with all Federal and State requirements concerning fair employment and employment of the disabled, and concerning the treatment of all employees without regard to discrimination by reason of race, color, religion, sex, national origin or physical disability.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10B65226" w14:textId="77777777" w:rsidR="00471540" w:rsidRPr="00471540" w:rsidRDefault="00471540" w:rsidP="008A5AE9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A5AE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="22"/>
@@ -27969,83 +27146,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>§</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>132-1.2. Vendor may designate appropriate portions of its response as confidential, consistent with and to the extent permitted under the Statutes and Rules set forth above, by marking the top and bottom of pages containing confidential information with a legend in boldface type “</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CONFIDENTIAL</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">”.  </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> meet the requirements of the Rules and Statutes set forth above. </w:t>
+        <w:t xml:space="preserve">”.  By so marking any page, the Vendor warrants that it has formed a good faith opinion, having received such necessary or proper review by counsel and other knowledgeable advisors that the portions marked confidential meet the requirements of the Rules and Statutes set forth above. </w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>However, under no circumstances shall price information be designated as confidential.</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  The State may serve as custodian of Vendor’s confidential information and not as an arbiter of claims against Vendor’s assertion of confidentiality.  If an action is brought pursuant to </w:t>
       </w:r>
       <w:r w:rsidR="00AB4B18" w:rsidRPr="00EA53D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N.C.G.S. </w:t>
       </w:r>
       <w:r w:rsidR="00AB4B18">
@@ -28121,67 +27266,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendor warrants that all its employees and any approved third party Vendors or subcontractors are subject to a non-disclosure and confidentiality agreement enforceable in </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidRPr="00471540">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>North Carolina</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  Vendor will, upon request of the State, verify and produce true copies of any such agreements. Production of such agreements by Vendor may be made subject to applicable confidentiality, non-disclosure or privacy </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> provided that Vendor produces satisfactory evidence supporting exclusion of such agreements from disclosure under the N.C. Public Records laws in </w:t>
+        <w:t xml:space="preserve">.  Vendor will, upon request of the State, verify and produce true copies of any such agreements. Production of such agreements by Vendor may be made subject to applicable confidentiality, non-disclosure or privacy laws; provided that Vendor produces satisfactory evidence supporting exclusion of such agreements from disclosure under the N.C. Public Records laws in </w:t>
       </w:r>
       <w:r w:rsidR="00AB4B18" w:rsidRPr="00EA53D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N.C.G.S. </w:t>
       </w:r>
       <w:r w:rsidR="00AB4B18">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>§</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">132-1 et seq.  The State may, in its sole discretion, provide a non-disclosure and confidentiality agreement satisfactory to the State for Vendor’s execution.  The State may exercise its rights under this subparagraph as necessary or proper, in its discretion, to comply with applicable security regulations or statutes including, but not limited to 26 USC 6103 and IRS Publication 1075, (Tax Information Security Guidelines for Federal, State, and Local Agencies), HIPAA, 42 USC 1320(d) (Health Insurance Portability and Accountability Act), any implementing regulations in the Code of Federal Regulations, and any future regulations imposed upon the </w:t>
       </w:r>
       <w:r w:rsidR="00B83A2E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -28308,67 +27437,51 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, except where licensed or leased to the State.</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Proprietary Vendor materials licensed to the State shall be identified to the State by Vendor prior to use or provision of </w:t>
       </w:r>
       <w:r w:rsidR="00087603">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> hereunder and shall remain the property of the Vendor.  Embedded software or firmware shall not be a severable Deliverable. Deliverables include "Work Product" and means any expression of Licensor’s findings, analyses, conclusions, opinions, recommendations, ideas, techniques, know-how, designs, programs, enhancements, and other technical </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> but not source and object code or software.  All Software source and object code is the property of Licensor and is licensed nonexclusively to the State, at no additional license fee, pursuant to the terms of the software license contained herein, and in the Supplemental Terms and Conditions for Software and Services or the License Agreement if incorporated in the Solicitation Documents.  </w:t>
+        <w:t xml:space="preserve"> hereunder and shall remain the property of the Vendor.  Embedded software or firmware shall not be a severable Deliverable. Deliverables include "Work Product" and means any expression of Licensor’s findings, analyses, conclusions, opinions, recommendations, ideas, techniques, know-how, designs, programs, enhancements, and other technical information; but not source and object code or software.  All Software source and object code is the property of Licensor and is licensed nonexclusively to the State, at no additional license fee, pursuant to the terms of the software license contained herein, and in the Supplemental Terms and Conditions for Software and Services or the License Agreement if incorporated in the Solicitation Documents.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23EA8B0D" w14:textId="77777777" w:rsidR="00471540" w:rsidRPr="00471540" w:rsidRDefault="00471540" w:rsidP="00B23E5F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
@@ -30345,69 +29458,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">accruing or resulting to any other person, firm or corporation furnishing or supplying work, </w:t>
       </w:r>
       <w:r w:rsidR="00087603">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, materials or supplies in connection with the performance of this contract, </w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">whether tangible or intangible, arising out of the ordinary negligence, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> or wanton negligence, or intentional acts of the Vendor, its officers, employees, agents, assigns or subcontractors, in the performance of this Contract.</w:t>
+        <w:t>whether tangible or intangible, arising out of the ordinary negligence, willful or wanton negligence, or intentional acts of the Vendor, its officers, employees, agents, assigns or subcontractors, in the performance of this Contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C07A1F7" w14:textId="569F7FD1" w:rsidR="00471540" w:rsidRPr="00471540" w:rsidRDefault="00471540" w:rsidP="00FF50A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vendor shall not be liable for damages arising out of or caused by an alteration or an attachment not made or installed by the Vendor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58CDC07D" w14:textId="77777777" w:rsidR="00471540" w:rsidRPr="00471540" w:rsidRDefault="00471540" w:rsidP="00FF50A6">
@@ -31223,67 +30318,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF50A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Transportation</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Transportation of Deliverables shall be FOB </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> unless otherwise specified in the solicitation document or purchase order.  Freight, handling, hazardous material charges, and distribution and installation charges shall be included in the total price of each item.  Any additional charges shall not be honored for payment unless authorized in writing by the Purchasing State Agency.  In cases where parties, other than the Vendor ship materials against this order, the shipper must be instructed to show the purchase order number on all packages and shipping manifests to ensure proper identification and payment of invoices.  A complete packing list must accompany each shipment.</w:t>
+        <w:t>Transportation of Deliverables shall be FOB Destination; unless otherwise specified in the solicitation document or purchase order.  Freight, handling, hazardous material charges, and distribution and installation charges shall be included in the total price of each item.  Any additional charges shall not be honored for payment unless authorized in writing by the Purchasing State Agency.  In cases where parties, other than the Vendor ship materials against this order, the shipper must be instructed to show the purchase order number on all packages and shipping manifests to ensure proper identification and payment of invoices.  A complete packing list must accompany each shipment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65220DE2" w14:textId="77777777" w:rsidR="00471540" w:rsidRPr="00471540" w:rsidRDefault="00471540" w:rsidP="00FF50A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF50A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="22"/>
@@ -32093,67 +31172,51 @@
         <w:t>s received, award of contract, and the payment for goods delivered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50DCE589" w14:textId="77777777" w:rsidR="00471540" w:rsidRPr="00471540" w:rsidRDefault="00471540" w:rsidP="002E187E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="648"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vendor agrees at all times to maintain the confidentiality of its </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and password for the Statewide E-Procurement Services.  If a Vendor is a corporation, partnership or other legal entity, then the Vendor may authorize its employees to use its password.  Vendor shall be responsible for all activity and all charges for such employees.  Vendor agrees not to permit a third party to use the Statewide E-Procurement Services through its account.  If there is a breach of security through the Vendor’s account, Vendor shall immediately change its password and notify the Supplier Manager of the security breach by e-mail.  Vendor shall cooperate with the state and the Supplier Manager to mitigate and correct any security breach.</w:t>
+        <w:t>Vendor agrees at all times to maintain the confidentiality of its user name and password for the Statewide E-Procurement Services.  If a Vendor is a corporation, partnership or other legal entity, then the Vendor may authorize its employees to use its password.  Vendor shall be responsible for all activity and all charges for such employees.  Vendor agrees not to permit a third party to use the Statewide E-Procurement Services through its account.  If there is a breach of security through the Vendor’s account, Vendor shall immediately change its password and notify the Supplier Manager of the security breach by e-mail.  Vendor shall cooperate with the state and the Supplier Manager to mitigate and correct any security breach.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="455EAA83" w14:textId="06AAF2F0" w:rsidR="000C78F7" w:rsidRPr="00AF4AC6" w:rsidRDefault="00471540" w:rsidP="00AF4AC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E187E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Electronic Procurement</w:t>
@@ -32175,74 +31238,76 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B5C5C" w:rsidRPr="001B5C5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RESERVED</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BC03316" w14:textId="77777777" w:rsidR="00A77708" w:rsidRDefault="00A77708" w:rsidP="008D5D30">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A77708" w:rsidSect="00CE173D">
-      <w:headerReference w:type="default" r:id="rId32"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId35"/>
+      <w:headerReference w:type="even" r:id="rId32"/>
+      <w:headerReference w:type="default" r:id="rId33"/>
+      <w:footerReference w:type="even" r:id="rId34"/>
+      <w:footerReference w:type="default" r:id="rId35"/>
+      <w:headerReference w:type="first" r:id="rId36"/>
+      <w:footerReference w:type="first" r:id="rId37"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="994" w:right="720" w:bottom="432" w:left="720" w:header="720" w:footer="893" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F411385" w14:textId="77777777" w:rsidR="007B0564" w:rsidRDefault="007B0564">
+    <w:p w14:paraId="605AA3D6" w14:textId="77777777" w:rsidR="00B45380" w:rsidRDefault="00B45380">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="140CD740" w14:textId="77777777" w:rsidR="007B0564" w:rsidRDefault="007B0564">
+    <w:p w14:paraId="5804CFB1" w14:textId="77777777" w:rsidR="00B45380" w:rsidRDefault="00B45380">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -32294,66 +31359,76 @@
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="19326189" w14:textId="77777777" w:rsidR="005A2A97" w:rsidRDefault="005A2A97">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D54CBF5" w14:textId="77777777" w:rsidR="00626636" w:rsidRDefault="00626636" w:rsidP="005C494D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="392172AF" w14:textId="2ACCE37A" w:rsidR="00626636" w:rsidRPr="00CB0AC0" w:rsidRDefault="00626636" w:rsidP="005C494D">
+  <w:p w14:paraId="392172AF" w14:textId="2D13F1BE" w:rsidR="00626636" w:rsidRPr="00CB0AC0" w:rsidRDefault="00626636" w:rsidP="005C494D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="02046346" w:rsidRPr="00FD3CEE">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -32435,69 +31510,62 @@
       <w:t>32</w:t>
     </w:r>
     <w:r w:rsidRPr="02046346">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="02046346">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="001F0AEB">
+    <w:r w:rsidR="005A2A97">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>August 26</w:t>
-[...6 lines deleted...]
-      <w:t>, 2025</w:t>
+      <w:t>October 9, 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
     </w:tblGrid>
     <w:tr w:rsidR="7188B210" w14:paraId="7D89ABBF" w14:textId="77777777" w:rsidTr="7188B210">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="2591599B" w14:textId="7620F35C" w:rsidR="7188B210" w:rsidRDefault="7188B210" w:rsidP="7188B210">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
@@ -32517,67 +31585,77 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="29B3A52B" w14:textId="6F15BAC2" w:rsidR="7188B210" w:rsidRDefault="7188B210" w:rsidP="7188B210">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="0FC400BC" w14:textId="1728D94C" w:rsidR="7188B210" w:rsidRDefault="7188B210" w:rsidP="7188B210">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D1D4FF5" w14:textId="77777777" w:rsidR="007B0564" w:rsidRDefault="007B0564">
+    <w:p w14:paraId="1F287736" w14:textId="77777777" w:rsidR="00B45380" w:rsidRDefault="00B45380">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="302DBFFD" w14:textId="77777777" w:rsidR="007B0564" w:rsidRDefault="007B0564">
+    <w:p w14:paraId="29B0BDC0" w14:textId="77777777" w:rsidR="00B45380" w:rsidRDefault="00B45380">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6573CCDA" w14:textId="77777777" w:rsidR="005A2A97" w:rsidRDefault="005A2A97">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="38B9265E" w14:textId="77777777" w:rsidR="00626636" w:rsidRPr="00FB52D4" w:rsidRDefault="00626636">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>IFB/RFQ</w:t>
     </w:r>
     <w:r w:rsidRPr="00FB52D4">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Number:  </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
@@ -32593,51 +31671,51 @@
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>Enter bid number</w:t>
         </w:r>
         <w:r w:rsidRPr="001E1D5D">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="3201C748" w14:textId="77777777" w:rsidR="00626636" w:rsidRDefault="00626636">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
     </w:tblGrid>
     <w:tr w:rsidR="7188B210" w14:paraId="1EA366C6" w14:textId="77777777" w:rsidTr="7188B210">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="12051466" w14:textId="01546C1C" w:rsidR="7188B210" w:rsidRDefault="7188B210" w:rsidP="7188B210">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
@@ -37365,52 +36443,51 @@
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="733160256">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1165167701">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="40"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="110"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00471540"/>
@@ -37534,56 +36611,56 @@
     <w:rsid w:val="00131C7C"/>
     <w:rsid w:val="00132228"/>
     <w:rsid w:val="001322DE"/>
     <w:rsid w:val="0013375F"/>
     <w:rsid w:val="0013547C"/>
     <w:rsid w:val="0014395F"/>
     <w:rsid w:val="00146748"/>
     <w:rsid w:val="00146F9E"/>
     <w:rsid w:val="00147003"/>
     <w:rsid w:val="00153F62"/>
     <w:rsid w:val="00155176"/>
     <w:rsid w:val="00155716"/>
     <w:rsid w:val="00156650"/>
     <w:rsid w:val="00156AC8"/>
     <w:rsid w:val="001605B7"/>
     <w:rsid w:val="0016075C"/>
     <w:rsid w:val="00161E32"/>
     <w:rsid w:val="00163BA1"/>
     <w:rsid w:val="00163BDA"/>
     <w:rsid w:val="00165802"/>
     <w:rsid w:val="001662DB"/>
     <w:rsid w:val="00167F23"/>
     <w:rsid w:val="00167F6F"/>
     <w:rsid w:val="00170144"/>
     <w:rsid w:val="001708CE"/>
-    <w:rsid w:val="00170DAA"/>
     <w:rsid w:val="00170E11"/>
     <w:rsid w:val="00182310"/>
     <w:rsid w:val="00182572"/>
     <w:rsid w:val="0018283C"/>
     <w:rsid w:val="00184B8F"/>
+    <w:rsid w:val="001858CE"/>
     <w:rsid w:val="00196509"/>
     <w:rsid w:val="001A160B"/>
     <w:rsid w:val="001A2260"/>
     <w:rsid w:val="001A4B53"/>
     <w:rsid w:val="001A50AE"/>
     <w:rsid w:val="001A6BDE"/>
     <w:rsid w:val="001A6F8F"/>
     <w:rsid w:val="001A72EE"/>
     <w:rsid w:val="001A77C8"/>
     <w:rsid w:val="001A79EA"/>
     <w:rsid w:val="001A7CB4"/>
     <w:rsid w:val="001B256C"/>
     <w:rsid w:val="001B42B2"/>
     <w:rsid w:val="001B5C5C"/>
     <w:rsid w:val="001B6584"/>
     <w:rsid w:val="001B75B9"/>
     <w:rsid w:val="001C196E"/>
     <w:rsid w:val="001C1D64"/>
     <w:rsid w:val="001C4F30"/>
     <w:rsid w:val="001C6201"/>
     <w:rsid w:val="001D09DD"/>
     <w:rsid w:val="001D1343"/>
     <w:rsid w:val="001D44DE"/>
     <w:rsid w:val="001D4D5C"/>
     <w:rsid w:val="001D62E5"/>
@@ -37711,50 +36788,51 @@
     <w:rsid w:val="003704DB"/>
     <w:rsid w:val="003759F6"/>
     <w:rsid w:val="00376A73"/>
     <w:rsid w:val="003871E8"/>
     <w:rsid w:val="0039031C"/>
     <w:rsid w:val="00391485"/>
     <w:rsid w:val="003921EF"/>
     <w:rsid w:val="003943C9"/>
     <w:rsid w:val="0039482F"/>
     <w:rsid w:val="00394C3F"/>
     <w:rsid w:val="00395694"/>
     <w:rsid w:val="0039605C"/>
     <w:rsid w:val="003A0259"/>
     <w:rsid w:val="003A3E4F"/>
     <w:rsid w:val="003B0196"/>
     <w:rsid w:val="003B1722"/>
     <w:rsid w:val="003B53FB"/>
     <w:rsid w:val="003B55E6"/>
     <w:rsid w:val="003B599B"/>
     <w:rsid w:val="003B6AB6"/>
     <w:rsid w:val="003C26B9"/>
     <w:rsid w:val="003C4317"/>
     <w:rsid w:val="003C66F3"/>
     <w:rsid w:val="003C6828"/>
     <w:rsid w:val="003D3845"/>
+    <w:rsid w:val="003D4D37"/>
     <w:rsid w:val="003E19B2"/>
     <w:rsid w:val="003E1C6D"/>
     <w:rsid w:val="003E2B72"/>
     <w:rsid w:val="003E4957"/>
     <w:rsid w:val="003E57E6"/>
     <w:rsid w:val="003E7563"/>
     <w:rsid w:val="003F0500"/>
     <w:rsid w:val="003F0C07"/>
     <w:rsid w:val="003F1456"/>
     <w:rsid w:val="003F1D09"/>
     <w:rsid w:val="003F415F"/>
     <w:rsid w:val="003F53E0"/>
     <w:rsid w:val="003F7ACD"/>
     <w:rsid w:val="00401675"/>
     <w:rsid w:val="00401D03"/>
     <w:rsid w:val="004022E6"/>
     <w:rsid w:val="0040261F"/>
     <w:rsid w:val="00403E50"/>
     <w:rsid w:val="00406A86"/>
     <w:rsid w:val="00406EA9"/>
     <w:rsid w:val="004102BF"/>
     <w:rsid w:val="004103F9"/>
     <w:rsid w:val="004111BF"/>
     <w:rsid w:val="00413218"/>
     <w:rsid w:val="00413CEF"/>
@@ -37850,50 +36928,51 @@
     <w:rsid w:val="00547CCA"/>
     <w:rsid w:val="005504BC"/>
     <w:rsid w:val="00550F0F"/>
     <w:rsid w:val="00551C87"/>
     <w:rsid w:val="00551E49"/>
     <w:rsid w:val="005530B2"/>
     <w:rsid w:val="00553452"/>
     <w:rsid w:val="00555ACE"/>
     <w:rsid w:val="00556F6D"/>
     <w:rsid w:val="00566062"/>
     <w:rsid w:val="0056661F"/>
     <w:rsid w:val="005668B3"/>
     <w:rsid w:val="00566D04"/>
     <w:rsid w:val="00566E3E"/>
     <w:rsid w:val="00571593"/>
     <w:rsid w:val="00572BCD"/>
     <w:rsid w:val="0058029B"/>
     <w:rsid w:val="00583888"/>
     <w:rsid w:val="005855AE"/>
     <w:rsid w:val="005907BF"/>
     <w:rsid w:val="00593AE4"/>
     <w:rsid w:val="00594D68"/>
     <w:rsid w:val="005973CE"/>
     <w:rsid w:val="005A07E8"/>
     <w:rsid w:val="005A209D"/>
+    <w:rsid w:val="005A2A97"/>
     <w:rsid w:val="005A62B2"/>
     <w:rsid w:val="005A6E97"/>
     <w:rsid w:val="005A6FAA"/>
     <w:rsid w:val="005B2272"/>
     <w:rsid w:val="005B288B"/>
     <w:rsid w:val="005B2A87"/>
     <w:rsid w:val="005C281B"/>
     <w:rsid w:val="005C494D"/>
     <w:rsid w:val="005C4D4E"/>
     <w:rsid w:val="005C68D4"/>
     <w:rsid w:val="005D1336"/>
     <w:rsid w:val="005D1A58"/>
     <w:rsid w:val="005D2E8E"/>
     <w:rsid w:val="005D5CFC"/>
     <w:rsid w:val="005D5F53"/>
     <w:rsid w:val="005D7847"/>
     <w:rsid w:val="005E16CE"/>
     <w:rsid w:val="005E1934"/>
     <w:rsid w:val="005E1B51"/>
     <w:rsid w:val="005E3946"/>
     <w:rsid w:val="005E4AEA"/>
     <w:rsid w:val="005E541F"/>
     <w:rsid w:val="005E5695"/>
     <w:rsid w:val="005E6706"/>
     <w:rsid w:val="005F080B"/>
@@ -38139,50 +37218,51 @@
     <w:rsid w:val="008F44FD"/>
     <w:rsid w:val="008F47BE"/>
     <w:rsid w:val="008F58E4"/>
     <w:rsid w:val="00900120"/>
     <w:rsid w:val="00900C9F"/>
     <w:rsid w:val="009018E6"/>
     <w:rsid w:val="00903177"/>
     <w:rsid w:val="00910BF6"/>
     <w:rsid w:val="00912607"/>
     <w:rsid w:val="00913A17"/>
     <w:rsid w:val="00915721"/>
     <w:rsid w:val="00916081"/>
     <w:rsid w:val="00916305"/>
     <w:rsid w:val="00922067"/>
     <w:rsid w:val="00922401"/>
     <w:rsid w:val="0092291F"/>
     <w:rsid w:val="00924DDB"/>
     <w:rsid w:val="00927972"/>
     <w:rsid w:val="0093029A"/>
     <w:rsid w:val="009321BB"/>
     <w:rsid w:val="00932957"/>
     <w:rsid w:val="009352DF"/>
     <w:rsid w:val="00935552"/>
     <w:rsid w:val="00935C89"/>
     <w:rsid w:val="009409A0"/>
+    <w:rsid w:val="009415E9"/>
     <w:rsid w:val="0095010B"/>
     <w:rsid w:val="00950AC5"/>
     <w:rsid w:val="00952A07"/>
     <w:rsid w:val="0095592D"/>
     <w:rsid w:val="00962886"/>
     <w:rsid w:val="0096329A"/>
     <w:rsid w:val="009644AD"/>
     <w:rsid w:val="0096473C"/>
     <w:rsid w:val="00966135"/>
     <w:rsid w:val="009719DB"/>
     <w:rsid w:val="00973E83"/>
     <w:rsid w:val="009761E9"/>
     <w:rsid w:val="009771F5"/>
     <w:rsid w:val="009841BD"/>
     <w:rsid w:val="00986819"/>
     <w:rsid w:val="00986CD0"/>
     <w:rsid w:val="00987A88"/>
     <w:rsid w:val="009910C4"/>
     <w:rsid w:val="009916F1"/>
     <w:rsid w:val="00995C0A"/>
     <w:rsid w:val="009965CC"/>
     <w:rsid w:val="009A168B"/>
     <w:rsid w:val="009A28F7"/>
     <w:rsid w:val="009A483E"/>
     <w:rsid w:val="009A54D0"/>
@@ -38205,50 +37285,51 @@
     <w:rsid w:val="009E0583"/>
     <w:rsid w:val="009E1D29"/>
     <w:rsid w:val="009E25B6"/>
     <w:rsid w:val="009E3E37"/>
     <w:rsid w:val="009E401A"/>
     <w:rsid w:val="009E42A5"/>
     <w:rsid w:val="009E70FA"/>
     <w:rsid w:val="009F1E38"/>
     <w:rsid w:val="009F5D2F"/>
     <w:rsid w:val="009F7EC3"/>
     <w:rsid w:val="00A014E6"/>
     <w:rsid w:val="00A02698"/>
     <w:rsid w:val="00A0319E"/>
     <w:rsid w:val="00A0323A"/>
     <w:rsid w:val="00A03F81"/>
     <w:rsid w:val="00A05063"/>
     <w:rsid w:val="00A067CA"/>
     <w:rsid w:val="00A07A53"/>
     <w:rsid w:val="00A100B1"/>
     <w:rsid w:val="00A10142"/>
     <w:rsid w:val="00A11503"/>
     <w:rsid w:val="00A20368"/>
     <w:rsid w:val="00A20AAF"/>
     <w:rsid w:val="00A2156C"/>
     <w:rsid w:val="00A218E7"/>
+    <w:rsid w:val="00A221B5"/>
     <w:rsid w:val="00A23D16"/>
     <w:rsid w:val="00A240CC"/>
     <w:rsid w:val="00A25371"/>
     <w:rsid w:val="00A25B31"/>
     <w:rsid w:val="00A25DB0"/>
     <w:rsid w:val="00A26E33"/>
     <w:rsid w:val="00A276C2"/>
     <w:rsid w:val="00A276EA"/>
     <w:rsid w:val="00A3034D"/>
     <w:rsid w:val="00A30AD8"/>
     <w:rsid w:val="00A32182"/>
     <w:rsid w:val="00A33643"/>
     <w:rsid w:val="00A33E20"/>
     <w:rsid w:val="00A34B65"/>
     <w:rsid w:val="00A34C90"/>
     <w:rsid w:val="00A34D3A"/>
     <w:rsid w:val="00A34E21"/>
     <w:rsid w:val="00A36048"/>
     <w:rsid w:val="00A4093E"/>
     <w:rsid w:val="00A42525"/>
     <w:rsid w:val="00A42812"/>
     <w:rsid w:val="00A43E9B"/>
     <w:rsid w:val="00A44988"/>
     <w:rsid w:val="00A44B14"/>
     <w:rsid w:val="00A47BF2"/>
@@ -38317,50 +37398,51 @@
     <w:rsid w:val="00AF45B7"/>
     <w:rsid w:val="00AF4AC6"/>
     <w:rsid w:val="00AF4B21"/>
     <w:rsid w:val="00AF4C34"/>
     <w:rsid w:val="00AF58A0"/>
     <w:rsid w:val="00AF75E0"/>
     <w:rsid w:val="00B01E63"/>
     <w:rsid w:val="00B04C4E"/>
     <w:rsid w:val="00B07702"/>
     <w:rsid w:val="00B10913"/>
     <w:rsid w:val="00B11CE6"/>
     <w:rsid w:val="00B148A6"/>
     <w:rsid w:val="00B15E6E"/>
     <w:rsid w:val="00B17B2C"/>
     <w:rsid w:val="00B23E5F"/>
     <w:rsid w:val="00B23FF5"/>
     <w:rsid w:val="00B2605F"/>
     <w:rsid w:val="00B27B69"/>
     <w:rsid w:val="00B323D0"/>
     <w:rsid w:val="00B3463D"/>
     <w:rsid w:val="00B348DA"/>
     <w:rsid w:val="00B35352"/>
     <w:rsid w:val="00B37963"/>
     <w:rsid w:val="00B41DD3"/>
     <w:rsid w:val="00B44BD1"/>
+    <w:rsid w:val="00B45380"/>
     <w:rsid w:val="00B45A23"/>
     <w:rsid w:val="00B46364"/>
     <w:rsid w:val="00B53091"/>
     <w:rsid w:val="00B54E02"/>
     <w:rsid w:val="00B55510"/>
     <w:rsid w:val="00B55B57"/>
     <w:rsid w:val="00B6037E"/>
     <w:rsid w:val="00B61EA9"/>
     <w:rsid w:val="00B62677"/>
     <w:rsid w:val="00B641FD"/>
     <w:rsid w:val="00B6463E"/>
     <w:rsid w:val="00B649C7"/>
     <w:rsid w:val="00B6572E"/>
     <w:rsid w:val="00B65BDE"/>
     <w:rsid w:val="00B66120"/>
     <w:rsid w:val="00B712CA"/>
     <w:rsid w:val="00B72A58"/>
     <w:rsid w:val="00B7583C"/>
     <w:rsid w:val="00B758C1"/>
     <w:rsid w:val="00B773B7"/>
     <w:rsid w:val="00B773E8"/>
     <w:rsid w:val="00B77D12"/>
     <w:rsid w:val="00B80EBC"/>
     <w:rsid w:val="00B82939"/>
     <w:rsid w:val="00B836E9"/>
@@ -38415,50 +37497,51 @@
     <w:rsid w:val="00C13F4E"/>
     <w:rsid w:val="00C20026"/>
     <w:rsid w:val="00C203AA"/>
     <w:rsid w:val="00C22547"/>
     <w:rsid w:val="00C23272"/>
     <w:rsid w:val="00C26EFA"/>
     <w:rsid w:val="00C34397"/>
     <w:rsid w:val="00C36FBF"/>
     <w:rsid w:val="00C3727E"/>
     <w:rsid w:val="00C408E2"/>
     <w:rsid w:val="00C42384"/>
     <w:rsid w:val="00C42926"/>
     <w:rsid w:val="00C42A3B"/>
     <w:rsid w:val="00C45225"/>
     <w:rsid w:val="00C467E4"/>
     <w:rsid w:val="00C5062C"/>
     <w:rsid w:val="00C51A9D"/>
     <w:rsid w:val="00C5249D"/>
     <w:rsid w:val="00C52886"/>
     <w:rsid w:val="00C52CEB"/>
     <w:rsid w:val="00C52DA8"/>
     <w:rsid w:val="00C5322E"/>
     <w:rsid w:val="00C53C11"/>
     <w:rsid w:val="00C544EE"/>
     <w:rsid w:val="00C55370"/>
+    <w:rsid w:val="00C55DA4"/>
     <w:rsid w:val="00C569EF"/>
     <w:rsid w:val="00C57D0B"/>
     <w:rsid w:val="00C61803"/>
     <w:rsid w:val="00C61ACD"/>
     <w:rsid w:val="00C63F20"/>
     <w:rsid w:val="00C6410A"/>
     <w:rsid w:val="00C658DF"/>
     <w:rsid w:val="00C66B68"/>
     <w:rsid w:val="00C74B4D"/>
     <w:rsid w:val="00C758AD"/>
     <w:rsid w:val="00C77A08"/>
     <w:rsid w:val="00C77B6A"/>
     <w:rsid w:val="00C8206A"/>
     <w:rsid w:val="00C8442B"/>
     <w:rsid w:val="00C84BEB"/>
     <w:rsid w:val="00C84F5E"/>
     <w:rsid w:val="00C85573"/>
     <w:rsid w:val="00C85922"/>
     <w:rsid w:val="00C94998"/>
     <w:rsid w:val="00C949EC"/>
     <w:rsid w:val="00C94A85"/>
     <w:rsid w:val="00C95406"/>
     <w:rsid w:val="00CA051C"/>
     <w:rsid w:val="00CA16AF"/>
     <w:rsid w:val="00CA2E09"/>
@@ -38468,98 +37551,98 @@
     <w:rsid w:val="00CB215A"/>
     <w:rsid w:val="00CB3702"/>
     <w:rsid w:val="00CB4912"/>
     <w:rsid w:val="00CB6687"/>
     <w:rsid w:val="00CC1A4F"/>
     <w:rsid w:val="00CC21E5"/>
     <w:rsid w:val="00CC3C58"/>
     <w:rsid w:val="00CC6358"/>
     <w:rsid w:val="00CD05ED"/>
     <w:rsid w:val="00CD1B6A"/>
     <w:rsid w:val="00CD2A95"/>
     <w:rsid w:val="00CD2FEE"/>
     <w:rsid w:val="00CD3464"/>
     <w:rsid w:val="00CD3E90"/>
     <w:rsid w:val="00CD5A56"/>
     <w:rsid w:val="00CD61C6"/>
     <w:rsid w:val="00CE16B1"/>
     <w:rsid w:val="00CE173D"/>
     <w:rsid w:val="00CE38CC"/>
     <w:rsid w:val="00CE3ECE"/>
     <w:rsid w:val="00CE65AD"/>
     <w:rsid w:val="00CE759B"/>
     <w:rsid w:val="00CF08AB"/>
     <w:rsid w:val="00CF09CF"/>
     <w:rsid w:val="00CF0BF4"/>
+    <w:rsid w:val="00CF13AA"/>
     <w:rsid w:val="00CF375E"/>
     <w:rsid w:val="00CF6873"/>
     <w:rsid w:val="00CF7378"/>
     <w:rsid w:val="00D06C88"/>
     <w:rsid w:val="00D11091"/>
     <w:rsid w:val="00D15607"/>
     <w:rsid w:val="00D156BF"/>
     <w:rsid w:val="00D15888"/>
     <w:rsid w:val="00D15F31"/>
     <w:rsid w:val="00D16C59"/>
     <w:rsid w:val="00D20570"/>
     <w:rsid w:val="00D213C2"/>
     <w:rsid w:val="00D213F6"/>
     <w:rsid w:val="00D25A35"/>
     <w:rsid w:val="00D26661"/>
     <w:rsid w:val="00D26AE2"/>
     <w:rsid w:val="00D27095"/>
     <w:rsid w:val="00D30737"/>
     <w:rsid w:val="00D33547"/>
     <w:rsid w:val="00D36D35"/>
     <w:rsid w:val="00D373EA"/>
     <w:rsid w:val="00D43FF8"/>
     <w:rsid w:val="00D449B8"/>
     <w:rsid w:val="00D51503"/>
     <w:rsid w:val="00D51782"/>
     <w:rsid w:val="00D63B4A"/>
     <w:rsid w:val="00D64363"/>
     <w:rsid w:val="00D64B11"/>
     <w:rsid w:val="00D7016B"/>
     <w:rsid w:val="00D71C0C"/>
     <w:rsid w:val="00D72614"/>
     <w:rsid w:val="00D72B42"/>
     <w:rsid w:val="00D72D41"/>
     <w:rsid w:val="00D743F8"/>
     <w:rsid w:val="00D74D1A"/>
     <w:rsid w:val="00D75559"/>
     <w:rsid w:val="00D81CE5"/>
     <w:rsid w:val="00D826A2"/>
     <w:rsid w:val="00D82C8D"/>
     <w:rsid w:val="00D838CF"/>
     <w:rsid w:val="00D8598B"/>
     <w:rsid w:val="00D859E8"/>
     <w:rsid w:val="00D87A93"/>
     <w:rsid w:val="00D91A51"/>
     <w:rsid w:val="00D9275A"/>
     <w:rsid w:val="00D9294E"/>
     <w:rsid w:val="00D94C5D"/>
-    <w:rsid w:val="00DA058E"/>
     <w:rsid w:val="00DA3797"/>
     <w:rsid w:val="00DA544B"/>
     <w:rsid w:val="00DA6C29"/>
     <w:rsid w:val="00DA7112"/>
     <w:rsid w:val="00DB314D"/>
     <w:rsid w:val="00DB7ECF"/>
     <w:rsid w:val="00DC0BD6"/>
     <w:rsid w:val="00DC0C9C"/>
     <w:rsid w:val="00DC1616"/>
     <w:rsid w:val="00DC4F27"/>
     <w:rsid w:val="00DC500A"/>
     <w:rsid w:val="00DC73B6"/>
     <w:rsid w:val="00DC7EB0"/>
     <w:rsid w:val="00DD4A31"/>
     <w:rsid w:val="00DD7C7C"/>
     <w:rsid w:val="00DE44B7"/>
     <w:rsid w:val="00DE467C"/>
     <w:rsid w:val="00DF178B"/>
     <w:rsid w:val="00DF1F29"/>
     <w:rsid w:val="00DF2D8B"/>
     <w:rsid w:val="00DF3E38"/>
     <w:rsid w:val="00DF5980"/>
     <w:rsid w:val="00E0001E"/>
     <w:rsid w:val="00E031EE"/>
     <w:rsid w:val="00E03AB2"/>
@@ -40557,51 +39640,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2109276526">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxx.xxx@nc.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/document/statewide-data-classification-and-handling-policy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.section508.gov%2F&amp;data=05%7C02%7Cstarr.christen%40nc.gov%7C3737b44528934d4e45f508dc3a2fddad%7C7a7681dcb9d0449a85c3ecc26cd7ed19%7C0%7C0%7C638449224463398992%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=pzgUTV7chyDcngdl6SvQJ3tAIz7RLJvSY02jf8A4SRg%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/statewide-glossary-information-technology-terms" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/resources/it-strategic-sourcing" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/vendor-readiness-assessment-report" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.w3.org%2FTR%2FWCAG21%2F&amp;data=05%7C02%7Cstarr.christen%40nc.gov%7C3737b44528934d4e45f508dc3a2fddad%7C7a7681dcb9d0449a85c3ecc26cd7ed19%7C0%7C0%7C638449224463390497%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=e02p3b8aB5KB1xe2s6LB3ksZyRtoo09MCHTXDzO5E6Q%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://evp.nc.gov/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/vendor-readiness-assessment-report" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ncadmin.nc.gov/businesses/hub" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/services/vendor-engagement-resources" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vendor.ncgov.com/vendor/login" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/resources/statewide-it-procurement/vendor-engagement-resources" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/vendor-engagement-resources" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/document/statewide-data-classification-and-handling-policy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.energystar.gov/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eprocurement.nc.gov/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nvlpubs.nist.gov/nistpubs/FIPS/NIST.FIPS.199.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.itic.org%2Fpolicy%2Faccessibility%2Fvpat&amp;data=05%7C02%7Cstarr.christen%40nc.gov%7C3737b44528934d4e45f508dc3a2fddad%7C7a7681dcb9d0449a85c3ecc26cd7ed19%7C0%7C0%7C638449224463405831%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=5PxuYxDYvzebQ0oJ4qLv%2BXmBS25YhqJa3ms9L3r8c8c%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.responsiblepurchasing.org/UserFiles/File/north%20carolina%20ex%20or%20156.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxx.xxx@nc.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/document/statewide-data-classification-and-handling-policy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.section508.gov%2F&amp;data=05%7C02%7Cstarr.christen%40nc.gov%7C3737b44528934d4e45f508dc3a2fddad%7C7a7681dcb9d0449a85c3ecc26cd7ed19%7C0%7C0%7C638449224463398992%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=pzgUTV7chyDcngdl6SvQJ3tAIz7RLJvSY02jf8A4SRg%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/statewide-glossary-information-technology-terms" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/resources/it-strategic-sourcing" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/vendor-readiness-assessment-report" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.w3.org%2FTR%2FWCAG21%2F&amp;data=05%7C02%7Cstarr.christen%40nc.gov%7C3737b44528934d4e45f508dc3a2fddad%7C7a7681dcb9d0449a85c3ecc26cd7ed19%7C0%7C0%7C638449224463390497%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=e02p3b8aB5KB1xe2s6LB3ksZyRtoo09MCHTXDzO5E6Q%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://evp.nc.gov/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/vendor-readiness-assessment-report" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ncadmin.nc.gov/businesses/hub" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/services/vendor-engagement-resources" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vendor.ncgov.com/vendor/login" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/resources/statewide-it-procurement/vendor-engagement-resources" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/vendor-engagement-resources" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/document/statewide-data-classification-and-handling-policy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.energystar.gov/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eprocurement.nc.gov/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nvlpubs.nist.gov/nistpubs/FIPS/NIST.FIPS.199.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.itic.org%2Fpolicy%2Faccessibility%2Fvpat&amp;data=05%7C02%7Cstarr.christen%40nc.gov%7C3737b44528934d4e45f508dc3a2fddad%7C7a7681dcb9d0449a85c3ecc26cd7ed19%7C0%7C0%7C638449224463405831%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=5PxuYxDYvzebQ0oJ4qLv%2BXmBS25YhqJa3ms9L3r8c8c%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.responsiblepurchasing.org/UserFiles/File/north%20carolina%20ex%20or%20156.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1AEC775640724A1197DB5BFEAAA71497"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7785EA3E-0E0F-4FEB-B42B-31C02981EB3A}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -41658,103 +40741,107 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00547BE9"/>
     <w:rsid w:val="000A56E6"/>
     <w:rsid w:val="001165DE"/>
+    <w:rsid w:val="001858CE"/>
     <w:rsid w:val="001A50AE"/>
     <w:rsid w:val="001C6951"/>
     <w:rsid w:val="001D1343"/>
     <w:rsid w:val="00202C4C"/>
     <w:rsid w:val="00286DF5"/>
     <w:rsid w:val="002D3236"/>
     <w:rsid w:val="002D62FC"/>
     <w:rsid w:val="002E5C9F"/>
     <w:rsid w:val="00355CF3"/>
     <w:rsid w:val="0036766A"/>
     <w:rsid w:val="003A0BA2"/>
     <w:rsid w:val="004142B7"/>
     <w:rsid w:val="004174F8"/>
     <w:rsid w:val="004B6B5D"/>
     <w:rsid w:val="004E58AC"/>
     <w:rsid w:val="004F1000"/>
     <w:rsid w:val="005224D8"/>
     <w:rsid w:val="00547BE9"/>
     <w:rsid w:val="00554896"/>
     <w:rsid w:val="00593A9E"/>
     <w:rsid w:val="005A034B"/>
     <w:rsid w:val="005A4333"/>
     <w:rsid w:val="005B7FB6"/>
     <w:rsid w:val="005E16CE"/>
     <w:rsid w:val="00630767"/>
     <w:rsid w:val="00653073"/>
     <w:rsid w:val="0066769A"/>
     <w:rsid w:val="006853E9"/>
     <w:rsid w:val="006B5E81"/>
     <w:rsid w:val="006D5375"/>
     <w:rsid w:val="006E2CAF"/>
     <w:rsid w:val="00785EC1"/>
     <w:rsid w:val="007E212E"/>
     <w:rsid w:val="00825742"/>
     <w:rsid w:val="008B0C44"/>
     <w:rsid w:val="00905752"/>
     <w:rsid w:val="0098525C"/>
     <w:rsid w:val="009C331B"/>
+    <w:rsid w:val="00A221B5"/>
+    <w:rsid w:val="00AD0D65"/>
     <w:rsid w:val="00AE7227"/>
     <w:rsid w:val="00AE78B9"/>
     <w:rsid w:val="00B47075"/>
     <w:rsid w:val="00B7583C"/>
     <w:rsid w:val="00BA05C1"/>
     <w:rsid w:val="00C00435"/>
     <w:rsid w:val="00C272DF"/>
     <w:rsid w:val="00C810E1"/>
     <w:rsid w:val="00CB1E87"/>
     <w:rsid w:val="00CD35DB"/>
+    <w:rsid w:val="00CF13AA"/>
     <w:rsid w:val="00D05DE3"/>
     <w:rsid w:val="00D54CF0"/>
-    <w:rsid w:val="00DA058E"/>
     <w:rsid w:val="00DD2345"/>
     <w:rsid w:val="00E97A8F"/>
+    <w:rsid w:val="00EB6921"/>
     <w:rsid w:val="00F17235"/>
     <w:rsid w:val="00F22F39"/>
     <w:rsid w:val="00F65733"/>
     <w:rsid w:val="00F72BDB"/>
     <w:rsid w:val="00F774FF"/>
     <w:rsid w:val="00F86057"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
@@ -42703,135 +41790,100 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...33 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B694C6A55DE2134FBC3E5EBEC0D5144E" ma:contentTypeVersion="152" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26dc071b9f6c31340d753864a914664a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="a70826c3-bc65-419a-994a-465ca38d99d8" xmlns:ns3="6e4de9de-7ee6-49c1-bad8-8d4f21c88db6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="948d9b24a75d0162dbb924f5c1194e43" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="a70826c3-bc65-419a-994a-465ca38d99d8"/>
     <xsd:import namespace="6e4de9de-7ee6-49c1-bad8-8d4f21c88db6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -43064,134 +42116,169 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="a70826c3-bc65-419a-994a-465ca38d99d8">
+      <UserInfo>
+        <DisplayName>Kodak, Leroy</DisplayName>
+        <AccountId>142</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Cobb, Lisa</DisplayName>
+        <AccountId>196</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Smith, Robert k.</DisplayName>
+        <AccountId>149</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_dlc_DocId xmlns="a70826c3-bc65-419a-994a-465ca38d99d8">TA5UNRANKDR3-942230846-2419</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="a70826c3-bc65-419a-994a-465ca38d99d8">
+      <Url>https://ncconnect.sharepoint.com/sites/it_contracts/_layouts/15/DocIdRedir.aspx?ID=TA5UNRANKDR3-942230846-2419</Url>
+      <Description>TA5UNRANKDR3-942230846-2419</Description>
+    </_dlc_DocIdUrl>
+    <TaxCatchAll xmlns="a70826c3-bc65-419a-994a-465ca38d99d8" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6e4de9de-7ee6-49c1-bad8-8d4f21c88db6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF4DC6C6-D033-49F1-A016-92577E7EAD49}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E15A4BF-611C-46D0-A7C2-5B0B61EE51B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="a70826c3-bc65-419a-994a-465ca38d99d8"/>
     <ds:schemaRef ds:uri="6e4de9de-7ee6-49c1-bad8-8d4f21c88db6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83ED7516-C6FA-46DD-9372-21274B1EC3FB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C29364E-5AD9-424C-9310-7441495C482F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9DC8A34-B22D-4F62-8DF2-D01B039352AD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a70826c3-bc65-419a-994a-465ca38d99d8"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="6e4de9de-7ee6-49c1-bad8-8d4f21c88db6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>18821</Words>
-  <Characters>107282</Characters>
+  <Words>18321</Words>
+  <Characters>102184</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>251</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>1737</Lines>
+  <Paragraphs>599</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>nc state government</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>125852</CharactersWithSpaces>
+  <CharactersWithSpaces>120638</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>STATE OF NORTH CAROLINA</dc:title>
   <dc:subject/>
   <dc:creator>releata.baker-jones@nc.gov</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>b743588a-4577-4710-a4c1-41251139cc6d</vt:lpwstr>
   </property>