--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -76,64 +76,72 @@
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>Statewide IT Procurement Office</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23CCDBE6" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F5E6F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>Invitation for Bid (IFB) and Request for Quote (RFQ) “Form” for</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="051CCEA4" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+    <w:p w14:paraId="051CCEA4" w14:textId="7B3F5238" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F5E6F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
-        <w:t>Software Maintenance for Existing Software</w:t>
+        <w:t xml:space="preserve">Software </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB78D4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>and Software Support</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D301304" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78564516" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
       <w:r w:rsidRPr="000F5E6F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">General Information </w:t>
       </w:r>
     </w:p>
@@ -504,833 +512,989 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="07ABF6F3" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>Revision Changes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="72339287" w14:textId="77777777" w:rsidTr="000F5E6F">
+      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="72339287" w14:textId="77777777" w:rsidTr="00494A3F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A7E71F5" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="4A7E71F5" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>2/27/2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FE6A8EE" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="6FE6A8EE" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Adjusted formatting to more clearly express parent/child list items.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EEBA5FF" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="7EEBA5FF" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t xml:space="preserve">Created automatic table of contents that pick up two levels of headers. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="314C2B70" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="314C2B70" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Corrected and made all headers functional so they display properly in the navigation pane to the left-hand side, and in the automatic table of contents.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="522B2EA5" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="522B2EA5" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Made all formatting consistent throughout the documents.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DA94A4E" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="5DA94A4E" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Made consistent all mentions of ‘E-Procurement’.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42946E6C" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="42946E6C" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Changed all appropriate mentions of ‘template’ to ‘form’.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="535D0824" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="535D0824" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Added a change history tables to the Instructions page.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="330E1DED" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="330E1DED" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Alphabetized the definitions sections.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F9EE690" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="3F9EE690" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Verified all links.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DFFF781" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="4DFFF781" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Corrected numbering glitches and orphans.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FC6FDDB" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="6FC6FDDB" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Numbered the sub-sections. For this revision, the numbering is manual. Future revisions will have list numbered sections to automate renumbering.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4005AD46" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="4005AD46" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Changed ‘Requirements’ to ‘Specifications’ as a section sub-header.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34D533DE" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="34D533DE" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t xml:space="preserve">Completed a sentence fragment that was called out by a client. Here’s what we had written in the previous version: </w:t>
             </w:r>
             <w:r w:rsidRPr="000F5E6F">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">“In accordance with N.C.G.S. §143B-1361(b), </w:t>
+              <w:t xml:space="preserve">“In accordance with N.C.G.S. §143B-1361(b), Vendor </w:t>
             </w:r>
             <w:r w:rsidRPr="000F5E6F">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Vendor must detail in the IFB/RFQ response, the manner in which it intends to utilize resources or workers located.”</w:t>
+              <w:t>must detail in the IFB/RFQ response, the manner in which it intends to utilize resources or workers located.”</w:t>
             </w:r>
             <w:r w:rsidRPr="000F5E6F">
               <w:t xml:space="preserve"> We corrected it to: </w:t>
             </w:r>
             <w:r w:rsidRPr="000F5E6F">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>In accordance with N.C.G.S. §143B-1361(b), Vendor must detail in the IFB/RFQ response, the manner in which it intends to utilize resources or workers located outside the U.S.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="6A17BB9C" w14:textId="77777777" w:rsidTr="000F5E6F">
+      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="6A17BB9C" w14:textId="77777777" w:rsidTr="00494A3F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F893ECD" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="3F893ECD" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:lastRenderedPageBreak/>
               <w:t>4/28/2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F3B1EC2" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="0F3B1EC2" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Corrected hyperlinks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="05A6B106" w14:textId="77777777" w:rsidTr="000F5E6F">
+      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="05A6B106" w14:textId="77777777" w:rsidTr="00494A3F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B854649" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="2B854649" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>10/03/2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32E6269A" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="32E6269A" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>On page 12, paragraph #3) TIME FOR CONSIDERATION has been completely removed.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4263B1BE" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="4263B1BE" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>On page 10, 3.4. IRAN DIVESTMENT ACT title and paragraph has been removed and replaced with RESTRICTIONS ON CONTRACTS WITH THE STATE: Reserved.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="31BDC15A" w14:textId="77777777" w:rsidTr="000F5E6F">
+      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="31BDC15A" w14:textId="77777777" w:rsidTr="00494A3F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66E1F557" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="66E1F557" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>3/27/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="058DF35C" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="058DF35C" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Clerical corrections to template</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="5E5D1832" w14:textId="77777777" w:rsidTr="000F5E6F">
+      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="5E5D1832" w14:textId="77777777" w:rsidTr="00494A3F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57AF649F" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="57AF649F" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>9/11/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EB41A2C" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="7EB41A2C" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Branding section was removed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="48CF583C" w14:textId="77777777" w:rsidTr="000F5E6F">
+      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="48CF583C" w14:textId="77777777" w:rsidTr="00494A3F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34762D14" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="34762D14" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>2/1/2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34AC15DC" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="34AC15DC" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>3.5 Contract Term Section Added</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="7F14E9A0" w14:textId="77777777" w:rsidTr="000F5E6F">
+      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="7F14E9A0" w14:textId="77777777" w:rsidTr="00494A3F">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5578E24B" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="5578E24B" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>4/21/2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="198E31B0" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="198E31B0" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Inserted Instructions on Ariba Sourcing Tool to Sections 2.1 VENDOR QUESTIONS and 2.3 OFFER SUBMITTAL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="16780F84" w14:textId="77777777" w:rsidTr="000F5E6F">
+      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="16780F84" w14:textId="77777777" w:rsidTr="00494A3F">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6053A445" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="6053A445" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>10/31/2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03D1E2BB" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="03D1E2BB" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Updated Questions and Offer Submittal Sections to remove Ariba Sourcing Tool references.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25F3D67C" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="25F3D67C" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Inserted a more detailed BAFO Clause.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="02168061" w14:textId="77777777" w:rsidTr="000F5E6F">
+      <w:tr w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w14:paraId="02168061" w14:textId="77777777" w:rsidTr="00494A3F">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16F804D6" w14:textId="75A7FAEE" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="00AA080C" w:rsidP="000F5E6F">
+          <w:p w14:paraId="16F804D6" w14:textId="75A7FAEE" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="00AA080C" w:rsidP="00494A3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:t>5/5/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43DE3CF7" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="43DE3CF7" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Additional sentence to ACCESS TO PERSONS AND RECORDS clause in response to new legislation.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FD5A48D" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
+          <w:p w14:paraId="3FD5A48D" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
             </w:pPr>
             <w:r w:rsidRPr="000F5E6F">
               <w:t>Formatting changes to eliminate drop downs for ease of editing.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B0292" w:rsidRPr="000F5E6F" w14:paraId="25BC0F93" w14:textId="77777777" w:rsidTr="006B76BA">
+      <w:tr w:rsidR="007B0292" w:rsidRPr="000F5E6F" w14:paraId="25BC0F93" w14:textId="77777777" w:rsidTr="00494A3F">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="587B8ED0" w14:textId="14F02CF3" w:rsidR="007B0292" w:rsidRPr="00AA080C" w:rsidRDefault="007B0292" w:rsidP="007B0292">
+          <w:p w14:paraId="587B8ED0" w14:textId="14F02CF3" w:rsidR="007B0292" w:rsidRPr="00AA080C" w:rsidRDefault="007B0292" w:rsidP="00494A3F">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA080C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5/27/</w:t>
             </w:r>
             <w:r w:rsidR="00AA080C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA080C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17229BB4" w14:textId="278117FF" w:rsidR="007B0292" w:rsidRPr="00AA080C" w:rsidRDefault="007B0292" w:rsidP="007B0292">
+          <w:p w14:paraId="17229BB4" w14:textId="278117FF" w:rsidR="007B0292" w:rsidRPr="00AA080C" w:rsidRDefault="007B0292" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA080C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Updated 2.14 Point of Contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA080C" w:rsidRPr="000F5E6F" w14:paraId="4123236E" w14:textId="77777777" w:rsidTr="008650C8">
+      <w:tr w:rsidR="00AA080C" w:rsidRPr="000F5E6F" w14:paraId="4123236E" w14:textId="77777777" w:rsidTr="00494A3F">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09A29C56" w14:textId="5B2A151D" w:rsidR="00AA080C" w:rsidRPr="00AA080C" w:rsidRDefault="00AA080C" w:rsidP="00AA080C">
+          <w:p w14:paraId="09A29C56" w14:textId="5B2A151D" w:rsidR="00AA080C" w:rsidRPr="00AA080C" w:rsidRDefault="00AA080C" w:rsidP="00494A3F">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA080C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6/10/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA080C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E543FDF" w14:textId="0BD39474" w:rsidR="00AA080C" w:rsidRPr="00AA080C" w:rsidRDefault="00AA080C" w:rsidP="00AA080C">
+          <w:p w14:paraId="3E543FDF" w14:textId="0BD39474" w:rsidR="00AA080C" w:rsidRPr="00AA080C" w:rsidRDefault="00AA080C" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA080C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Added check boxes to 3.1, Vendor Agreement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D01304" w:rsidRPr="000F5E6F" w14:paraId="054C5800" w14:textId="77777777" w:rsidTr="008650C8">
+      <w:tr w:rsidR="00D01304" w:rsidRPr="000F5E6F" w14:paraId="054C5800" w14:textId="77777777" w:rsidTr="00494A3F">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="704D381F" w14:textId="493C3A34" w:rsidR="00D01304" w:rsidRPr="00AA080C" w:rsidRDefault="00D01304" w:rsidP="00AA080C">
+          <w:p w14:paraId="704D381F" w14:textId="493C3A34" w:rsidR="00D01304" w:rsidRPr="00AA080C" w:rsidRDefault="00D01304" w:rsidP="00494A3F">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8/26/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D6EF8D1" w14:textId="1990D1C2" w:rsidR="00D01304" w:rsidRPr="00C668C5" w:rsidRDefault="00C668C5" w:rsidP="00AA080C">
+          <w:p w14:paraId="5D6EF8D1" w14:textId="1990D1C2" w:rsidR="00D01304" w:rsidRPr="00C668C5" w:rsidRDefault="00C668C5" w:rsidP="00494A3F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
+              <w:ind w:left="436"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C668C5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Revised 3.2 Vendor Utilization of Workers Outside U.S.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00494A3F" w:rsidRPr="000F5E6F" w14:paraId="26E93F10" w14:textId="77777777" w:rsidTr="00494A3F">
+        <w:trPr>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="294296C2" w14:textId="028DD5F4" w:rsidR="00494A3F" w:rsidRDefault="00494A3F" w:rsidP="00494A3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10/9/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9E5329" w14:textId="121CF2C1" w:rsidR="00494A3F" w:rsidRPr="00C668C5" w:rsidRDefault="00494A3F" w:rsidP="00494A3F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:ind w:left="436"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00494A3F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Revision of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C668C5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3.2 Vendor Utilization of Workers Outside U.S.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3447C3D5" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000F5E6F">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="37DB416E" w14:textId="46201EF7" w:rsidR="007300AB" w:rsidRDefault="007300AB"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -1464,51 +1628,51 @@
                 <w:caps/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C1D3A" w14:paraId="39D26BB6" w14:textId="77777777" w:rsidTr="497CDE70">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7C5B83CB" w14:textId="7ABC54E5" w:rsidR="004C1D3A" w:rsidRPr="00F866D7" w:rsidRDefault="00B931D9" w:rsidP="004C1D3A">
+          <w:p w14:paraId="7C5B83CB" w14:textId="7ABC54E5" w:rsidR="004C1D3A" w:rsidRPr="00F866D7" w:rsidRDefault="00BF3789" w:rsidP="004C1D3A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:caps/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="-1994707768"/>
                 <w:placeholder>
                   <w:docPart w:val="8F3B0B81C6AA4ED4B04D4A0D78B54E64"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
@@ -1523,51 +1687,51 @@
                     <w:color w:val="000000" w:themeColor="text1"/>
                   </w:rPr>
                   <w:t xml:space="preserve">department of information </w:t>
                 </w:r>
                 <w:r w:rsidR="000216CC">
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
                     <w:caps/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                   </w:rPr>
                   <w:t>technology</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004C1D3A" w:rsidRPr="00F866D7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="268DC4D4" w14:textId="15F4ECDA" w:rsidR="004C1D3A" w:rsidRDefault="00B931D9" w:rsidP="004C1D3A">
+          <w:p w14:paraId="268DC4D4" w14:textId="15F4ECDA" w:rsidR="004C1D3A" w:rsidRDefault="00BF3789" w:rsidP="004C1D3A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="1675233720"/>
                 <w:placeholder>
                   <w:docPart w:val="2DC82600EDEF499B9D83B7B2CDDF0442"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000216CC" w:rsidRPr="00A20AAF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -2340,76 +2504,88 @@
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AB115C3" w14:textId="77777777" w:rsidR="009703DB" w:rsidRPr="006B5C43" w:rsidRDefault="009703DB" w:rsidP="00F46C53">
       <w:pPr>
         <w:ind w:right="-288"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B5C43">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>OFFER AND ACCEPTANCE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="769CCF06" w14:textId="6B70DE19" w:rsidR="00F46C53" w:rsidRDefault="009703DB" w:rsidP="497CDE70">
+    <w:p w14:paraId="769CCF06" w14:textId="1FF578AE" w:rsidR="00F46C53" w:rsidRDefault="009703DB" w:rsidP="497CDE70">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The State seeks offers for the </w:t>
       </w:r>
+      <w:r w:rsidR="00696354">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
       <w:r w:rsidR="00F46C53" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Software, </w:t>
-[...5 lines deleted...]
-        <w:t>Services and/or goods described in this solicitation</w:t>
+        <w:t>oftware</w:t>
+      </w:r>
+      <w:r w:rsidR="00696354">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and software support </w:t>
+      </w:r>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>described in this solicitation</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F46C53" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The State’s acceptance of any offer must be demonstrated by execution of the acceptance found below and any subsequent Request for Best and Final Offer, if issued</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F46C53" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Acceptance shall create a contract having an order of precedence as follows: In cases of conflict between documents comprising the contract, the order of precedence shall be (1) Best and Final Offers, if any, (2) special terms and conditions specific to this</w:t>
       </w:r>
@@ -8999,528 +9175,1255 @@
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>IFB:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="399104F7" w14:textId="61741698" w:rsidR="004268F5" w:rsidRDefault="006B41D0" w:rsidP="048DF8EF">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B41D0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>A license agreement for [Name of Software] is currently in the process of being finalized by and between [Licensor’s Name] and [Agency’s Name], and will be applicable to this IFB. A fully executed copy of the updated license agreement shall be incorporated by reference and attached to the final version of this IFB via a Best and Final Offer - BAFO.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="268FF1FD" w14:textId="54A9F0FB" w:rsidR="00EB2392" w:rsidRDefault="00EB2392" w:rsidP="00EB2392">
+        <w:t>A license agreement for [Name of Software] is currently in the process of being finalized by and between [Licensor’s Name] and [Agency’s Name</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B41D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>], and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B41D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be applicable to this IFB. A fully executed copy of the updated license agreement shall be incorporated by reference and attached to the final version of this IFB via a Best and Final Offer - BAFO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="268FF1FD" w14:textId="6482ADEF" w:rsidR="00EB2392" w:rsidRDefault="00EB2392" w:rsidP="00EB2392">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc166483240"/>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2. </w:t>
       </w:r>
       <w:r w:rsidR="00D72614" w:rsidRPr="00EB2392">
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00D72614" w:rsidRPr="007E2862">
         <w:t>ENDOR UTILIZATION OF WORKERS OUTSIDE U.S.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidR="00D72614" w:rsidRPr="007E2862">
+      <w:r w:rsidR="00560FAB">
+        <w:t xml:space="preserve"> – DISCLOSURE STATEMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55919555" w14:textId="77777777" w:rsidR="005C64A4" w:rsidRDefault="005C64A4" w:rsidP="005C64A4">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1260"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In accordance with the Statewide Information Security Manual (SISM), the State restricts the location of information systems that receive, process, store, or transmit State and Federal data to the United States which includes the following areas: US States, US Territories, US Embassies, and US Military installations (stateside or overseas). This restriction applies to the Vendor and to any subcontractors engaged to provide </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ervices under this Agreement or with access to State Data. The Vendor must ensure that its subcontractor agreements contain the same restrictions and will be responsible for monitoring and enforcing subcontractor compliance at all times.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D1AC4D4" w14:textId="77777777" w:rsidR="005C64A4" w:rsidRDefault="005C64A4" w:rsidP="005C64A4">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1260"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Hlk206585408"/>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pursuant to N.C.G.S. §143B-1361(b), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vendor must </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>complete and return this Disclosure Statement Attachment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:ind w:left="1170"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">F </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solicitation response.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The Vendor may attach additional pages to its response if needed.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The State of North Carolina will evaluate </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">isclosure </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tatement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for additional risks, costs, and other factors associated with its service prior to making an award for any such Vendor’s offer. The Vendor must provide the following information in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bid response</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FDE8E3" w14:textId="77777777" w:rsidR="005C64A4" w:rsidRPr="00F263EE" w:rsidRDefault="005C64A4" w:rsidP="005C64A4">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="009E42A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">For Security purposes, the State is requesting that all scope in this solicitation be sourced in the US or its territories.  </w:t>
-[...21 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Vendor to complete:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25DC0736" w14:textId="77777777" w:rsidR="005C64A4" w:rsidRPr="00164892" w:rsidRDefault="005C64A4" w:rsidP="005C64A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="45"/>
+          <w:numId w:val="46"/>
         </w:numPr>
-        <w:spacing w:after="240"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="009E42A5">
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1620"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A3529B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The location of work performed under a state contract by the Vendor, any subcontractors, employees, or other persons performing the contract and whether any of this work will be performed outside the United States.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666D83F9" w14:textId="77777777" w:rsidR="00CC4877" w:rsidRPr="009E42A5" w:rsidRDefault="00CC4877" w:rsidP="00CC4877">
-      <w:pPr>
+    <w:p w14:paraId="70A5454A" w14:textId="77777777" w:rsidR="00456409" w:rsidRDefault="00456409" w:rsidP="00456409">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="45"/>
+          <w:numId w:val="46"/>
         </w:numPr>
-        <w:spacing w:after="240"/>
-[...108 lines deleted...]
-      <w:r>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB5AD3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23FFEF72" wp14:editId="3CB9F851">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1849A01D" wp14:editId="5B9049FB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>791979</wp:posOffset>
+                  <wp:posOffset>115428</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>26670</wp:posOffset>
+                  <wp:posOffset>1656592</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="150495" cy="125730"/>
-                <wp:effectExtent l="0" t="0" r="20955" b="26670"/>
+                <wp:extent cx="6625590" cy="1148080"/>
+                <wp:effectExtent l="0" t="0" r="22860" b="13970"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="736201297" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6625590" cy="1148080"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="395FB787" w14:textId="77777777" w:rsidR="00456409" w:rsidRDefault="00BF3789" w:rsidP="00456409">
+                            <w:pPr>
+                              <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                            </w:pPr>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:rFonts w:cs="Arial"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                </w:rPr>
+                                <w:id w:val="-2069873352"/>
+                                <w:showingPlcHdr/>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:r w:rsidR="00456409" w:rsidRPr="00F7314C">
+                                  <w:rPr>
+                                    <w:rStyle w:val="PlaceholderText"/>
+                                    <w:rFonts w:cs="Arial"/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve">Click here to enter text. </w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="1849A01D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:9.1pt;margin-top:130.45pt;width:521.7pt;height:90.4pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfs1rZEAIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnVljZqulq6FCEt&#10;C9LCBziO01jYHmO7TcrXM3a63WqBC8IHy+MZP8+8ebO+GbQiR+G8BFPRYpJTIgyHRpp9Rb993b1Z&#10;UuIDMw1TYERFT8LTm83rV+velmIKHahGOIIgxpe9rWgXgi2zzPNOaOYnYIVBZwtOs4Cm22eNYz2i&#10;a5VN83yR9eAa64AL7/H2bnTSTcJvW8HD57b1IhBVUcwtpN2lvY57tlmzcu+Y7SQ/p8H+IQvNpMFP&#10;L1B3LDBycPI3KC25Aw9tmHDQGbSt5CLVgNUU+YtqHjtmRaoFyfH2QpP/f7D84fhovzgShncwYANT&#10;Ed7eA//uiYFtx8xe3DoHfSdYgx8XkbKst748P41U+9JHkLr/BA02mR0CJKChdTqygnUSRMcGnC6k&#10;iyEQjpeLxXQ+X6GLo68oZst8mdqSsfLpuXU+fBCgSTxU1GFXEzw73vsQ02HlU0j8zYOSzU4qlQy3&#10;r7fKkSNDBezSShW8CFOG9BVdzafzkYG/QuRp/QlCy4BSVlJXdHkJYmXk7b1pktACk2o8Y8rKnImM&#10;3I0shqEeMDASWkNzQkodjJLFEcNDB+4nJT3KtaL+x4E5QYn6aLAtq2I2i/pOxmz+doqGu/bU1x5m&#10;OEJVNFAyHrchzUQkzMAttq+VidjnTM65ogwT3+eRiTq/tlPU82BvfgEAAP//AwBQSwMEFAAGAAgA&#10;AAAhAL/ABMngAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGwQtRMiNw1x&#10;KoQEgh0U1G7deJpE+BFsNw1/j7uC5dUc3XumXs9Gkwl9GJwVkC0YELStU4PtBHx+PN2WQEKUVknt&#10;LAr4wQDr5vKilpVyJ/uO0yZ2JJXYUEkBfYxjRWloezQyLNyINt0OzhsZU/QdVV6eUrnRNGeMUyMH&#10;mxZ6OeJjj+3X5mgElMXLtAuvd2/blh/0Kt4sp+dvL8T11fxwDyTiHP9gOOsndWiS094drQpEp1zm&#10;iRSQc7YCcgYYzziQvYCiyJZAm5r+/6H5BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF+z&#10;WtkQAgAAIAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AL/ABMngAAAACwEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="395FB787" w14:textId="77777777" w:rsidR="00456409" w:rsidRDefault="00456409" w:rsidP="00456409">
+                      <w:pPr>
+                        <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                      </w:pPr>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rFonts w:cs="Arial"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                          <w:id w:val="-2069873352"/>
+                          <w:showingPlcHdr/>
+                        </w:sdtPr>
+                        <w:sdtContent>
+                          <w:r w:rsidRPr="00F7314C">
+                            <w:rPr>
+                              <w:rStyle w:val="PlaceholderText"/>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Click here to enter text. </w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00FB5AD3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49730D08" wp14:editId="5DC7C67E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>122830</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>43028</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6625590" cy="1148080"/>
+                <wp:effectExtent l="0" t="0" r="22860" b="13970"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1964874974" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6625590" cy="1148080"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1CE5B45D" w14:textId="77777777" w:rsidR="00456409" w:rsidRDefault="00BF3789" w:rsidP="00456409">
+                            <w:pPr>
+                              <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                            </w:pPr>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:rFonts w:cs="Arial"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                </w:rPr>
+                                <w:id w:val="468411691"/>
+                                <w:showingPlcHdr/>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:r w:rsidR="00456409" w:rsidRPr="00F7314C">
+                                  <w:rPr>
+                                    <w:rStyle w:val="PlaceholderText"/>
+                                    <w:rFonts w:cs="Arial"/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve">Click here to enter text. </w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="49730D08" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:9.65pt;margin-top:3.4pt;width:521.7pt;height:90.4pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQSyo9EwIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk82O0zAQx+9IvIPlO82H2tJGTVdLlyKk&#10;ZUFaeADHcRoLx2Nst0l5esZOtlstcEH4YHk89t8zvxlvboZOkZOwToIuaTZLKRGaQy31oaTfvu7f&#10;rChxnumaKdCipGfh6M329atNbwqRQwuqFpagiHZFb0raem+KJHG8FR1zMzBCo7MB2zGPpj0ktWU9&#10;qncqydN0mfRga2OBC+dw92500m3UbxrB/eemccITVVKMzcfZxrkKc7LdsOJgmWkln8Jg/xBFx6TG&#10;Ry9Sd8wzcrTyN6lOcgsOGj/j0CXQNJKLmANmk6UvsnlsmRExF4TjzAWT+3+y/OH0aL5Y4od3MGAB&#10;YxLO3AP/7oiGXcv0QdxaC30rWI0PZwFZ0htXTFcDale4IFL1n6DGIrOjhyg0NLYLVDBPgupYgPMF&#10;uhg84bi5XOaLxRpdHH1ZNl+lq1iWhBVP1411/oOAjoRFSS1WNcqz073zIRxWPB0JrzlQst5LpaJh&#10;D9VOWXJi2AH7OGIGL44pTfqSrhf5YiTwV4k0jj9JdNJjKyvZlXR1OcSKwO29rmOjeSbVuMaQlZ5A&#10;BnYjRT9UA5H1RDlwraA+I1kLY+fiT8NFC/YnJT12bUndjyOzghL1UWN11tl8Hto8GvPF2xwNe+2p&#10;rj1Mc5QqqadkXO58/BqBm4ZbrGIjI9/nSKaQsRsj9unnhHa/tuOp5/+9/QUAAP//AwBQSwMEFAAG&#10;AAgAAAAhAEIMuuHeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFwQdWiR&#10;k4Y4FUICwa2UqlzdeJtE+CfYbhrenu0Jbjua0ew31Wqyho0YYu+dhLtZBgxd43XvWgnbj+fbAlhM&#10;ymllvEMJPxhhVV9eVKrU/uTecdykllGJi6WS0KU0lJzHpkOr4swP6Mg7+GBVIhlaroM6Ubk1fJ5l&#10;glvVO/rQqQGfOmy+Nkcrobh/HT/j22K9a8TBLNNNPr58Bymvr6bHB2AJp/QXhjM+oUNNTHt/dDoy&#10;Q3q5oKQEQQPOdibmObA9XUUugNcV/7+g/gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDQ&#10;Syo9EwIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBCDLrh3gAAAAkBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1CE5B45D" w14:textId="77777777" w:rsidR="00456409" w:rsidRDefault="00456409" w:rsidP="00456409">
+                      <w:pPr>
+                        <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                      </w:pPr>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rFonts w:cs="Arial"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                          <w:id w:val="468411691"/>
+                          <w:showingPlcHdr/>
+                        </w:sdtPr>
+                        <w:sdtContent>
+                          <w:r w:rsidRPr="00F7314C">
+                            <w:rPr>
+                              <w:rStyle w:val="PlaceholderText"/>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Click here to enter text. </w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The corporate structure and location of corporate employees and activities of the Vendor, its affiliates or any other subcontractors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F602D55" w14:textId="77777777" w:rsidR="00456409" w:rsidRDefault="00456409" w:rsidP="00456409">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1620"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB5AD3">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5416C0C4" wp14:editId="07EDF5C0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>61415</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1796945</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6625590" cy="1148080"/>
+                <wp:effectExtent l="0" t="0" r="22860" b="13970"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="2018574213" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6625590" cy="1148080"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="7DA3FF6F" w14:textId="77777777" w:rsidR="00456409" w:rsidRDefault="00BF3789" w:rsidP="00456409">
+                            <w:pPr>
+                              <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                            </w:pPr>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:rFonts w:cs="Arial"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                </w:rPr>
+                                <w:id w:val="1915045626"/>
+                                <w:showingPlcHdr/>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:r w:rsidR="00456409" w:rsidRPr="00F7314C">
+                                  <w:rPr>
+                                    <w:rStyle w:val="PlaceholderText"/>
+                                    <w:rFonts w:cs="Arial"/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve">Click here to enter text. </w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5416C0C4" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:4.85pt;margin-top:141.5pt;width:521.7pt;height:90.4pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnlej8FQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1+P0zAMf0fiO0R5Z/2jbWzVutOxYwjp&#10;OJAOPkCapmtEGockWzs+PU7a200HvCDyENmx87P9s725GTpFTsI6Cbqk2SylRGgOtdSHkn77un+z&#10;osR5pmumQIuSnoWjN9vXrza9KUQOLahaWIIg2hW9KWnrvSmSxPFWdMzNwAiNxgZsxzyq9pDUlvWI&#10;3qkkT9Nl0oOtjQUunMPXu9FItxG/aQT3n5vGCU9USTE3H28b7yrcyXbDioNlppV8SoP9QxYdkxqD&#10;XqDumGfkaOVvUJ3kFhw0fsahS6BpJBexBqwmS19U89gyI2ItSI4zF5rc/4PlD6dH88USP7yDARsY&#10;i3DmHvh3RzTsWqYP4tZa6FvBagycBcqS3rhi+hqodoULIFX/CWpsMjt6iEBDY7vACtZJEB0bcL6Q&#10;LgZPOD4ul/lisUYTR1uWzVfpKrYlYcXTd2Od/yCgI0EoqcWuRnh2unc+pMOKJ5cQzYGS9V4qFRV7&#10;qHbKkhPDCdjHEyt44aY06Uu6XuSLkYG/QqTx/Amikx5HWcmupKuLEysCb+91HQfNM6lGGVNWeiIy&#10;cDey6IdqILIuaR4CBF4rqM/IrIVxcnHTUGjB/qSkx6ktqftxZFZQoj5q7M46m8/DmEdlvnibo2Kv&#10;LdW1hWmOUCX1lIzizsfVCLxpuMUuNjLy+5zJlDJOY6R92pww7td69Hre7+0vAAAA//8DAFBLAwQU&#10;AAYACAAAACEA8x2ET+AAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1&#10;2pQ0DdlUCAkENygIrm6yTSLsdbDdNPw97gmOoxnNvCk3k9FiJOd7ywjzWQKCuLZNzy3C+9vDdQ7C&#10;B8WN0pYJ4Yc8bKrzs1IVjT3yK43b0IpYwr5QCF0IQyGlrzsyys/sQBy9vXVGhShdKxunjrHcaLlI&#10;kkwa1XNc6NRA9x3VX9uDQciXT+Onf05fPupsr9fhajU+fjvEy4vp7hZEoCn8heGEH9Ghikw7e+DG&#10;C42wXsUgwiJP46WTn9ykcxA7hGWW5iCrUv6/UP0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA55Xo/BUCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA8x2ET+AAAAAKAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="7DA3FF6F" w14:textId="77777777" w:rsidR="00456409" w:rsidRDefault="00456409" w:rsidP="00456409">
+                      <w:pPr>
+                        <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                      </w:pPr>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rFonts w:cs="Arial"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                          <w:id w:val="1915045626"/>
+                          <w:showingPlcHdr/>
+                        </w:sdtPr>
+                        <w:sdtContent>
+                          <w:r w:rsidRPr="00F7314C">
+                            <w:rPr>
+                              <w:rStyle w:val="PlaceholderText"/>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Click here to enter text. </w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vendor agrees to provide n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otice of the relocation of the Vendor, employees of the Vendor, subcontractors of the Vendor, or other persons performing Services under a state contract outside of the United States</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the event such relocation occurs during the contract term.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B7DCAF" w14:textId="77777777" w:rsidR="00456409" w:rsidRPr="00DB7ECF" w:rsidRDefault="00456409" w:rsidP="00456409">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB5AD3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EF9725C" wp14:editId="52A50252">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>74788</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1833160</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6625590" cy="1148080"/>
+                <wp:effectExtent l="0" t="0" r="22860" b="13970"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="942707890" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6625590" cy="1148080"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="55A39607" w14:textId="77777777" w:rsidR="00456409" w:rsidRDefault="00BF3789" w:rsidP="00456409">
+                            <w:pPr>
+                              <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                            </w:pPr>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:rFonts w:cs="Arial"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                </w:rPr>
+                                <w:id w:val="-347102965"/>
+                                <w:showingPlcHdr/>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:r w:rsidR="00456409" w:rsidRPr="00F7314C">
+                                  <w:rPr>
+                                    <w:rStyle w:val="PlaceholderText"/>
+                                    <w:rFonts w:cs="Arial"/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve">Click here to enter text. </w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4EF9725C" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:5.9pt;margin-top:144.35pt;width:521.7pt;height:90.4pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1IoYKFQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1+P0zAMf0fiO0R5Z23HNrZq2enYMYR0&#10;/JEOPkCapmtEGockWzs+PU66200HvCDyENmx87P9s72+GTpNjtJ5BYbRYpJTIo2AWpk9o9++7l4t&#10;KfGBm5prMJLRk/T0ZvPyxbq3pZxCC7qWjiCI8WVvGW1DsGWWedHKjvsJWGnQ2IDreEDV7bPa8R7R&#10;O51N83yR9eBq60BI7/H1bjTSTcJvGinC56bxMhDNKOYW0u3SXcU726x5uXfctkqc0+D/kEXHlcGg&#10;F6g7Hjg5OPUbVKeEAw9NmAjoMmgaJWSqAasp8mfVPLTcylQLkuPthSb//2DFp+OD/eJIGN7CgA1M&#10;RXh7D+K7Jwa2LTd7eesc9K3kNQYuImVZb315/hqp9qWPIFX/EWpsMj8ESEBD47rICtZJEB0bcLqQ&#10;LodABD4uFtP5fIUmgbaimC3zZWpLxsvH79b58F5CR6LAqMOuJnh+vPchpsPLR5cYzYNW9U5pnRS3&#10;r7bakSPHCdilkyp45qYN6RldzafzkYG/QuTp/AmiUwFHWauO0eXFiZeRt3emToMWuNKjjClrcyYy&#10;cjeyGIZqIKpm9HUMEHmtoD4hsw7GycVNQ6EF95OSHqeWUf/jwJ2kRH8w2J1VMZvFMU/KbP5mioq7&#10;tlTXFm4EQjEaKBnFbUirEXkzcItdbFTi9ymTc8o4jYn28+bEcb/Wk9fTfm9+AQAA//8DAFBLAwQU&#10;AAYACAAAACEAHSJA7+EAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1&#10;Gpo0DXEqhASCG7QVXN14m0TY62C7afh73BMcRzOaeVOtJ6PZiM73lgTMZwkwpMaqnloBu+3TbQHM&#10;B0lKakso4Ac9rOvLi0qWyp7oHcdNaFksIV9KAV0IQ8m5bzo00s/sgBS9g3VGhihdy5WTp1huNE+T&#10;JOdG9hQXOjngY4fN1+ZoBBSLl/HTv969fTT5Qa/CzXJ8/nZCXF9ND/fAAk7hLwxn/IgOdWTa2yMp&#10;z3TU80geBKRFsQR2DiRZlgLbC1jkqwx4XfH/H+pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhADUihgoVAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAB0iQO/hAAAACwEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="55A39607" w14:textId="77777777" w:rsidR="00456409" w:rsidRDefault="00456409" w:rsidP="00456409">
+                      <w:pPr>
+                        <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                      </w:pPr>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rFonts w:cs="Arial"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                          <w:id w:val="-347102965"/>
+                          <w:showingPlcHdr/>
+                        </w:sdtPr>
+                        <w:sdtContent>
+                          <w:r w:rsidRPr="00F7314C">
+                            <w:rPr>
+                              <w:rStyle w:val="PlaceholderText"/>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Click here to enter text. </w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00DB7ECF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vendor agrees that any Vendor or subcontractor providing call or contact center Services to the State of North Carolina shall disclose to inbound callers the location from which the call or contact center Services are being provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639A185D" w14:textId="77777777" w:rsidR="00456409" w:rsidRDefault="00456409" w:rsidP="00456409">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29A58C1E" w14:textId="77777777" w:rsidR="00456409" w:rsidRPr="009D025B" w:rsidRDefault="00456409" w:rsidP="00456409">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1620"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F56E7E5" wp14:editId="640B0971">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1153132</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>234931</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="177421" cy="163773"/>
+                <wp:effectExtent l="0" t="0" r="13335" b="27305"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1440177823" name="Rectangle 1"/>
+                <wp:docPr id="1013269516" name="Rectangle: Rounded Corners 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="150495" cy="125730"/>
+                          <a:ext cx="177421" cy="163773"/>
                         </a:xfrm>
-                        <a:prstGeom prst="rect">
+                        <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
-[...4 lines deleted...]
-                        </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="15000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="39EE7BE8" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:62.35pt;margin-top:2.1pt;width:11.85pt;height:9.9pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWpRzDfAIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21nyboGdYqgRYcB&#10;RVusHXpWZak2IIsapcTJfv0o+SNZV+ww7GKLIvlIPpE8v9i1hm0V+gZsyYuTnDNlJVSNfSn598fr&#10;D58580HYShiwquR75fnF6v27884t1QxqMJVCRiDWLztX8joEt8wyL2vVCn8CTllSasBWBBLxJatQ&#10;dITemmyW55+yDrByCFJ5T7dXvZKvEr7WSoY7rb0KzJSccgvpi+n7HL/Z6lwsX1C4upFDGuIfsmhF&#10;YynoBHUlgmAbbP6AahuJ4EGHEwltBlo3UqUaqJoif1XNQy2cSrUQOd5NNPn/Bytvtw/uHomGzvml&#10;p2OsYqexjX/Kj+0SWfuJLLULTNJlscjnZwvOJKmK2eL0YyIzOzg79OGLgpbFQ8mR3iJRJLY3PlBA&#10;Mh1NYiwL140x6T2MjRceTFPFuyTEhlCXBtlW0FOGXRGfjiCOrEiKntmhknQKe6MihLHflGZNRbnP&#10;UiKpyQ6YQkplQ9GralGpPhTVmY+lTR4pdAKMyJqSnLAHgN/zHbH7nAf76KpSj07O+d8S650njxQZ&#10;bJic28YCvgVgqKohcm8/ktRTE1l6hmp/jwyhnxDv5HVDz3YjfLgXSCNBw0NjHu7oow10JYfhxFkN&#10;+POt+2hPnUpazjoasZL7HxuBijPz1VIPnxXzeZzJJMwXpzMS8FjzfKyxm/YS6OkLWihOpmO0D2Y8&#10;aoT2ibbBOkYllbCSYpdcBhyFy9CPPu0TqdbrZEZz6ES4sQ9ORvDIamzLx92TQDf0bqCmv4VxHMXy&#10;VQv3ttHTwnoTQDepvw+8DnzTDKfGGfZNXBLHcrI6bMXVLwAAAP//AwBQSwMEFAAGAAgAAAAhAKIi&#10;kijfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5gpdiNw2LlphNEUXpQQSr&#10;PfT2kn1mY7NvQ3bbxn/v9qTHYYaZb8rV5HpxpDF0njUs5hkI4sabjlsNnx/PN0sQISIb7D2Thh8K&#10;sKouL0osjD/xOx03sRWphEOBGmyMQyFlaCw5DHM/ECfvy48OY5JjK82Ip1Tuepln2a102HFasDjQ&#10;o6Vmvzk4Dbv1FNvvxUt83eNsO1vbunl7qrW+vpoe7kFEmuJfGM74CR2qxFT7A5sg+qRzdZeiGlQO&#10;4uyrpQJRa8hVBrIq5f8D1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFqUcw3wCAABd&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAoiKSKN8A&#10;AAAIAQAADwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="1pt"/>
+              <v:roundrect w14:anchorId="270075A7" id="Rectangle: Rounded Corners 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:90.8pt;margin-top:18.5pt;width:13.95pt;height:12.9pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZO6YIYQIAABcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFP2zAQfp+0/2D5fSQphW4VKapATJMQ&#10;IGDi2XXsJpLj885u0+7X7+ykKQK0h2kvju27++7u83e5uNy1hm0V+gZsyYuTnDNlJVSNXZf85/PN&#10;l6+c+SBsJQxYVfK98vxy8fnTRefmagI1mEohIxDr550reR2Cm2eZl7VqhT8BpywZNWArAh1xnVUo&#10;OkJvTTbJ8/OsA6wcglTe0+11b+SLhK+1kuFea68CMyWn2kJaMa2ruGaLCzFfo3B1I4cyxD9U0YrG&#10;UtIR6loEwTbYvINqG4ngQYcTCW0GWjdSpR6omyJ/081TLZxKvRA53o00+f8HK++2T+4BiYbO+bmn&#10;bexip7GNX6qP7RJZ+5EstQtM0mUxm00nBWeSTMX56Wx2GsnMjsEOffiuoGVxU3KEja0e6UEST2J7&#10;60Pvf/Cj4GMNaRf2RsUyjH1UmjUVZZ2k6CQPdWWQbQU9rJBS2VD0plpUqr8uzvI8vTAVNUakEhNg&#10;RNaNMSP2ABCl9x67r3Xwj6EqqWsMzv9WWB88RqTMYMMY3DYW8CMAQ10NmXv/A0k9NZGlFVT7B2QI&#10;vba9kzcNEX4rfHgQSGIm2dOAhntatIGu5DDsOKsBf390H/1JY2TlrKPhKLn/tRGoODM/LKnvWzGd&#10;xmlKh+nZbEIHfG1ZvbbYTXsF9EwkFqoubaN/MIetRmhfaI6XMSuZhJWUu+Qy4OFwFfqhpT+BVMtl&#10;cqMJciLc2icnI3hkNWrpefci0A2qCyTXOzgMkpi/0V3vGyMtLDcBdJNEeeR14JumLwln+FPE8X59&#10;Tl7H/9niDwAAAP//AwBQSwMEFAAGAAgAAAAhAGhlh4veAAAACQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SFwQtZNCSEOcClVC3BAtHDg68ZJEjddR7Kbh71lOcBzt6O2bcru4Qcw4&#10;hd6ThmSlQCA13vbUavh4f77NQYRoyJrBE2r4xgDb6vKiNIX1Z9rjfIitYAiFwmjoYhwLKUPToTNh&#10;5Uckvn35yZnIcWqlncyZ4W6QqVKZdKYn/tCZEXcdNsfDyWm42ezW08ubqqM6Jq/7zzsGzlLr66vl&#10;6RFExCX+leFXn9WhYqfan8gGMXDOk4yrGtYPvIkLqdrcg6g1ZGkOsirl/wXVDwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAZO6YIYQIAABcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBoZYeL3gAAAAkBAAAPAAAAAAAAAAAAAAAAALsEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" fillcolor="#5b9bd5 [3204]" strokecolor="#091723 [484]" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
+              </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00D84681">
+      <w:r w:rsidRPr="009D025B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Will any work under this contract be performed outside the United States?   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EFD16B1" w14:textId="77777777" w:rsidR="00456409" w:rsidRDefault="00456409" w:rsidP="00456409">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1620"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CC2FD06" wp14:editId="394F760E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1676184F" wp14:editId="4B8F4386">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1632201</wp:posOffset>
+                  <wp:posOffset>1985645</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>35887</wp:posOffset>
+                  <wp:posOffset>5393</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="151002" cy="125835"/>
-                <wp:effectExtent l="0" t="0" r="20955" b="26670"/>
+                <wp:extent cx="177421" cy="163773"/>
+                <wp:effectExtent l="0" t="0" r="13335" b="27305"/>
                 <wp:wrapNone/>
-                <wp:docPr id="610624099" name="Rectangle 1"/>
+                <wp:docPr id="66641513" name="Rectangle: Rounded Corners 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="151002" cy="125835"/>
+                          <a:ext cx="177421" cy="163773"/>
                         </a:xfrm>
-                        <a:prstGeom prst="rect">
+                        <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
-[...4 lines deleted...]
-                        </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="15000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="33A84053" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:128.5pt;margin-top:2.85pt;width:11.9pt;height:9.9pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACr49vfAIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azZuuCOkXQosOA&#10;oivWDj2rslQLkEWNUuJkXz9KdpysK3YYdrFFkXwkn0ieX2w7yzYKgwFX8+qk5Ew5CY1xzzX//nD9&#10;7oyzEIVrhAWnar5TgV8s37457/1CzaAF2yhkBOLCovc1b2P0i6IIslWdCCfglSOlBuxEJBGfiwZF&#10;T+idLWZl+aHoARuPIFUIdHs1KPky42utZPyqdVCR2ZpTbjF/MX+f0rdYnovFMwrfGjmmIf4hi04Y&#10;R0EnqCsRBVuj+QOqMxIhgI4nEroCtDZS5Rqomqp8Uc19K7zKtRA5wU80hf8HK2839/4OiYbeh0Wg&#10;Y6piq7FLf8qPbTNZu4kstY1M0mU1r8pyxpkkVTWbn72fJzKLg7PHED8r6Fg61BzpLTJFYnMT4mC6&#10;N0mxHFwba/N7WJcuAljTpLsspIZQlxbZRtBTxm01RjuyotjJszhUkk9xZ1WCsO6b0sw0lPssJ5Kb&#10;7IAppFQuVoOqFY0aQlXzssx9QvCTRy40AyZkTUlO2CPA7/nusYeyR/vkqnKPTs7l3xIbnCePHBlc&#10;nJw74wBfA7BU1Rh5sN+TNFCTWHqCZneHDGGYkODltaFnuxEh3gmkkaDhoTGPX+mjLfQ1h/HEWQv4&#10;87X7ZE+dSlrOehqxmocfa4GKM/vFUQ9/qk5P00xm4XT+cUYCHmuejjVu3V0CPX1FC8XLfEz20e6P&#10;GqF7pG2wSlFJJZyk2DWXEffCZRxGn/aJVKtVNqM59CLeuHsvE3hiNbXlw/ZRoB97N1LT38J+HMXi&#10;RQsPtsnTwWodQZvc3wdeR75phnPjjPsmLYljOVsdtuLyFwAAAP//AwBQSwMEFAAGAAgAAAAhANov&#10;+GHfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwUuxmwZiS8ymiKL0IEKr&#10;HrxNsmMSm50N2W0b/73Tkx6Hb3jve8V6cr060hg6zwYW8wQUce1tx42B97enmxWoEJEt9p7JwA8F&#10;WJeXFwXm1p94S8ddbJSEcMjRQBvjkGsd6pYchrkfiIV9+dFhlHNstB3xJOGu12mS3GqHHUtDiwM9&#10;tFTvdwdn4HMzxeZ78Rxf9jj7mG3aqn59rIy5vpru70BFmuLfM5z1RR1Kcar8gW1QvYE0W8qWaCBb&#10;ghKerhKZUp1BBros9P8B5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAq+Pb3wCAABd&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA2i/4Yd8A&#10;AAAIAQAADwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="1pt"/>
+              <v:roundrect w14:anchorId="021A4FB5" id="Rectangle: Rounded Corners 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:156.35pt;margin-top:.4pt;width:13.95pt;height:12.9pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZO6YIYQIAABcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFP2zAQfp+0/2D5fSQphW4VKapATJMQ&#10;IGDi2XXsJpLj885u0+7X7+ykKQK0h2kvju27++7u83e5uNy1hm0V+gZsyYuTnDNlJVSNXZf85/PN&#10;l6+c+SBsJQxYVfK98vxy8fnTRefmagI1mEohIxDr550reR2Cm2eZl7VqhT8BpywZNWArAh1xnVUo&#10;OkJvTTbJ8/OsA6wcglTe0+11b+SLhK+1kuFea68CMyWn2kJaMa2ruGaLCzFfo3B1I4cyxD9U0YrG&#10;UtIR6loEwTbYvINqG4ngQYcTCW0GWjdSpR6omyJ/081TLZxKvRA53o00+f8HK++2T+4BiYbO+bmn&#10;bexip7GNX6qP7RJZ+5EstQtM0mUxm00nBWeSTMX56Wx2GsnMjsEOffiuoGVxU3KEja0e6UEST2J7&#10;60Pvf/Cj4GMNaRf2RsUyjH1UmjUVZZ2k6CQPdWWQbQU9rJBS2VD0plpUqr8uzvI8vTAVNUakEhNg&#10;RNaNMSP2ABCl9x67r3Xwj6EqqWsMzv9WWB88RqTMYMMY3DYW8CMAQ10NmXv/A0k9NZGlFVT7B2QI&#10;vba9kzcNEX4rfHgQSGIm2dOAhntatIGu5DDsOKsBf390H/1JY2TlrKPhKLn/tRGoODM/LKnvWzGd&#10;xmlKh+nZbEIHfG1ZvbbYTXsF9EwkFqoubaN/MIetRmhfaI6XMSuZhJWUu+Qy4OFwFfqhpT+BVMtl&#10;cqMJciLc2icnI3hkNWrpefci0A2qCyTXOzgMkpi/0V3vGyMtLDcBdJNEeeR14JumLwln+FPE8X59&#10;Tl7H/9niDwAAAP//AwBQSwMEFAAGAAgAAAAhANjrtaTcAAAABwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SFxQayepAoQ4FaqEuCFaOPToJEsSNV5HtpuGv2c5wXE1ozdvy+1iRzGj&#10;D4MjDclagUBqXDtQp+Hz42X1ACJEQ60ZHaGGbwywra6vSlO07kJ7nA+xEwyhUBgNfYxTIWVoerQm&#10;rN2ExNmX89ZEPn0nW28uDLejTJXKpTUD8UJvJtz12JwOZ6vh7nGX+dd3VUd1St72xw0DZ6n17c3y&#10;/AQi4hL/yvCrz+pQsVPtztQGMWrIkvSeqxr4AY6zjcpB1BrSPAdZlfK/f/UDAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAGTumCGECAAAXBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEA2Ou1pNwAAAAHAQAADwAAAAAAAAAAAAAAAAC7BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMQFAAAAAA==&#10;" fillcolor="#5b9bd5 [3204]" strokecolor="#091723 [484]" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
+              </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00CC4877" w:rsidRPr="009E42A5">
-[...36 lines deleted...]
-    <w:p w14:paraId="7A0550F3" w14:textId="0E936282" w:rsidR="002007BA" w:rsidRPr="00FA00DA" w:rsidRDefault="00CC4877" w:rsidP="00CC4877">
+      <w:r w:rsidRPr="009D025B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         YES </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D025B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   NO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E5C5C31" w14:textId="77777777" w:rsidR="00456409" w:rsidRPr="00A3529B" w:rsidRDefault="00456409" w:rsidP="00456409">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1260"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The use of resources or workers located outside the United States is a critical security exception that must be escalated to the State Chief Information Officer for review pursuant to N.C.G.S. §143B-1376(c) and §143B-1320(c). These critical security exceptions are approved only in rare and extenuating circumstances. Vendor should account for this when preparing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> response.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A0550F3" w14:textId="2DA983C8" w:rsidR="002007BA" w:rsidRPr="00FA00DA" w:rsidRDefault="002007BA" w:rsidP="00CC4877">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E42A5">
-[...43 lines deleted...]
-      <w:r w:rsidR="002007BA" w:rsidRPr="00FA00DA">
+      <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00EB2392">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51AF7C3F" w14:textId="62D70AEB" w:rsidR="00EB2392" w:rsidRDefault="00EB2392" w:rsidP="00EB2392">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc166483241"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc166483241"/>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">3.3. </w:t>
       </w:r>
       <w:r w:rsidR="00AD6F10" w:rsidRPr="00FA00DA">
         <w:t>E-VERIFY</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidR="00AD6F10" w:rsidRPr="00FA00DA">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42080CEF" w14:textId="67950F45" w:rsidR="00EB2392" w:rsidRDefault="00AD6F10" w:rsidP="497CDE70">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Pursuant to N.C.G.S. § 143B-13</w:t>
       </w:r>
       <w:r w:rsidR="00CE0D87" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
@@ -9544,127 +10447,127 @@
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Any awarded Vendor must submit a certification of compliance with E-Verify to the awarding agency, and on a periodic basis thereafter as may be required by the State</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="219758EA" w14:textId="3E6E8FAD" w:rsidR="000561FE" w:rsidRDefault="000561FE" w:rsidP="000561FE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc166483242"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc166483242"/>
       <w:r>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>3.4</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA00DA">
         <w:t>BRAND SPECIFIC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> PRODUCT</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidRPr="00FA00DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="463AC267" w14:textId="7700DB8C" w:rsidR="000561FE" w:rsidRDefault="000561FE" w:rsidP="00257B8E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="1166"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Manufacturer(s) name and product descriptions used in this solicitation are product specific. The items offered in response to this solicitation must be the manufacturer and type specified. Failure to comply with this requirement will result in rejection of offer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CCFB4C1" w14:textId="77777777" w:rsidR="00437553" w:rsidRPr="00FA00DA" w:rsidRDefault="00437553" w:rsidP="00257B8E">
       <w:pPr>
         <w:ind w:left="1166"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FBB3309" w14:textId="2FCC8DE4" w:rsidR="00EB2392" w:rsidRDefault="00EB2392" w:rsidP="00EB2392">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc166483243"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc166483243"/>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="007E68A9">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000E2EE0">
         <w:t>SECURITY SPECIFICATIONS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="2A6FC239" w14:textId="77777777" w:rsidR="007B6D25" w:rsidRDefault="007B6D25" w:rsidP="007B6D25">
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79450171" w14:textId="7670B605" w:rsidR="007B6D25" w:rsidRPr="00CA0884" w:rsidRDefault="007B6D25" w:rsidP="007B6D25">
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Note:  ONLY one of the following sections (3.</w:t>
       </w:r>
       <w:r w:rsidR="00204BBB" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
@@ -10824,151 +11727,151 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63045709" w14:textId="77777777" w:rsidR="007B6D25" w:rsidRDefault="007B6D25" w:rsidP="007B6D25">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Refer to: </w:t>
       </w:r>
-      <w:commentRangeStart w:id="23"/>
+      <w:commentRangeStart w:id="24"/>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "http://nvlpubs.nist.gov/nistpubs/FIPS/NIST.FIPS.199.pdf" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00C5245D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>http://nvlpubs.nist.gov/nistpubs/FIPS/NIST.FIPS.199.pdf</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="23"/>
+      <w:commentRangeEnd w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="23"/>
+        <w:commentReference w:id="24"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for descriptions of NIST</w:t>
       </w:r>
       <w:r w:rsidRPr="00164038">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> system confidentiality, integrity, and availability</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> categories.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06F088B9" w14:textId="170EBDC2" w:rsidR="00610E85" w:rsidRPr="00EF2B9B" w:rsidRDefault="00610E85" w:rsidP="00610E85">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc166483244"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc166483244"/>
       <w:r>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="006076BB">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2B9B">
         <w:t>ENTERPRISE ARCHITECTURE SPECIFICATIONS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="54B9D595" w14:textId="77777777" w:rsidR="00610E85" w:rsidRDefault="00610E85" w:rsidP="00610E85">
       <w:pPr>
         <w:ind w:left="1260"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78438DB1" w14:textId="77777777" w:rsidR="00610E85" w:rsidRPr="004B617F" w:rsidRDefault="00610E85" w:rsidP="00610E85">
       <w:pPr>
         <w:ind w:left="1260"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="037200F4">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
@@ -12070,73 +12973,73 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>on.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C80BB86" w14:textId="77777777" w:rsidR="00CC2FAB" w:rsidRDefault="00CC2FAB" w:rsidP="00610E85">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6960EEAC" w14:textId="472D2813" w:rsidR="00CC2FAB" w:rsidRDefault="00CC2FAB" w:rsidP="00CC2FAB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc166483245"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc166483245"/>
       <w:r w:rsidRPr="00B41B96">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00F66F99" w:rsidRPr="00B41B96">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41B96">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007779C4">
         <w:t>SPECIFICATIONS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="46B13917" w14:textId="77777777" w:rsidR="00CC2FAB" w:rsidRPr="000F1335" w:rsidRDefault="00CC2FAB" w:rsidP="00CC2FAB">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[Insert specifications if needed; otherwise delete the section.]  </w:t>
@@ -12180,98 +13083,140 @@
     <w:p w14:paraId="3AE7484F" w14:textId="77777777" w:rsidR="00CC2FAB" w:rsidRPr="000F1335" w:rsidRDefault="00CC2FAB" w:rsidP="00CC2FAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260" w:right="-115"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The term “specification” refers to a description of the characteristics of a commodity or service.   Specifically, it is defined as the explicit requirements, furnished with a solicitation upon which a purchase order or contract is to be based.  Specifications set forth the characteristics of the goods and services to be purchased so as to enable the Vendor to determine and understand that which is to be supplied.  Specifications may be in the form of a description of the physical, functional, or performance characteristics, a reference brand name or both.  It may include a description of any requirement for inspecting, testing, or preparing a material, equipment, supplies, or service for delivery. </w:t>
+        <w:t xml:space="preserve">The term “specification” refers to a description of the characteristics of a commodity or service.   Specifically, it is defined as the explicit requirements, furnished with a solicitation upon which a purchase order or contract is to be based.  Specifications set forth the characteristics of the goods and services to be purchased so as to enable the Vendor to determine and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F1335">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>understand that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F1335">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which is to be supplied.  Specifications may be in the form of a description of the physical, functional, or performance characteristics, a reference brand name or both.  It may include a description of any requirement for inspecting, testing, or preparing a material, equipment, supplies, or service for delivery. </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Specifications are to be written so as to not restrict bidding but encourage open competition. </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The goal is to invite maximum competition.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55CDE14E" w14:textId="77777777" w:rsidR="00CC2FAB" w:rsidRPr="000F1335" w:rsidRDefault="00CC2FAB" w:rsidP="00CC2FAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260" w:right="-115"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>To assure that your specifications meet the above criteria, use the following checklist:</w:t>
+        <w:t xml:space="preserve">To </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F1335">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>assure</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F1335">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that your specifications meet the above criteria, use the following checklist:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="564948AC" w14:textId="77777777" w:rsidR="00CC2FAB" w:rsidRPr="000F1335" w:rsidRDefault="00CC2FAB" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1627" w:right="-120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
@@ -12404,79 +13349,79 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">[Insert special instructions, if applicable.]  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E810C21" w14:textId="55B85785" w:rsidR="00EB2392" w:rsidRDefault="00EB2392" w:rsidP="00EB2392">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0505"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc166483246"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc166483246"/>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00F66F99">
         <w:rPr>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006876B1">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>DELIVERY</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="41B1604C" w14:textId="1F86BE5E" w:rsidR="00FF35B6" w:rsidRPr="00FA00DA" w:rsidRDefault="00FF35B6" w:rsidP="00FF35B6">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Successful Vendor will complete </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>supply of the scope of work</w:t>
@@ -12636,77 +13581,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If circumstances beyond the control of the contractor result in a late delivery [or installation], it is the responsibility and obligation of the contractor to notify the Purchasing Agent listed on the purchase order, in writing, immediately upon determining delay of shipment. The written notification should indicate the anticipated delivery </w:t>
       </w:r>
       <w:r w:rsidR="0039109D" w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>date</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00460C0B" w14:textId="269C596C" w:rsidR="00141DF1" w:rsidRDefault="00141DF1" w:rsidP="00141DF1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc494716377"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="29" w:name="_Toc166483247"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc494716377"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc95128898"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc166483247"/>
       <w:r w:rsidRPr="000A2565">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00F66F99">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="000A2565">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A6CDA">
         <w:t>CONTRACT TERM</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="49E418D8" w14:textId="17397AA5" w:rsidR="00A24ADD" w:rsidRPr="00141DF1" w:rsidRDefault="00A24ADD" w:rsidP="00A24ADD">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1260"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1847">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>[If this is a one-time purchase</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
@@ -12750,101 +13695,115 @@
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>optional extension(s) may be deleted</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1847">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">.]  </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1847">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">A contract awarded pursuant to this RFQ/IFB shall have an effective date as provided in the Notice of Award.  The term shall be </w:t>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E1847">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>contract awarded</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E1847">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pursuant to this RFQ/IFB shall have an effective date as provided in the Notice of Award.  The term shall be </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">one (1) year </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1847">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>and will expire upon the anniversary date of the effective date unless otherwise stated in the Notice of Award, or unless terminated earlier.  The State retains the option to extend this contract for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> two (2) additional one (1) year periods</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1847">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> at its sole discretion.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0507DF97" w14:textId="70676F8E" w:rsidR="00354780" w:rsidRPr="00291F7E" w:rsidRDefault="00354780" w:rsidP="00291F7E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:ind w:left="450" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc166483248"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc166483248"/>
       <w:r w:rsidRPr="00291F7E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>FURNISH AND DELIVER</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidR="00CF09CF" w:rsidRPr="00291F7E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72D991A6" w14:textId="77777777" w:rsidR="00F66F99" w:rsidRDefault="00F66F99" w:rsidP="00F66F99">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>[Edit the information below as needed to include appropriate quantities, units, and descriptions.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FB58F75" w14:textId="77777777" w:rsidR="00F66F99" w:rsidRDefault="00F66F99" w:rsidP="00F66F99">
       <w:pPr>
@@ -14728,58 +15687,58 @@
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="4320" w:right="-86" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">     Grant Total Offer Cost Years 1-3:_________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E6A7624" w14:textId="77777777" w:rsidR="00D26661" w:rsidRPr="00354780" w:rsidRDefault="00F46C53" w:rsidP="00A5713D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc166483249"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc166483249"/>
       <w:r w:rsidRPr="43472784">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>HISTORICALLY UNDERUTILIZED BUSINESSES</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="23A187F2" w14:textId="77777777" w:rsidR="00E75889" w:rsidRPr="00CD62F6" w:rsidRDefault="00E75889" w:rsidP="00E75889">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD62F6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>For Vendor completion:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75430A68" w14:textId="510FC07B" w:rsidR="005C281B" w:rsidRPr="00FA00DA" w:rsidRDefault="005C281B" w:rsidP="497CDE70">
       <w:pPr>
         <w:spacing w:after="240"/>
@@ -15230,70 +16189,70 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00B8154E" w14:textId="77777777" w:rsidR="005C281B" w:rsidRDefault="005C281B" w:rsidP="005C281B">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23248816" w14:textId="4EEAE7C0" w:rsidR="00471540" w:rsidRPr="005A62B2" w:rsidRDefault="00354780" w:rsidP="00354780">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc166483250"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc166483250"/>
       <w:r w:rsidRPr="00354780">
         <w:t>6.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00354780">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006D7B6A" w:rsidRPr="005A62B2">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">DEPARTMENT OF INFORMATION TECHNOLOGY </w:t>
       </w:r>
       <w:r w:rsidR="00471540" w:rsidRPr="005A62B2">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>INSTRUCTIONS TO VENDORS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="4B85806B" w14:textId="77777777" w:rsidR="00471540" w:rsidRPr="00471540" w:rsidRDefault="00471540" w:rsidP="00471540">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B9C6D33" w14:textId="77777777" w:rsidR="00471540" w:rsidRPr="00471540" w:rsidRDefault="00471540" w:rsidP="46DC85AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="46DC85AF">
@@ -16008,63 +16967,91 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PROTEST PROCEDURES:</w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">  When an offeror wants to protest a contract awarded pursuant to this solicitation that is over $25,000 they must submit a written request to the issuing agency at the address given in this document</w:t>
+        <w:t xml:space="preserve">  When an offeror wants to protest a contract awarded pursuant to this solicitation that is over </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="46DC85AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>$25,000</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="46DC85AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they must submit a written request to the issuing agency at the address given in this document</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>This request must be received in this office within fifteen (15) calendar days from the date of the contract award, and must contain specific sound reasons and any supporting documentation for the protest</w:t>
+        <w:t xml:space="preserve">This request must be received in this office within fifteen (15) calendar days from the date of the contract </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="46DC85AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>award, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="46DC85AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must contain specific sound reasons and any supporting documentation for the protest</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  Contract award notices are sent </w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -16246,120 +17233,134 @@
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  The State will digitize the Vendor’s response if not received electronically, and any awarded contract together with associated contract documents</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>This electronic copy shall be a preservation record, and serve as the official record of this solicitation with the same force and effect as the original written documents comprising such record</w:t>
+        <w:t xml:space="preserve">This electronic copy shall be a preservation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="46DC85AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>record, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="46DC85AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> serve as the official record of this solicitation with the same force and effect as the original written documents comprising such record</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Any printout or other output readable by sight shown to reflect such record accurately is an "original."  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17784BBB" w14:textId="77777777" w:rsidR="00987A88" w:rsidRDefault="00987A88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FA3690C" w14:textId="082E8530" w:rsidR="00471540" w:rsidRDefault="00354780" w:rsidP="004F4C32">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc166483251"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc166483251"/>
       <w:r w:rsidRPr="004F4C32">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00685793" w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DEPARTMENT OF INFORMATION TECHNOLOGY TERMS AND CONDITIONS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="0B20442C" w14:textId="574CAAB7" w:rsidR="006C698A" w:rsidRDefault="006C698A" w:rsidP="006C698A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301C85">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00C07028">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
@@ -16628,51 +17629,65 @@
         </w:rPr>
         <w:t>“Computer Program” means a series of instructions or statements in a form acceptable to a Computer, processor or controller that is designed to cause the Computer, processor or controller to execute an operation or operations</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Computer programs include operating systems, assemblers, compilers, interpreters, data management systems, utility programs, sort-merge programs and maintenance/diagnostics programs, as well as applications programs such as payroll, inventory control and engineering analysis programs</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>Computer Programs may be either machine dependent or machine-independent, and may be general purpose in nature or be designed to satisfy the requirements of a particular user.</w:t>
+        <w:t>Computer Programs may be either machine dependent or machine-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>independent, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be general purpose in nature or be designed to satisfy the requirements of a particular user.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EA93096" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Computer Software” or “Software” means Computer Programs and Data Bases. Also, s</w:t>
       </w:r>
@@ -17223,51 +18238,65 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The State agrees to use its best efforts to see that its employees and users of all Software licensed hereunder comply with the terms and conditions set forth in this Agreement, and any Exhibits or Amendments hereto</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>The State also agrees to refrain from taking any steps, such as reverse engineering, reverse assembly or reverse compilation to derive a source code equivalent to the Software; or portion thereof.</w:t>
+        <w:t xml:space="preserve">The State also agrees to refrain from taking any steps, such as reverse engineering, reverse assembly or reverse compilation to derive a source code equivalent to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Software;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or portion thereof.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36E21B6F" w14:textId="5C67A482" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The State shall have the right to copy the Software, in whole or in part, for use in conducting benchmark or acceptance tests, for business recovery and disaster recovery testing or operations, and consistent with the security, records retainage or other policy of the Agency for archival or emergency purposes, or to replace a worn copy; but not for use in preparing derivative works unless expressly allowed by the Agreement or subsequent Statements of Work</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
@@ -17303,51 +18332,65 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Use of Software on any Products other than that for which it was obtained, removal of Software from the United States or any other material breach shall automatically terminate this license.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E7C6960" w14:textId="48ACBDAD" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>The State’s license includes the right to upgrades, updates, maintenance releases or other enhancements or modifications made generally available to Vendor’s licensees without a separate maintenance or support agreement</w:t>
+        <w:t xml:space="preserve">The State’s license includes the right to upgrades, updates, maintenance releases or other enhancements or modifications made generally available to Vendor’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>licensees</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> without a separate maintenance or support agreement</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Vendor’s right to a new license for new version releases of the Software shall not be abridged by the foregoing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05E38E3A" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
@@ -17513,57 +18556,75 @@
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>All Software and information furnished to the State under this Agreement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="750B61C5" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Shall be used by the State only to install, operate or maintain the Product for which they were originally furnished;</w:t>
-      </w:r>
+        <w:t>Shall</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00354780">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be used by the State only to install, operate or maintain the Product for which they were originally </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00354780">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>furnished;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="50B2A6E5" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Shall not be reproduced or copied, in whole or in part, except as necessary for use as authorized under this agreement; and</w:t>
       </w:r>
     </w:p>
@@ -17716,51 +18777,65 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Software may be transferred within the United States to any location for the State’s normal operations upon written notice to the Vendor without additional cost(s)</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>Transfers for temporary uses arising as a result of a disaster or disaster recovery test may be effected without notice to the Vendor; provided, however, that the State will employ its best efforts to advise the Vendor of any disaster related transfer requiring more than ten (10) business days</w:t>
+        <w:t xml:space="preserve">Transfers for temporary uses arising as a result of a disaster or disaster recovery test may be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>effected</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> without notice to the Vendor; provided, however, that the State will employ its best efforts to advise the Vendor of any disaster related transfer requiring more than ten (10) business days</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>All other transfers may be permitted only with Vendor’s prior written consent, and such consent shall not be unreasonably withheld</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Transfers requiring Vendor’s consent may be subject to an additional license fee.</w:t>
       </w:r>
@@ -17774,51 +18849,65 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The rights granted herein are restricted for use solely by the State</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>The State may not authorize or allow the use or marketing of the Software/Products by or to a third party, and may not assign or transfer the Software or Products to a third party without the prior written consent of Vendor</w:t>
+        <w:t xml:space="preserve">The State may not authorize or allow the use or marketing of the Software/Products by or to a third </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>party, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may not assign or transfer the Software or Products to a third party without the prior written consent of Vendor</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Any assignee or transferee must execute a separate agreement with Vendor</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Any such assignment or transfer shall terminate the obligations of the State under this Agreement</w:t>
       </w:r>
@@ -17839,61 +18928,61 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Custom or Modified Software, if solicited by the State, is being developed or modified exclusively for the State, and such Custom or Modified Software, all related data, all copyrights in the Custom or Modified Software and derivative works belong exclusively to the State and shall be transferred to the State upon creation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6450EDFE" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00A23A73" w:rsidRDefault="007239AD" w:rsidP="0022171D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Ref455125879"/>
+      <w:bookmarkStart w:id="35" w:name="_Ref455125879"/>
       <w:r w:rsidRPr="00A23A73">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>WARRANTY</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="0FC7207D" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Minimum warranties for Products shall include:</w:t>
       </w:r>
     </w:p>
@@ -17998,51 +19087,65 @@
         </w:rPr>
         <w:t>Vendor shall, at its option, either repair or replace any Product reported as not in good working order during the warranty period without charge to the State</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The repair or replacement Products must be new or equivalent to new in performance and fully warranted the same as new</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>All returned Products will become property of Vendor at the time the Product is either placed in shipment to Vendor, or picked up by Vendor.</w:t>
+        <w:t xml:space="preserve">All returned Products will become property of Vendor at the time the Product is either placed in shipment to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Vendor, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> picked up by Vendor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64784D05" w14:textId="459452CB" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The service provided during the warranty period is dependent upon the acceptable warranty option selected by the State and indicated in the State’s solicitation document</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
@@ -18104,92 +19207,92 @@
         </w:rPr>
         <w:t>Software warranties shall include the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32BA2BB8" w14:textId="6B717A5A" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendor warrants the media (comprising diskettes, tapes or other media) to be free of defects in materials or workmanship under normal use for </w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="Dropdown2"/>
+      <w:bookmarkStart w:id="36" w:name="Dropdown2"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Dropdown2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="ninety (90) days"/>
               <w:listEntry w:val="six (6) months "/>
               <w:listEntry w:val="sixty (60) days "/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the date of acceptance unless otherwise agreed</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Vendor shall replace any media reported as not in good working order during the warranty period without charge to the State</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
@@ -18336,75 +19439,100 @@
         </w:rPr>
         <w:t>Vendor warrants to the best of its knowledge that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06600F7C" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The licensed Software and associated materials do not infringe any intellectual property rights of any third party;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">The licensed Software and associated materials do not infringe any intellectual property rights of any third </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00354780">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>party;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2E3EB0BC" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">There are no actual or threatened actions arising from, or alleged under, any intellectual property rights of any third party; </w:t>
+        <w:t xml:space="preserve">There are no actual or threatened actions arising from, or alleged under, any intellectual property rights of any third </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00354780">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>party;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00354780">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360EE7FA" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The licensed Software and associated materials do not contain any surreptitious programming codes, viruses, Trojan Horses, “back doors” or other means to facilitate or allow unauthorized access to the State’s information systems. </w:t>
       </w:r>
@@ -18580,75 +19708,100 @@
         </w:rPr>
         <w:t xml:space="preserve"> does not cover repair for damages, malfunctions or service failures caused by:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21422218" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Actions of non-Vendor personnel;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Actions of non-Vendor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00354780">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>personnel;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0122A47A" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Failure to follow Vendor’s installation, operation or maintenance instructions and/or Services provided to the State; </w:t>
+        <w:t xml:space="preserve">Failure to follow Vendor’s installation, operation or maintenance instructions and/or Services provided to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00354780">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>State;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00354780">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="290C8C50" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Attachment to the Products of non-Vendor products or failure of Products not maintained by Vendor unless such installation or use is approved in writing by the Vendor; or</w:t>
       </w:r>
@@ -18684,124 +19837,124 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3144154E" w14:textId="384E1F49" w:rsidR="007239AD" w:rsidRPr="00A23A73" w:rsidRDefault="007A4601" w:rsidP="00A20D6E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Ref455124854"/>
+      <w:bookmarkStart w:id="37" w:name="_Ref455124854"/>
       <w:r w:rsidRPr="00A23A73">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">INTELLECTUAL PROPERTY </w:t>
       </w:r>
       <w:r w:rsidR="007239AD" w:rsidRPr="00A23A73">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>INDEMNITY</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="1BF227CE" w14:textId="20FE0F90" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Ref455124838"/>
+      <w:bookmarkStart w:id="38" w:name="_Ref455124838"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The Vendor, at its own expense, shall defend any action brought against the State to the extent that such action is based upon a claim that the Software or Products supplied by the Vendor, their use or operation infringes on a patent, copyright, trademark or violates a trade secret in the United States</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The Vendor shall pay those costs and damages finally awarded or agreed in settlement against the State in any such action</w:t>
       </w:r>
       <w:r w:rsidR="007A4601" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>; damages shall be limited as provided in N.C.G.S. 143B-1350(h1)</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Such defense and payment shall be conditioned on the following:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="33EDD4D7" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>That the Vendor shall be notified within a reasonable time in writing by the State of any such claim; and,</w:t>
       </w:r>
     </w:p>
@@ -18838,111 +19991,125 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>If any modifications to the Software applied by Vendor become the subject of a claim of infringement of a patent, copyright, Trademark or a trade secret in the United States, the Vendor, shall at its option and expense, either procure for the State the right to continue using the Software, or to replace or modify the same to become noninfringing</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>If neither of these options can reasonably be taken in Vendor's judgment, or if further use shall be prevented by injunction, the Vendor agrees to take back any affected Software modifications, and refund any sums the State has paid Vendor for Services and the State shall then have the option of terminating the Agreement, or applicable portions thereof, without penalty or termination charge.</w:t>
+        <w:t xml:space="preserve">If neither of these options can reasonably be taken in Vendor's judgment, or if further use shall be prevented by injunction, the Vendor agrees to take back any affected Software </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>modifications, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> refund any sums the State has paid Vendor for Services and the State shall then have the option of terminating the Agreement, or applicable portions thereof, without penalty or termination charge.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A01512E" w14:textId="6A93A515" w:rsidR="00F275FD" w:rsidRPr="00354780" w:rsidRDefault="00F275FD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vendor will not be required to defend or indemnify the State if any claim by a third party against the State for infringement or misappropriation results from the State's alteration of any Vendor-branded Software, or from the continued use of the good(s) or Services after receiving notice they infringe on an intellectual property right of a third party.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3150225B" w14:textId="1B4EB5B6" w:rsidR="007239AD" w:rsidRPr="00A23A73" w:rsidRDefault="00A20D6E" w:rsidP="0022171D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Ref455125587"/>
+      <w:bookmarkStart w:id="39" w:name="_Ref455125587"/>
       <w:r w:rsidRPr="00A23A73">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">EXCLUSIVE REMEDIES AND </w:t>
       </w:r>
       <w:r w:rsidR="007239AD" w:rsidRPr="00A23A73">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>LIMITATION OF LIABILITY</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="6A42CDD4" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For purposes of the exclusive remedies and limitations of liability set forth in this Paragraph, Vendor shall be deemed to include the Vendor and its employees, agents, representatives, subcontractors, and suppliers and damages shall be deemed to refer collectively to all injuries, damages, losses, liabilities, expenses or costs incurred.</w:t>
       </w:r>
     </w:p>
@@ -19641,51 +20808,67 @@
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to allow Vendor to perform Support Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="521F0CE9" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00A23A73">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Support does not cover any damage or failure cause by:</w:t>
+        <w:t xml:space="preserve">Support does not cover any damage or failure </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00354780">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cause</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00354780">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C3F1CE4" w14:textId="37B631E3" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -19800,100 +20983,136 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A23A73">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>TRANSPORTATION</w:t>
       </w:r>
       <w:r w:rsidR="00A23A73">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Transportation charges for software shall be FOB Destination unless delivered by internet or file-transfer as agreed by the State, or otherwise specified in the solicitation document or purchase order.</w:t>
+        <w:t xml:space="preserve"> Transportation charges for software shall be FOB Destination unless delivered by internet or file-transfer as agreed by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00354780">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>State, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00354780">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> otherwise specified in the solicitation document or purchase order.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B09F62E" w14:textId="181A4934" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="497CDE70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>TRAVEL EXPENSES</w:t>
       </w:r>
       <w:r w:rsidR="00A23A73" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>All travel expenses should be included in the Vendor’s proposed costs</w:t>
+        <w:t xml:space="preserve">All travel expenses should be included in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>the Vendor’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proposed costs</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Separately stated travel expenses will not be reimbursed</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
@@ -19957,99 +21176,113 @@
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The State will reimburse travel allowances only for days on which the Vendor is required to be in North Carolina performing Services under this Agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48363D25" w14:textId="70B13A01" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="497CDE70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Ref21395720"/>
+      <w:bookmarkStart w:id="40" w:name="_Ref21395720"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PROHIBITION AGAINST CONTINGENT FEES AND GRATUITIES</w:t>
       </w:r>
       <w:r w:rsidR="00A23A73" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vendor warrants that it has not paid, and agrees not to pay, any bonus, commission, fee, or gratuity to any employee or official of the State for the purpose of obtaining any contract or award issued by the State</w:t>
+        <w:t xml:space="preserve"> Vendor warrants that it has not paid, and agrees not to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>pay,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any bonus, commission, fee, or gratuity to any employee or official of the State for the purpose of obtaining any contract or award issued by the State</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Subsequent discovery by the State of non-compliance with these provisions shall constitute sufficient cause for immediate termination of all outstanding Agreements</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Violations of this provision may result in debarment of the vendor(s) or Vendor(s) as permitted by 09 NCAC 06B.1207, or other provision of law.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="63D486C9" w14:textId="61F835F8" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="497CDE70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>AVAILABILITY OF FUNDS</w:t>
       </w:r>
@@ -20093,51 +21326,65 @@
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>is expressly contingent upon</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the appropriation, allocation, and availability of funds by the N.C. Legislature for the purposes set forth in the Agreement</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>If funds to effect payment are not available, the Agency will provide written notification to Vendor</w:t>
+        <w:t xml:space="preserve">If funds to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>effect</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> payment are not available, the Agency will provide written notification to Vendor</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>If the Agreement is terminated under this paragraph, Vendor agrees to take back any affected Products and software not yet delivered under this Agreement, terminate any Services supplied to the Agency under this Agreement, and relieve the Agency of any further obligation thereof</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The State shall remit payment for Products and Services accepted prior to the date of the aforesaid notice in conformance with the payment terms.</w:t>
       </w:r>
@@ -20272,97 +21519,97 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The State may define such processes and procedures as may be necessary or proper, in its opinion and discretion, to ensure compliance with the State’s specifications and Vendor’s technical representations. Acceptance of software or Services may be controlled by amendment hereto, or additional terms as agreed by the parties</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In the event acceptance of Software or Services is not described in additional contract documents, the State shall have the obligation to notify Vendor, in writing and within </w:t>
       </w:r>
-      <w:bookmarkStart w:id="40" w:name="Dropdown1"/>
+      <w:bookmarkStart w:id="41" w:name="Dropdown1"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Dropdown1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="ten (10) days "/>
               <w:listEntry w:val="a reasonable time "/>
               <w:listEntry w:val="two (2) weeks "/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> following installation of any software deliverable described in the contract if it is not acceptable</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The notice shall specify in reasonable detail the reason(s) a deliverable is unacceptable</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
@@ -20470,91 +21717,133 @@
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Vendor may designate information, Products, software or appropriate portions of its response as confidential, consistent with and to the extent permitted under the Statutes and Rules set forth above, by marking the top and bottom of pages containing confidential information with a legend in boldface type “</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>CONFIDENTIAL.</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">”  By so marking any page, the Vendor warrants that it has formed a good faith opinion, having received such necessary or proper review by counsel and other knowledgeable advisors that the portions marked confidential meet the requirements of the Rules and Statutes set forth above. </w:t>
+        <w:t xml:space="preserve">”  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>By so</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> marking any page, the Vendor warrants that it has formed a good faith opinion, having received such necessary or proper review by counsel and other knowledgeable advisors that the portions marked </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>confidential</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meet the requirements of the Rules and Statutes set forth above. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>However, under no circumstances shall price information be designated as confidential.</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> The State agrees to promptly notify the Vendor in writing of any action seeking to compel the disclosure of Vendor’s confidential information</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>If an action is brought pursuant to N.C.</w:t>
       </w:r>
       <w:r w:rsidR="00EB4884" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>G.S.</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> §132-9 to compel the State to disclose information marked confidential, the Vendor agrees that it will intervene in the action through its counsel and participate in defending the State, including any public official(s) or public employee(s)</w:t>
+        <w:t xml:space="preserve"> §132-9 to compel the State to disclose information marked </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>confidential</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, the Vendor agrees that it will intervene in the action through its counsel and participate in defending the State, including any public official(s) or public employee(s)</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The Vendor agrees that it shall hold the State and any official(s) and individual(s) harmless from any and all damages, costs, and attorneys’ fees awarded against the State in the action. The State shall have the right, at its option and expense, to participate in the defense of the action through its counsel</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The State shall have no liability to Vendor with respect to the disclosure of Vendor’s confidential information ordered by a court of competent jurisdiction pursuant to N.C. </w:t>
       </w:r>
@@ -20926,214 +22215,214 @@
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Evidence of such additional exemptions or exclusions may be provided to Vendor by Agencies, as applicable, during the term of this Agreement</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Applicable State or local sales taxes shall be invoiced as a separate item.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="_Ref21395675"/>
+      <w:bookmarkStart w:id="42" w:name="_Ref21395675"/>
     </w:p>
     <w:p w14:paraId="7FA0FDAC" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00E00E46" w:rsidRDefault="007239AD" w:rsidP="0022171D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E00E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>GOVERNING LAWS, JURISDICTION, AND VENUE</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="5E30A831" w14:textId="132FF9BC" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>This Agreement is made under and shall be governed and construed in accordance with the laws of the State of North Carolina</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The place of this Agreement or purchase order, its situs and forum, shall be Wake County, North Carolina, where all matters, whether sounding in contract or in tort, relating to its validity, construction, interpretation and enforcement shall be determined</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Vendor agrees and submits, solely for matters relating to this Agreement, to the jurisdiction of the courts of the State of North Carolina, and stipulates that Wake County shall be the proper venue for all matters.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="_Ref21395771"/>
+      <w:bookmarkStart w:id="43" w:name="_Ref21395771"/>
     </w:p>
     <w:p w14:paraId="0BB1519F" w14:textId="58A55D7F" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Except to the extent the provisions of the Agreement are clearly inconsistent therewith, the applicable provisions of the Uniform Commercial Code as modified and adopted in North Carolina shall govern this Agreement</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>To the extent the Agreement entails both the supply of "goods" and "Services," such shall be deemed "goods" within the meaning of the Uniform Commercial Code, except when deeming such Services as "goods" would result in a clearly unreasonable interpretation.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="2C94F0DE" w14:textId="6FEED266" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="497CDE70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Ref455126453"/>
+      <w:bookmarkStart w:id="44" w:name="_Ref455126453"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DEFAULT</w:t>
       </w:r>
       <w:r w:rsidR="00A20D6E" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00FA4460" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> In the event Services or other Deliverable furnished or performed by the Vendor during performance of any Contract term fail to conform to any material requirement(s) of the Contract specifications, notice of the failure is provided by the State and if the failure is not cured within ten (10) days, the State may cancel the contract. Default may be cause for debarment as provided in 09 NCAC 06B.1206</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00FA4460" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The rights and remedies of the State provided above shall not be exclusive and are in addition to any other rights and remedies provided by law or under the Contract</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68E93FA6" w14:textId="34266F14" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="497CDE70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1710"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -21781,89 +23070,89 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> In the event that a court of competent jurisdiction holds that a provision or requirement of this Agreement violates any applicable law, each such provision or requirement shall be enforced only to the extent it is not in violation of law or is not otherwise unenforceable and all other provisions and requirements of this Agreement shall remain in full force and effect</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>All promises, requirement, terms, conditions, provisions, representations, guarantees and warranties contained herein shall survive the expiration or termination date unless specifically provided otherwise herein, or unless superseded by applicable federal or State statute, including statutes of repose or limitation.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="_Ref21395654"/>
+      <w:bookmarkStart w:id="45" w:name="_Ref21395654"/>
     </w:p>
     <w:p w14:paraId="72AA3D98" w14:textId="7542EDAE" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00E00E46">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E00E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>FEDERAL INTELLECTUAL PROPERTY BANKRUPTCY PROTECTION ACT</w:t>
       </w:r>
       <w:r w:rsidR="00E00E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Parties agree that the Agency shall be entitled to all rights and benefits of the Federal Intellectual Property Bankruptcy Protection Act, Public Law 100-506, codified at 11 U.S.C. 365(n), and any amendments thereto.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="0809F36C" w14:textId="5E5DFFE5" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="497CDE70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ELECTRONIC PROCUREMENT</w:t>
       </w:r>
       <w:r w:rsidR="00E00E46" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -22149,75 +23438,103 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The State or State approved user, not the Supplier Manager, shall be responsible for the solicitation, offers received, evaluation of offers received, award of contract, and the payment for goods delivered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="201B0D56" w14:textId="3D8172DF" w:rsidR="00A77708" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="497CDE70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>Vendor agrees at all times to maintain the confidentiality of its user name and password for the Statewide E-Procurement Services</w:t>
+        <w:t xml:space="preserve">Vendor agrees at all times to maintain the confidentiality of its </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>user name</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and password for the Statewide E-Procurement Services</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>If a Vendor is a corporation, partnership or other legal entity, then the Vendor may authorize its employees to use its password</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>Vendor shall be responsible for all activity and all charges for such employees</w:t>
+        <w:t xml:space="preserve">Vendor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be responsible for all activity and all charges for such employees</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Vendor agrees not to permit a third party to use the Statewide E-Procurement Services through its account</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>If there is a breach of security through the Vendor’s account, Vendor shall immediately change its password and notify the Supplier Manager of the security breach by e-mail</w:t>
       </w:r>
@@ -22228,105 +23545,105 @@
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Vendor shall cooperate with the state and the Supplier Manager to mitigate and correct any security breach.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A77708" w:rsidRPr="00354780" w:rsidSect="00AB4B18">
       <w:headerReference w:type="default" r:id="rId32"/>
       <w:footerReference w:type="default" r:id="rId33"/>
       <w:headerReference w:type="first" r:id="rId34"/>
       <w:footerReference w:type="first" r:id="rId35"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="994" w:right="720" w:bottom="432" w:left="720" w:header="720" w:footer="893" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:comment w:id="23" w:author="Pacyna, Andrea T" w:date="2022-07-13T14:20:00Z" w:initials="PAT">
+  <w:comment w:id="24" w:author="Pacyna, Andrea T" w:date="2022-07-13T14:20:00Z" w:initials="PAT">
     <w:p w14:paraId="691DDAEF" w14:textId="77777777" w:rsidR="007B6D25" w:rsidRDefault="007B6D25" w:rsidP="007B6D25">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>This link is good.</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="691DDAEF" w15:done="1"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="267F0163" w16cex:dateUtc="2022-07-13T18:20:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="691DDAEF" w16cid:durableId="267F0163"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3366D4C5" w14:textId="77777777" w:rsidR="00160E40" w:rsidRDefault="00160E40">
+    <w:p w14:paraId="28DAB257" w14:textId="77777777" w:rsidR="002157DE" w:rsidRDefault="002157DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3670D7BB" w14:textId="77777777" w:rsidR="00160E40" w:rsidRDefault="00160E40">
+    <w:p w14:paraId="20E730A4" w14:textId="77777777" w:rsidR="002157DE" w:rsidRDefault="002157DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7D01B72C" w14:textId="77777777" w:rsidR="00160E40" w:rsidRDefault="00160E40"/>
+    <w:p w14:paraId="5856F4DF" w14:textId="77777777" w:rsidR="002157DE" w:rsidRDefault="002157DE"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -22423,51 +23740,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="56D3EB6E" w14:textId="77777777" w:rsidR="00506E49" w:rsidRDefault="00506E49" w:rsidP="005C494D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1AFBBF25" w14:textId="2A20974F" w:rsidR="00506E49" w:rsidRPr="0095549C" w:rsidRDefault="00506E49" w:rsidP="0042FC02">
+  <w:p w14:paraId="1AFBBF25" w14:textId="5301C2BB" w:rsidR="00506E49" w:rsidRPr="0095549C" w:rsidRDefault="00506E49" w:rsidP="0042FC02">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0042FC02" w:rsidRPr="00FD3CEE">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -22542,63 +23859,56 @@
     </w:r>
     <w:r w:rsidR="0042FC02" w:rsidRPr="0042FC02">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>23</w:t>
     </w:r>
     <w:r w:rsidRPr="0042FC02">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00D3626C">
+    <w:r w:rsidR="00905149">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>August 26</w:t>
-[...6 lines deleted...]
-      <w:t>, 2025</w:t>
+      <w:t>October 9, 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
     </w:tblGrid>
     <w:tr w:rsidR="0042FC02" w14:paraId="0785118D" w14:textId="77777777" w:rsidTr="0042FC02">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
@@ -22624,65 +23934,65 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="425F6378" w14:textId="63F982B1" w:rsidR="0042FC02" w:rsidRDefault="0042FC02" w:rsidP="0042FC02">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="468BA28D" w14:textId="5921EFF9" w:rsidR="0042FC02" w:rsidRDefault="0042FC02" w:rsidP="0042FC02">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4707B122" w14:textId="77777777" w:rsidR="00160E40" w:rsidRDefault="00160E40">
+    <w:p w14:paraId="25C02A95" w14:textId="77777777" w:rsidR="002157DE" w:rsidRDefault="002157DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A256488" w14:textId="77777777" w:rsidR="00160E40" w:rsidRDefault="00160E40">
+    <w:p w14:paraId="06654778" w14:textId="77777777" w:rsidR="002157DE" w:rsidRDefault="002157DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1D2C79D8" w14:textId="77777777" w:rsidR="00160E40" w:rsidRDefault="00160E40"/>
+    <w:p w14:paraId="4A0754B7" w14:textId="77777777" w:rsidR="002157DE" w:rsidRDefault="002157DE"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="562AFD12" w14:textId="2EA93E6C" w:rsidR="00506E49" w:rsidRPr="00FB52D4" w:rsidRDefault="00B61078">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>IFB/RFQ</w:t>
     </w:r>
     <w:r w:rsidR="00417A41">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
@@ -24430,50 +25740,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C22767E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8B90BA90"/>
+    <w:lvl w:ilvl="0" w:tplc="CD503096">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B32ACDBE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7F962684">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0DA48FF6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4FFC0DD8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95544522">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BF8255BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="28DCFD22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C835C8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="611CD07E"/>
     <w:lvl w:ilvl="0" w:tplc="5CB065BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -24519,51 +25918,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5850" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6570" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7290" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31CB00BA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3C1E95AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
@@ -24700,51 +26099,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33644735"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0465800"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24813,51 +26212,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="339D3C84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A40E349C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -24926,51 +26325,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34C9442E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D2EE9E4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25039,51 +26438,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="373D4D90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D420566A"/>
     <w:lvl w:ilvl="0" w:tplc="8500F95E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="RFPBulletList"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -25153,51 +26552,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38251814"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D07816A6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25266,71 +26665,71 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F834FC9"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BB704C20"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43276FFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D19E369E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -25372,51 +26771,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45883E9A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="404AB436"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
@@ -25553,51 +26952,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="470A05F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C414B91E"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -25639,51 +27038,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4883166A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A132ACDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
@@ -25821,51 +27220,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49712D7C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A8203DAC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
@@ -26002,51 +27401,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54DD5722"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="52C259CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
@@ -26184,51 +27583,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B54A20F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="9740F838">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="03622832">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="8E98FE52">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -26270,51 +27669,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="3C946A08">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="572EE73C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BCA1025"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="22684B56"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
@@ -26436,51 +27835,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FBB4A30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80825C1C"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DC9CE76C">
       <w:start w:val="1"/>
@@ -26566,51 +27965,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FCA1F30"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="934C2D0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -26679,51 +28078,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="619153D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B329058"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26792,51 +28191,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="660F707A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3544E846"/>
     <w:lvl w:ilvl="0" w:tplc="7CAA0BFE">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7BBC5310">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1710" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="25847AE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -26878,51 +28277,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5310" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D8E099F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="017C4FD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67574A24"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F2065192"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1470" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -26991,51 +28390,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8370" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9720" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C1D73DB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F3769490"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -27104,51 +28503,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CE71EB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A58EC1AC"/>
     <w:lvl w:ilvl="0" w:tplc="D0CEEEDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7A00F528">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -27202,51 +28601,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F461CDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBC66742"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27315,51 +28714,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7901726D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10D661B0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27428,70 +28827,70 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A5F6835"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="818C4DE4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BCF7D12"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F6C0E742"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1470" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -27560,51 +28959,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8370" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9720" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D057C5A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="65A61556"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
@@ -27742,283 +29141,287 @@
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="604535668">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1178622870">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="105928120">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="179779184">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="39"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1309478194">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1056053397">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1568804205">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1302537336">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1574389595">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1033193261">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2057511518">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1077240349">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1098255947">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1021005012">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2007514118">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="102724724">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="263537451">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="324431368">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1928003942">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1145972441">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="819007656">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1385644085">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="2107270051">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="248079137">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1225796396">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="2067952031">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1270046867">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="110903248">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1587227030">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="297226232">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="2003509025">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1638560856">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1675181909">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="505830062">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="80882708">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="501362585">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="920989045">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1535532405">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="770197389">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1785609127">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1593196624">
     <w:abstractNumId w:val="7"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="4"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1229992738">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="206727752">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1146434993">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="797340894">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="46" w16cid:durableId="733160256">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
   <w:numIdMacAtCleanup w:val="38"/>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Pacyna, Andrea T">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::andrea.pacyna@nc.gov::7f8faf62-052f-480e-aec9-ebdd446e6b57"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -28191,50 +29594,51 @@
     <w:rsid w:val="001D4D5C"/>
     <w:rsid w:val="001D5E12"/>
     <w:rsid w:val="001D62E5"/>
     <w:rsid w:val="001D7B2F"/>
     <w:rsid w:val="001E0FBA"/>
     <w:rsid w:val="001E14DC"/>
     <w:rsid w:val="001E1D5D"/>
     <w:rsid w:val="001E1E6C"/>
     <w:rsid w:val="001E25C8"/>
     <w:rsid w:val="001E26ED"/>
     <w:rsid w:val="001E41C4"/>
     <w:rsid w:val="001F306B"/>
     <w:rsid w:val="001F38F1"/>
     <w:rsid w:val="002003B2"/>
     <w:rsid w:val="002007BA"/>
     <w:rsid w:val="00202C21"/>
     <w:rsid w:val="00203737"/>
     <w:rsid w:val="00204BBB"/>
     <w:rsid w:val="00205597"/>
     <w:rsid w:val="00205AB1"/>
     <w:rsid w:val="00206742"/>
     <w:rsid w:val="002117E2"/>
     <w:rsid w:val="00211E5A"/>
     <w:rsid w:val="002132FA"/>
     <w:rsid w:val="00213449"/>
+    <w:rsid w:val="002157DE"/>
     <w:rsid w:val="00215BC0"/>
     <w:rsid w:val="002211A5"/>
     <w:rsid w:val="0022171D"/>
     <w:rsid w:val="002239FE"/>
     <w:rsid w:val="00223BB2"/>
     <w:rsid w:val="00227F96"/>
     <w:rsid w:val="00231D3A"/>
     <w:rsid w:val="00234079"/>
     <w:rsid w:val="002344EE"/>
     <w:rsid w:val="00235FB0"/>
     <w:rsid w:val="002361C6"/>
     <w:rsid w:val="00236BE3"/>
     <w:rsid w:val="00241D1A"/>
     <w:rsid w:val="00244812"/>
     <w:rsid w:val="00245830"/>
     <w:rsid w:val="00246FDC"/>
     <w:rsid w:val="002475CB"/>
     <w:rsid w:val="00247B7D"/>
     <w:rsid w:val="00250CFC"/>
     <w:rsid w:val="00253E76"/>
     <w:rsid w:val="00254413"/>
     <w:rsid w:val="00255128"/>
     <w:rsid w:val="00256951"/>
     <w:rsid w:val="00257B8E"/>
     <w:rsid w:val="00262516"/>
@@ -28286,50 +29690,51 @@
     <w:rsid w:val="002F43F9"/>
     <w:rsid w:val="002F48E1"/>
     <w:rsid w:val="002F590C"/>
     <w:rsid w:val="0030031A"/>
     <w:rsid w:val="00301C85"/>
     <w:rsid w:val="00305CA3"/>
     <w:rsid w:val="003061A1"/>
     <w:rsid w:val="00312DC4"/>
     <w:rsid w:val="00314079"/>
     <w:rsid w:val="003141E2"/>
     <w:rsid w:val="00316E3A"/>
     <w:rsid w:val="00320B9F"/>
     <w:rsid w:val="003216FD"/>
     <w:rsid w:val="00321DBB"/>
     <w:rsid w:val="003220B3"/>
     <w:rsid w:val="0032555D"/>
     <w:rsid w:val="0032768F"/>
     <w:rsid w:val="00330A29"/>
     <w:rsid w:val="00332540"/>
     <w:rsid w:val="003352FA"/>
     <w:rsid w:val="00335DEC"/>
     <w:rsid w:val="00341237"/>
     <w:rsid w:val="0034626C"/>
     <w:rsid w:val="00347060"/>
     <w:rsid w:val="00347E25"/>
+    <w:rsid w:val="00351137"/>
     <w:rsid w:val="00353953"/>
     <w:rsid w:val="00353C4D"/>
     <w:rsid w:val="00354780"/>
     <w:rsid w:val="00355050"/>
     <w:rsid w:val="003577E3"/>
     <w:rsid w:val="00357C19"/>
     <w:rsid w:val="00360B4C"/>
     <w:rsid w:val="00361CB7"/>
     <w:rsid w:val="00363FA4"/>
     <w:rsid w:val="00365477"/>
     <w:rsid w:val="003673BD"/>
     <w:rsid w:val="003704DB"/>
     <w:rsid w:val="00373640"/>
     <w:rsid w:val="003759F6"/>
     <w:rsid w:val="00376A73"/>
     <w:rsid w:val="003871E8"/>
     <w:rsid w:val="0039109D"/>
     <w:rsid w:val="00391485"/>
     <w:rsid w:val="003917D1"/>
     <w:rsid w:val="00394C3F"/>
     <w:rsid w:val="00395694"/>
     <w:rsid w:val="0039605C"/>
     <w:rsid w:val="00396175"/>
     <w:rsid w:val="00396559"/>
     <w:rsid w:val="00397A49"/>
@@ -28369,167 +29774,172 @@
     <w:rsid w:val="004103F9"/>
     <w:rsid w:val="004111BF"/>
     <w:rsid w:val="00412A71"/>
     <w:rsid w:val="00413218"/>
     <w:rsid w:val="00413CEF"/>
     <w:rsid w:val="00417A41"/>
     <w:rsid w:val="00417C4B"/>
     <w:rsid w:val="004200D3"/>
     <w:rsid w:val="00421592"/>
     <w:rsid w:val="00423729"/>
     <w:rsid w:val="004268F5"/>
     <w:rsid w:val="00427FC5"/>
     <w:rsid w:val="0042FC02"/>
     <w:rsid w:val="004300C6"/>
     <w:rsid w:val="00430F27"/>
     <w:rsid w:val="00433C6D"/>
     <w:rsid w:val="00437553"/>
     <w:rsid w:val="004409FD"/>
     <w:rsid w:val="00445448"/>
     <w:rsid w:val="00446E9F"/>
     <w:rsid w:val="004522B1"/>
     <w:rsid w:val="00453A8A"/>
     <w:rsid w:val="00455296"/>
     <w:rsid w:val="00455360"/>
     <w:rsid w:val="00455F51"/>
+    <w:rsid w:val="00456409"/>
     <w:rsid w:val="00456B02"/>
     <w:rsid w:val="00456E65"/>
     <w:rsid w:val="00457512"/>
     <w:rsid w:val="00457FB1"/>
     <w:rsid w:val="004612D8"/>
     <w:rsid w:val="00462500"/>
     <w:rsid w:val="004634A3"/>
     <w:rsid w:val="00465FAF"/>
     <w:rsid w:val="00470C54"/>
     <w:rsid w:val="00471540"/>
     <w:rsid w:val="00481C10"/>
     <w:rsid w:val="00482545"/>
     <w:rsid w:val="00482877"/>
     <w:rsid w:val="00483268"/>
     <w:rsid w:val="0048338E"/>
     <w:rsid w:val="0048735C"/>
     <w:rsid w:val="00490652"/>
     <w:rsid w:val="00491E4A"/>
     <w:rsid w:val="00492490"/>
+    <w:rsid w:val="00494A3F"/>
     <w:rsid w:val="00495D74"/>
     <w:rsid w:val="0049623D"/>
+    <w:rsid w:val="00496A08"/>
     <w:rsid w:val="004A3528"/>
     <w:rsid w:val="004A5A02"/>
     <w:rsid w:val="004A6E02"/>
     <w:rsid w:val="004B28FD"/>
     <w:rsid w:val="004B34F8"/>
     <w:rsid w:val="004B35E2"/>
     <w:rsid w:val="004C0643"/>
     <w:rsid w:val="004C19F5"/>
     <w:rsid w:val="004C1D3A"/>
     <w:rsid w:val="004C2755"/>
     <w:rsid w:val="004C4937"/>
     <w:rsid w:val="004C7B83"/>
     <w:rsid w:val="004D463D"/>
     <w:rsid w:val="004D4F03"/>
     <w:rsid w:val="004D5562"/>
     <w:rsid w:val="004D564E"/>
     <w:rsid w:val="004E0E93"/>
     <w:rsid w:val="004E1472"/>
     <w:rsid w:val="004E1F4B"/>
     <w:rsid w:val="004E2C88"/>
     <w:rsid w:val="004E5C46"/>
     <w:rsid w:val="004E6702"/>
     <w:rsid w:val="004F0AD5"/>
     <w:rsid w:val="004F14F7"/>
     <w:rsid w:val="004F2E55"/>
     <w:rsid w:val="004F4C32"/>
     <w:rsid w:val="004F5D78"/>
     <w:rsid w:val="004F6EB2"/>
     <w:rsid w:val="004F7B83"/>
     <w:rsid w:val="00500CF3"/>
     <w:rsid w:val="00502B62"/>
     <w:rsid w:val="00504576"/>
     <w:rsid w:val="00506E49"/>
     <w:rsid w:val="0051143E"/>
     <w:rsid w:val="00512E81"/>
     <w:rsid w:val="0051518D"/>
     <w:rsid w:val="00515333"/>
     <w:rsid w:val="00517444"/>
     <w:rsid w:val="00522A19"/>
     <w:rsid w:val="005230BD"/>
     <w:rsid w:val="00523910"/>
     <w:rsid w:val="00526CD3"/>
     <w:rsid w:val="00526FAB"/>
     <w:rsid w:val="00527538"/>
     <w:rsid w:val="0053644E"/>
-    <w:rsid w:val="00542603"/>
     <w:rsid w:val="00542837"/>
     <w:rsid w:val="00543B2D"/>
     <w:rsid w:val="00545556"/>
     <w:rsid w:val="00546708"/>
     <w:rsid w:val="0054712F"/>
     <w:rsid w:val="00547CCA"/>
     <w:rsid w:val="005504BC"/>
     <w:rsid w:val="00551C87"/>
     <w:rsid w:val="00551E49"/>
     <w:rsid w:val="00551E65"/>
     <w:rsid w:val="00553452"/>
     <w:rsid w:val="005560EF"/>
     <w:rsid w:val="00556F6D"/>
+    <w:rsid w:val="00560FAB"/>
     <w:rsid w:val="00561F82"/>
     <w:rsid w:val="00566062"/>
     <w:rsid w:val="0056661F"/>
     <w:rsid w:val="005668B3"/>
     <w:rsid w:val="00566D04"/>
     <w:rsid w:val="00566E3E"/>
     <w:rsid w:val="00571593"/>
     <w:rsid w:val="00576BD1"/>
     <w:rsid w:val="00583888"/>
     <w:rsid w:val="005855AE"/>
     <w:rsid w:val="00587294"/>
     <w:rsid w:val="005874EA"/>
     <w:rsid w:val="005907BF"/>
     <w:rsid w:val="00593AE4"/>
     <w:rsid w:val="00593D28"/>
     <w:rsid w:val="00594D68"/>
     <w:rsid w:val="005964CE"/>
     <w:rsid w:val="005973CE"/>
     <w:rsid w:val="005A209D"/>
     <w:rsid w:val="005A62B2"/>
     <w:rsid w:val="005A6E97"/>
     <w:rsid w:val="005A6FAA"/>
     <w:rsid w:val="005B1442"/>
     <w:rsid w:val="005B2272"/>
     <w:rsid w:val="005B288B"/>
     <w:rsid w:val="005C0791"/>
     <w:rsid w:val="005C281B"/>
     <w:rsid w:val="005C411F"/>
     <w:rsid w:val="005C494D"/>
     <w:rsid w:val="005C4D4E"/>
+    <w:rsid w:val="005C64A4"/>
     <w:rsid w:val="005D1336"/>
     <w:rsid w:val="005D1A58"/>
     <w:rsid w:val="005D2E8E"/>
     <w:rsid w:val="005D5CFC"/>
     <w:rsid w:val="005D5F53"/>
     <w:rsid w:val="005D6E68"/>
     <w:rsid w:val="005D7847"/>
+    <w:rsid w:val="005E16CE"/>
     <w:rsid w:val="005E1934"/>
     <w:rsid w:val="005E3946"/>
     <w:rsid w:val="005E5695"/>
     <w:rsid w:val="005E6706"/>
     <w:rsid w:val="005F080B"/>
     <w:rsid w:val="005F08DA"/>
     <w:rsid w:val="005F3FAC"/>
     <w:rsid w:val="005F4CC1"/>
     <w:rsid w:val="0060014B"/>
     <w:rsid w:val="00600252"/>
     <w:rsid w:val="006010A4"/>
     <w:rsid w:val="006019EB"/>
     <w:rsid w:val="00606D9A"/>
     <w:rsid w:val="006071D1"/>
     <w:rsid w:val="006076BB"/>
     <w:rsid w:val="00610E85"/>
     <w:rsid w:val="0061289E"/>
     <w:rsid w:val="00612C56"/>
     <w:rsid w:val="006204C3"/>
     <w:rsid w:val="00622409"/>
     <w:rsid w:val="00622FBF"/>
     <w:rsid w:val="006246E0"/>
     <w:rsid w:val="00626EFB"/>
     <w:rsid w:val="0062757A"/>
     <w:rsid w:val="006338CA"/>
@@ -28537,86 +29947,89 @@
     <w:rsid w:val="006348D0"/>
     <w:rsid w:val="00636FC4"/>
     <w:rsid w:val="0063777B"/>
     <w:rsid w:val="00640158"/>
     <w:rsid w:val="006437BE"/>
     <w:rsid w:val="00643FD9"/>
     <w:rsid w:val="00645037"/>
     <w:rsid w:val="00645164"/>
     <w:rsid w:val="0065402A"/>
     <w:rsid w:val="006558C0"/>
     <w:rsid w:val="00656191"/>
     <w:rsid w:val="00657B9D"/>
     <w:rsid w:val="0066056D"/>
     <w:rsid w:val="00664CC9"/>
     <w:rsid w:val="006701EC"/>
     <w:rsid w:val="006722D0"/>
     <w:rsid w:val="00675072"/>
     <w:rsid w:val="00675A50"/>
     <w:rsid w:val="00676A0F"/>
     <w:rsid w:val="00677603"/>
     <w:rsid w:val="006807E8"/>
     <w:rsid w:val="00682616"/>
     <w:rsid w:val="00685793"/>
     <w:rsid w:val="006876B1"/>
     <w:rsid w:val="00687D34"/>
+    <w:rsid w:val="00692229"/>
     <w:rsid w:val="006947F9"/>
     <w:rsid w:val="00694F52"/>
+    <w:rsid w:val="00696354"/>
     <w:rsid w:val="0069651A"/>
     <w:rsid w:val="00697F0B"/>
     <w:rsid w:val="006A6079"/>
     <w:rsid w:val="006B388C"/>
     <w:rsid w:val="006B41D0"/>
     <w:rsid w:val="006B5012"/>
     <w:rsid w:val="006B515A"/>
     <w:rsid w:val="006B5643"/>
     <w:rsid w:val="006B5B91"/>
     <w:rsid w:val="006C2AC4"/>
     <w:rsid w:val="006C2BA9"/>
     <w:rsid w:val="006C3709"/>
     <w:rsid w:val="006C3776"/>
     <w:rsid w:val="006C51B0"/>
     <w:rsid w:val="006C580E"/>
     <w:rsid w:val="006C698A"/>
     <w:rsid w:val="006D0E32"/>
     <w:rsid w:val="006D5690"/>
     <w:rsid w:val="006D7B6A"/>
     <w:rsid w:val="006D7FF3"/>
     <w:rsid w:val="006E2CAF"/>
     <w:rsid w:val="006E382E"/>
     <w:rsid w:val="006E54F6"/>
     <w:rsid w:val="006E7513"/>
     <w:rsid w:val="006F52C7"/>
     <w:rsid w:val="006F566A"/>
     <w:rsid w:val="006F651C"/>
     <w:rsid w:val="006F68B1"/>
     <w:rsid w:val="006F7961"/>
     <w:rsid w:val="006F7E06"/>
     <w:rsid w:val="00700936"/>
     <w:rsid w:val="00700BE3"/>
     <w:rsid w:val="00702F13"/>
     <w:rsid w:val="0070694B"/>
+    <w:rsid w:val="0070740E"/>
     <w:rsid w:val="0070765C"/>
     <w:rsid w:val="00707FD6"/>
     <w:rsid w:val="00710F36"/>
     <w:rsid w:val="007116C9"/>
     <w:rsid w:val="007119E0"/>
     <w:rsid w:val="00712391"/>
     <w:rsid w:val="00712F6B"/>
     <w:rsid w:val="00714040"/>
     <w:rsid w:val="007158A6"/>
     <w:rsid w:val="00716870"/>
     <w:rsid w:val="00716B23"/>
     <w:rsid w:val="00716FFB"/>
     <w:rsid w:val="00722D4B"/>
     <w:rsid w:val="007239AD"/>
     <w:rsid w:val="00723E67"/>
     <w:rsid w:val="00725ED9"/>
     <w:rsid w:val="007300AB"/>
     <w:rsid w:val="00732F50"/>
     <w:rsid w:val="00733289"/>
     <w:rsid w:val="007340D4"/>
     <w:rsid w:val="007401D3"/>
     <w:rsid w:val="00744D12"/>
     <w:rsid w:val="007457FC"/>
     <w:rsid w:val="00746E5C"/>
     <w:rsid w:val="007477B0"/>
@@ -28644,50 +30057,51 @@
     <w:rsid w:val="00797D25"/>
     <w:rsid w:val="007A0C15"/>
     <w:rsid w:val="007A2365"/>
     <w:rsid w:val="007A359C"/>
     <w:rsid w:val="007A4601"/>
     <w:rsid w:val="007A531C"/>
     <w:rsid w:val="007A5510"/>
     <w:rsid w:val="007A5806"/>
     <w:rsid w:val="007A6FE0"/>
     <w:rsid w:val="007B0215"/>
     <w:rsid w:val="007B0292"/>
     <w:rsid w:val="007B0C56"/>
     <w:rsid w:val="007B3CC9"/>
     <w:rsid w:val="007B6D25"/>
     <w:rsid w:val="007B7BFE"/>
     <w:rsid w:val="007C02C0"/>
     <w:rsid w:val="007C1EF4"/>
     <w:rsid w:val="007C2A4B"/>
     <w:rsid w:val="007C4726"/>
     <w:rsid w:val="007C48E9"/>
     <w:rsid w:val="007C7EBB"/>
     <w:rsid w:val="007D2F3D"/>
     <w:rsid w:val="007D7D78"/>
     <w:rsid w:val="007E0EB1"/>
     <w:rsid w:val="007E1422"/>
+    <w:rsid w:val="007E212E"/>
     <w:rsid w:val="007E2862"/>
     <w:rsid w:val="007E5A45"/>
     <w:rsid w:val="007E68A9"/>
     <w:rsid w:val="007E6AE5"/>
     <w:rsid w:val="007F1159"/>
     <w:rsid w:val="007F372E"/>
     <w:rsid w:val="00801546"/>
     <w:rsid w:val="0080168F"/>
     <w:rsid w:val="00801913"/>
     <w:rsid w:val="00802A95"/>
     <w:rsid w:val="0080308F"/>
     <w:rsid w:val="008033CA"/>
     <w:rsid w:val="00806674"/>
     <w:rsid w:val="00810B27"/>
     <w:rsid w:val="008125B3"/>
     <w:rsid w:val="00812E58"/>
     <w:rsid w:val="008141AE"/>
     <w:rsid w:val="00816190"/>
     <w:rsid w:val="00816535"/>
     <w:rsid w:val="008248D2"/>
     <w:rsid w:val="00825B11"/>
     <w:rsid w:val="00830932"/>
     <w:rsid w:val="00830FDA"/>
     <w:rsid w:val="00831F37"/>
     <w:rsid w:val="008369F4"/>
@@ -28741,93 +30155,96 @@
     <w:rsid w:val="008C1EDB"/>
     <w:rsid w:val="008C2565"/>
     <w:rsid w:val="008C2CCD"/>
     <w:rsid w:val="008C36B3"/>
     <w:rsid w:val="008C47E2"/>
     <w:rsid w:val="008C785E"/>
     <w:rsid w:val="008D1706"/>
     <w:rsid w:val="008D2B2A"/>
     <w:rsid w:val="008D33EA"/>
     <w:rsid w:val="008D3FB0"/>
     <w:rsid w:val="008D5D30"/>
     <w:rsid w:val="008E0C92"/>
     <w:rsid w:val="008E15AC"/>
     <w:rsid w:val="008E1BEF"/>
     <w:rsid w:val="008E3878"/>
     <w:rsid w:val="008E3A88"/>
     <w:rsid w:val="008E52A2"/>
     <w:rsid w:val="008E7A6F"/>
     <w:rsid w:val="008F0063"/>
     <w:rsid w:val="008F44FD"/>
     <w:rsid w:val="008F58E4"/>
     <w:rsid w:val="008F653A"/>
     <w:rsid w:val="00900120"/>
     <w:rsid w:val="00900C9F"/>
     <w:rsid w:val="00903177"/>
+    <w:rsid w:val="00905149"/>
     <w:rsid w:val="00912607"/>
     <w:rsid w:val="00913A17"/>
     <w:rsid w:val="00915721"/>
     <w:rsid w:val="00916081"/>
     <w:rsid w:val="00916305"/>
     <w:rsid w:val="00922067"/>
     <w:rsid w:val="00924DDB"/>
     <w:rsid w:val="00927972"/>
     <w:rsid w:val="00927BFC"/>
     <w:rsid w:val="0093029A"/>
     <w:rsid w:val="009321BB"/>
     <w:rsid w:val="00932957"/>
     <w:rsid w:val="009349D1"/>
     <w:rsid w:val="00935552"/>
     <w:rsid w:val="00935C89"/>
     <w:rsid w:val="00936E8C"/>
     <w:rsid w:val="009409A0"/>
     <w:rsid w:val="0095010B"/>
     <w:rsid w:val="00951D6F"/>
     <w:rsid w:val="00952A07"/>
     <w:rsid w:val="0095549C"/>
     <w:rsid w:val="00961CD2"/>
     <w:rsid w:val="00963B8F"/>
     <w:rsid w:val="0096473C"/>
     <w:rsid w:val="00967030"/>
     <w:rsid w:val="009703DB"/>
     <w:rsid w:val="009719DB"/>
     <w:rsid w:val="00973E83"/>
     <w:rsid w:val="009761E9"/>
     <w:rsid w:val="009771F5"/>
     <w:rsid w:val="009816DC"/>
+    <w:rsid w:val="00982176"/>
     <w:rsid w:val="009841BD"/>
     <w:rsid w:val="00986819"/>
     <w:rsid w:val="00986CD0"/>
     <w:rsid w:val="00987A88"/>
     <w:rsid w:val="009910C4"/>
     <w:rsid w:val="00994421"/>
     <w:rsid w:val="009965CC"/>
     <w:rsid w:val="009A168B"/>
     <w:rsid w:val="009A28F7"/>
     <w:rsid w:val="009A483E"/>
     <w:rsid w:val="009A54D0"/>
     <w:rsid w:val="009A5BF8"/>
+    <w:rsid w:val="009B0F4E"/>
     <w:rsid w:val="009B1F09"/>
     <w:rsid w:val="009B30F7"/>
     <w:rsid w:val="009B4EAC"/>
     <w:rsid w:val="009B6D96"/>
     <w:rsid w:val="009B7EB0"/>
     <w:rsid w:val="009B7F40"/>
     <w:rsid w:val="009C0897"/>
     <w:rsid w:val="009C367B"/>
     <w:rsid w:val="009C3CCC"/>
     <w:rsid w:val="009C50D3"/>
     <w:rsid w:val="009C61F9"/>
     <w:rsid w:val="009D7D0B"/>
     <w:rsid w:val="009E0583"/>
     <w:rsid w:val="009E1945"/>
     <w:rsid w:val="009E401A"/>
     <w:rsid w:val="009E47BD"/>
     <w:rsid w:val="009E70FA"/>
     <w:rsid w:val="009F1E38"/>
     <w:rsid w:val="00A014E6"/>
     <w:rsid w:val="00A01E34"/>
     <w:rsid w:val="00A02698"/>
     <w:rsid w:val="00A0323A"/>
     <w:rsid w:val="00A03F81"/>
     <w:rsid w:val="00A05063"/>
     <w:rsid w:val="00A059EA"/>
@@ -28948,86 +30365,87 @@
     <w:rsid w:val="00B37FC2"/>
     <w:rsid w:val="00B41B96"/>
     <w:rsid w:val="00B44BD1"/>
     <w:rsid w:val="00B45A23"/>
     <w:rsid w:val="00B46760"/>
     <w:rsid w:val="00B53091"/>
     <w:rsid w:val="00B54E02"/>
     <w:rsid w:val="00B55510"/>
     <w:rsid w:val="00B55B57"/>
     <w:rsid w:val="00B6037E"/>
     <w:rsid w:val="00B61078"/>
     <w:rsid w:val="00B61EA9"/>
     <w:rsid w:val="00B62677"/>
     <w:rsid w:val="00B6463E"/>
     <w:rsid w:val="00B649C7"/>
     <w:rsid w:val="00B6572E"/>
     <w:rsid w:val="00B65BDE"/>
     <w:rsid w:val="00B65D10"/>
     <w:rsid w:val="00B66120"/>
     <w:rsid w:val="00B712CA"/>
     <w:rsid w:val="00B747E2"/>
     <w:rsid w:val="00B773B7"/>
     <w:rsid w:val="00B773E8"/>
     <w:rsid w:val="00B80EBC"/>
     <w:rsid w:val="00B82939"/>
+    <w:rsid w:val="00B82F53"/>
     <w:rsid w:val="00B83A2E"/>
     <w:rsid w:val="00B83D24"/>
     <w:rsid w:val="00B91FDB"/>
-    <w:rsid w:val="00B931D9"/>
     <w:rsid w:val="00B94290"/>
     <w:rsid w:val="00B95F15"/>
     <w:rsid w:val="00B9732B"/>
     <w:rsid w:val="00BA0D9B"/>
     <w:rsid w:val="00BA21D2"/>
     <w:rsid w:val="00BA2901"/>
     <w:rsid w:val="00BA4E2D"/>
     <w:rsid w:val="00BA4F13"/>
     <w:rsid w:val="00BB04EF"/>
     <w:rsid w:val="00BB11BA"/>
     <w:rsid w:val="00BB375E"/>
     <w:rsid w:val="00BB528A"/>
     <w:rsid w:val="00BB52A8"/>
     <w:rsid w:val="00BB6312"/>
     <w:rsid w:val="00BB7C38"/>
     <w:rsid w:val="00BC0048"/>
     <w:rsid w:val="00BC35AD"/>
     <w:rsid w:val="00BC3975"/>
     <w:rsid w:val="00BC491F"/>
     <w:rsid w:val="00BC4C39"/>
     <w:rsid w:val="00BC7003"/>
     <w:rsid w:val="00BD2AD8"/>
     <w:rsid w:val="00BD3174"/>
     <w:rsid w:val="00BD590D"/>
     <w:rsid w:val="00BD66BE"/>
     <w:rsid w:val="00BD7668"/>
     <w:rsid w:val="00BE191D"/>
     <w:rsid w:val="00BE38CD"/>
     <w:rsid w:val="00BE613F"/>
     <w:rsid w:val="00BE6DB9"/>
     <w:rsid w:val="00BE6E2D"/>
     <w:rsid w:val="00BF14E0"/>
+    <w:rsid w:val="00BF3789"/>
     <w:rsid w:val="00BF5A44"/>
     <w:rsid w:val="00BF7D1E"/>
     <w:rsid w:val="00C00179"/>
     <w:rsid w:val="00C07028"/>
     <w:rsid w:val="00C10671"/>
     <w:rsid w:val="00C123C6"/>
     <w:rsid w:val="00C1623D"/>
     <w:rsid w:val="00C162BB"/>
     <w:rsid w:val="00C20026"/>
     <w:rsid w:val="00C203AA"/>
     <w:rsid w:val="00C22064"/>
     <w:rsid w:val="00C23272"/>
     <w:rsid w:val="00C334F5"/>
     <w:rsid w:val="00C34397"/>
     <w:rsid w:val="00C35FE7"/>
     <w:rsid w:val="00C3727E"/>
     <w:rsid w:val="00C42384"/>
     <w:rsid w:val="00C42926"/>
     <w:rsid w:val="00C42A3B"/>
     <w:rsid w:val="00C43654"/>
     <w:rsid w:val="00C45225"/>
     <w:rsid w:val="00C51A9D"/>
     <w:rsid w:val="00C51C54"/>
     <w:rsid w:val="00C5249D"/>
     <w:rsid w:val="00C52886"/>
@@ -29120,58 +30538,60 @@
     <w:rsid w:val="00D450BA"/>
     <w:rsid w:val="00D51503"/>
     <w:rsid w:val="00D51782"/>
     <w:rsid w:val="00D52D46"/>
     <w:rsid w:val="00D5351E"/>
     <w:rsid w:val="00D560CE"/>
     <w:rsid w:val="00D63B4A"/>
     <w:rsid w:val="00D64B11"/>
     <w:rsid w:val="00D7016B"/>
     <w:rsid w:val="00D71C0C"/>
     <w:rsid w:val="00D72614"/>
     <w:rsid w:val="00D72B42"/>
     <w:rsid w:val="00D731F0"/>
     <w:rsid w:val="00D737D4"/>
     <w:rsid w:val="00D743F8"/>
     <w:rsid w:val="00D81CE5"/>
     <w:rsid w:val="00D82C8D"/>
     <w:rsid w:val="00D838CF"/>
     <w:rsid w:val="00D83BCD"/>
     <w:rsid w:val="00D84681"/>
     <w:rsid w:val="00D87A93"/>
     <w:rsid w:val="00D919BC"/>
     <w:rsid w:val="00D91A51"/>
     <w:rsid w:val="00D9294E"/>
     <w:rsid w:val="00D94C5D"/>
+    <w:rsid w:val="00DA058E"/>
     <w:rsid w:val="00DA3797"/>
     <w:rsid w:val="00DA4098"/>
     <w:rsid w:val="00DA544B"/>
     <w:rsid w:val="00DA613A"/>
     <w:rsid w:val="00DA6C29"/>
     <w:rsid w:val="00DA7112"/>
     <w:rsid w:val="00DA7CD0"/>
     <w:rsid w:val="00DB314D"/>
+    <w:rsid w:val="00DB78D4"/>
     <w:rsid w:val="00DC0BD6"/>
     <w:rsid w:val="00DC0C9C"/>
     <w:rsid w:val="00DC1616"/>
     <w:rsid w:val="00DC2302"/>
     <w:rsid w:val="00DC4F27"/>
     <w:rsid w:val="00DC500A"/>
     <w:rsid w:val="00DC718B"/>
     <w:rsid w:val="00DC73B6"/>
     <w:rsid w:val="00DC7EB0"/>
     <w:rsid w:val="00DD449A"/>
     <w:rsid w:val="00DD4A31"/>
     <w:rsid w:val="00DD4E37"/>
     <w:rsid w:val="00DD7C7C"/>
     <w:rsid w:val="00DE44B7"/>
     <w:rsid w:val="00DE6FDC"/>
     <w:rsid w:val="00DF2D8B"/>
     <w:rsid w:val="00DF2E66"/>
     <w:rsid w:val="00DF3318"/>
     <w:rsid w:val="00DF3E38"/>
     <w:rsid w:val="00DF5980"/>
     <w:rsid w:val="00E0001E"/>
     <w:rsid w:val="00E00E46"/>
     <w:rsid w:val="00E031EE"/>
     <w:rsid w:val="00E03AB2"/>
     <w:rsid w:val="00E063D8"/>
@@ -31681,83 +33101,87 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00547BE9"/>
     <w:rsid w:val="000403A1"/>
     <w:rsid w:val="000A3615"/>
     <w:rsid w:val="000A59AB"/>
     <w:rsid w:val="000A757E"/>
     <w:rsid w:val="0013454B"/>
     <w:rsid w:val="00165AEB"/>
     <w:rsid w:val="001A50AE"/>
     <w:rsid w:val="001F38F1"/>
     <w:rsid w:val="0025580F"/>
     <w:rsid w:val="00286DF5"/>
     <w:rsid w:val="002E3007"/>
     <w:rsid w:val="00347E25"/>
     <w:rsid w:val="003540C2"/>
     <w:rsid w:val="003F1EA7"/>
     <w:rsid w:val="00400C36"/>
     <w:rsid w:val="004604F3"/>
     <w:rsid w:val="004974D0"/>
     <w:rsid w:val="004E295D"/>
-    <w:rsid w:val="00542603"/>
     <w:rsid w:val="00547BE9"/>
     <w:rsid w:val="00554896"/>
     <w:rsid w:val="005678ED"/>
+    <w:rsid w:val="005E16CE"/>
     <w:rsid w:val="00603F18"/>
     <w:rsid w:val="00646BF7"/>
     <w:rsid w:val="0066769A"/>
     <w:rsid w:val="006B388C"/>
     <w:rsid w:val="006D3505"/>
     <w:rsid w:val="006E2CAF"/>
     <w:rsid w:val="006F7961"/>
     <w:rsid w:val="00724DA3"/>
     <w:rsid w:val="00753E1C"/>
     <w:rsid w:val="007C4902"/>
+    <w:rsid w:val="007E212E"/>
     <w:rsid w:val="00817F82"/>
     <w:rsid w:val="0089394B"/>
     <w:rsid w:val="008B7E83"/>
     <w:rsid w:val="0092213E"/>
     <w:rsid w:val="0094326A"/>
+    <w:rsid w:val="009B0F4E"/>
     <w:rsid w:val="00A3456B"/>
     <w:rsid w:val="00A3604A"/>
     <w:rsid w:val="00AE5FF4"/>
     <w:rsid w:val="00AE7227"/>
     <w:rsid w:val="00AE78B9"/>
     <w:rsid w:val="00B05F98"/>
     <w:rsid w:val="00BC4734"/>
     <w:rsid w:val="00CE3E8A"/>
     <w:rsid w:val="00D52D46"/>
     <w:rsid w:val="00D5351E"/>
     <w:rsid w:val="00D54CF0"/>
     <w:rsid w:val="00D919BC"/>
+    <w:rsid w:val="00DA058E"/>
     <w:rsid w:val="00DD68B7"/>
     <w:rsid w:val="00E32075"/>
+    <w:rsid w:val="00E40F3D"/>
     <w:rsid w:val="00E43186"/>
     <w:rsid w:val="00EA1028"/>
     <w:rsid w:val="00EB4809"/>
     <w:rsid w:val="00ED120C"/>
     <w:rsid w:val="00F47AD7"/>
     <w:rsid w:val="00F65733"/>
     <w:rsid w:val="00F83A71"/>
     <w:rsid w:val="00F83EB5"/>
     <w:rsid w:val="00F90051"/>
     <w:rsid w:val="00F90C29"/>
     <w:rsid w:val="00F91A04"/>
     <w:rsid w:val="00FD1EE1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -32766,54 +34190,54 @@
 </spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="a70826c3-bc65-419a-994a-465ca38d99d8">
       <UserInfo>
         <DisplayName>Smith, Robert k.</DisplayName>
         <AccountId>149</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Cobb, Lisa</DisplayName>
         <AccountId>196</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Kodak, Leroy</DisplayName>
         <AccountId>142</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
-    <_dlc_DocId xmlns="a70826c3-bc65-419a-994a-465ca38d99d8">TA5UNRANKDR3-942230846-2390</_dlc_DocId>
+    <_dlc_DocId xmlns="a70826c3-bc65-419a-994a-465ca38d99d8">TA5UNRANKDR3-942230846-2424</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="a70826c3-bc65-419a-994a-465ca38d99d8">
-      <Url>https://ncconnect.sharepoint.com/sites/it_contracts/_layouts/15/DocIdRedir.aspx?ID=TA5UNRANKDR3-942230846-2390</Url>
-      <Description>TA5UNRANKDR3-942230846-2390</Description>
+      <Url>https://ncconnect.sharepoint.com/sites/it_contracts/_layouts/15/DocIdRedir.aspx?ID=TA5UNRANKDR3-942230846-2424</Url>
+      <Description>TA5UNRANKDR3-942230846-2424</Description>
     </_dlc_DocIdUrl>
     <TaxCatchAll xmlns="a70826c3-bc65-419a-994a-465ca38d99d8" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6e4de9de-7ee6-49c1-bad8-8d4f21c88db6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B694C6A55DE2134FBC3E5EBEC0D5144E" ma:contentTypeVersion="152" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26dc071b9f6c31340d753864a914664a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="a70826c3-bc65-419a-994a-465ca38d99d8" xmlns:ns3="6e4de9de-7ee6-49c1-bad8-8d4f21c88db6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="948d9b24a75d0162dbb924f5c1194e43" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="a70826c3-bc65-419a-994a-465ca38d99d8"/>
     <xsd:import namespace="6e4de9de-7ee6-49c1-bad8-8d4f21c88db6"/>
     <xsd:element name="properties">
@@ -33084,108 +34508,102 @@
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4148EB3A-8DB7-40D5-AD36-A20D66408974}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26DEBE18-4425-4C33-98CD-65C7650DD9DE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68B927C4-52F0-46AB-92DE-A0DBB017E205}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a70826c3-bc65-419a-994a-465ca38d99d8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="6e4de9de-7ee6-49c1-bad8-8d4f21c88db6"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E46EB4BB-ABDB-4729-A89A-6AFFABB9FA41}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{892FA1AE-4139-4B1D-9AE0-61E03F9CA2D7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="a70826c3-bc65-419a-994a-465ca38d99d8"/>
     <ds:schemaRef ds:uri="6e4de9de-7ee6-49c1-bad8-8d4f21c88db6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>77633</Characters>
+  <Pages>29</Pages>
+  <Words>13413</Words>
+  <Characters>78603</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>646</Lines>
-  <Paragraphs>182</Paragraphs>
+  <Lines>655</Lines>
+  <Paragraphs>183</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>nc state government</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>91070</CharactersWithSpaces>
+  <CharactersWithSpaces>91833</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="270" baseType="variant">
       <vt:variant>
         <vt:i4>3866746</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>234</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://evp.nc.gov/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3866746</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -33982,44 +35400,47 @@
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>STATE OF NORTH CAROLINA</dc:title>
   <dc:subject/>
   <dc:creator>releata.baker-jones@nc.gov</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B694C6A55DE2134FBC3E5EBEC0D5144E</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>7284a8b9-5547-43cd-a224-6afc4e38aec0</vt:lpwstr>
+    <vt:lpwstr>02ba7284-819f-4f78-8222-d38e4b7d928e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Business Content Types">
     <vt:lpwstr>22;#Unassigned|5c0ff3c7-b18a-4e86-afca-44994bf68fec</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Document Classification">
     <vt:lpwstr>16;#Public|d2a15f98-d5e3-4f35-90f0-6d5a67d8bacf</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="AuthorIds_UIVersion_3584">
     <vt:lpwstr>24</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="GrammarlyDocumentId">
     <vt:lpwstr>48182596b0d50dcc98940d2562f57e09ce58e8f9049a36a97a908431cc257276</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
 </Properties>
 </file>