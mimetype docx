--- v1 (2025-10-23)
+++ v2 (2025-12-28)
@@ -1455,516 +1455,597 @@
             <w:r w:rsidRPr="00494A3F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Revision of</w:t>
             </w:r>
             <w:r w:rsidRPr="00C668C5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3.2 Vendor Utilization of Workers Outside U.S.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00FA54BD" w:rsidRPr="000F5E6F" w14:paraId="6F1ADB32" w14:textId="77777777" w:rsidTr="00494A3F">
+        <w:trPr>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3040DFF2" w14:textId="196A111B" w:rsidR="00FA54BD" w:rsidRDefault="00FA54BD" w:rsidP="00494A3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/</w:t>
+            </w:r>
+            <w:r w:rsidR="000A0830">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>21/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DC2240" w14:textId="36F5394D" w:rsidR="00FA54BD" w:rsidRDefault="000A0830" w:rsidP="00494A3F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:ind w:left="436"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Administrative efforts on Pages </w:t>
+            </w:r>
+            <w:r w:rsidR="0005682E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="0005682E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as well as Section 3.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="3447C3D5" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000F5E6F">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37DB416E" w14:textId="46201EF7" w:rsidR="007300AB" w:rsidRDefault="007300AB"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10800" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:horzAnchor="margin" w:tblpX="126" w:tblpY="-506"/>
+        <w:tblW w:w="10818" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5228"/>
-        <w:gridCol w:w="5572"/>
+        <w:gridCol w:w="5409"/>
+        <w:gridCol w:w="5409"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004C1D3A" w14:paraId="3049C01A" w14:textId="77777777" w:rsidTr="004C1D3A">
+      <w:tr w:rsidR="00506E7C" w:rsidRPr="006B5C43" w14:paraId="2852C02D" w14:textId="77777777" w:rsidTr="00FD7D0D">
         <w:trPr>
-          <w:trHeight w:val="375"/>
+          <w:trHeight w:val="384"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5228" w:type="dxa"/>
+            <w:tcW w:w="5409" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...2 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67B4EC0D" w14:textId="7B6A224D" w:rsidR="004C1D3A" w:rsidRDefault="004C1D3A" w:rsidP="004C1D3A">
+          <w:p w14:paraId="758B80C9" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="008432C3" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
             <w:pPr>
+              <w:pageBreakBefore/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00781FB7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>STATE OF NORTH CAROLINA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5572" w:type="dxa"/>
+            <w:tcW w:w="5409" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...2 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3F2AE25B" w14:textId="6F2FB8B2" w:rsidR="004C1D3A" w:rsidRDefault="004C1D3A" w:rsidP="004C1D3A">
+          <w:p w14:paraId="03D89EDA" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="0085217E" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
             <w:pPr>
-              <w:spacing w:before="80" w:after="80"/>
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:before="120" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">REQUEST FOR QUOTE </w:t>
+              <w:t xml:space="preserve">INVITATION FOR BIDS OR REQUEST FOR QUOTE </w:t>
             </w:r>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">NO.   </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:caps/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
-                <w:id w:val="1475259730"/>
+                <w:id w:val="243458804"/>
                 <w:placeholder>
-                  <w:docPart w:val="318EC106DEB340129870CAB26AD5BD31"/>
+                  <w:docPart w:val="1641F38CBC6249A680EC862D664DD188"/>
                 </w:placeholder>
+                <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="002F4296">
+                <w:r w:rsidRPr="00C34397">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:cs="Arial"/>
-                    <w:b/>
-[...1 lines deleted...]
-                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:color w:val="FF0000"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">41-2025 13 KB </w:t>
+                  <w:t>Enter</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:color w:val="FF0000"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> bid</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C34397">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:color w:val="FF0000"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> number.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00F866D7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C1D3A" w14:paraId="39D26BB6" w14:textId="77777777" w:rsidTr="497CDE70">
+      <w:tr w:rsidR="00506E7C" w:rsidRPr="006B5C43" w14:paraId="56D598FB" w14:textId="77777777" w:rsidTr="00FD7D0D">
         <w:trPr>
-          <w:trHeight w:val="270"/>
+          <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5228" w:type="dxa"/>
+            <w:tcW w:w="5409" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...2 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7C5B83CB" w14:textId="7ABC54E5" w:rsidR="004C1D3A" w:rsidRPr="00F866D7" w:rsidRDefault="00BF3789" w:rsidP="004C1D3A">
+          <w:p w14:paraId="09A353EB" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="00F866D7" w:rsidRDefault="00376C71" w:rsidP="00506E7C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:caps/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
-                <w:id w:val="-1994707768"/>
+                <w:id w:val="132221721"/>
                 <w:placeholder>
-                  <w:docPart w:val="8F3B0B81C6AA4ED4B04D4A0D78B54E64"/>
+                  <w:docPart w:val="C38E43A0E34049D89CF4AF959DF1CD24"/>
                 </w:placeholder>
+                <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="00357C19">
+                <w:r w:rsidR="00506E7C" w:rsidRPr="00A20AAF">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:cs="Arial"/>
-                    <w:b/>
                     <w:caps/>
-                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:color w:val="FF0000"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">department of information </w:t>
-[...8 lines deleted...]
-                  <w:t>technology</w:t>
+                  <w:t>Enter ISSUING Agency.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="004C1D3A" w:rsidRPr="00F866D7">
+            <w:r w:rsidR="00506E7C" w:rsidRPr="00F866D7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="268DC4D4" w14:textId="15F4ECDA" w:rsidR="004C1D3A" w:rsidRDefault="00BF3789" w:rsidP="004C1D3A">
+          <w:p w14:paraId="59D7227B" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="00526CD3" w:rsidRDefault="00376C71" w:rsidP="00506E7C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
-                <w:id w:val="1675233720"/>
+                <w:id w:val="-1600705115"/>
                 <w:placeholder>
-                  <w:docPart w:val="2DC82600EDEF499B9D83B7B2CDDF0442"/>
+                  <w:docPart w:val="2242190A270941828D346EFC935B2DC2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="000216CC" w:rsidRPr="00A20AAF">
+                <w:r w:rsidR="00506E7C" w:rsidRPr="00A20AAF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:cs="Arial"/>
                     <w:color w:val="FF0000"/>
                   </w:rPr>
                   <w:t>Enter Division, if applicable</w:t>
                 </w:r>
-                <w:r w:rsidR="000216CC" w:rsidRPr="00A20AAF">
+                <w:r w:rsidR="00506E7C" w:rsidRPr="00A20AAF">
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:color w:val="FF0000"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="004C1D3A" w:rsidRPr="00526CD3">
+            <w:r w:rsidR="00506E7C" w:rsidRPr="00526CD3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5572" w:type="dxa"/>
+            <w:tcW w:w="5409" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...2 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="390E0ECB" w14:textId="73146956" w:rsidR="004C1D3A" w:rsidRDefault="004C1D3A" w:rsidP="004C1D3A">
+          <w:p w14:paraId="2D52A6CC" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="0085217E" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Offers will be publicly opened:</w:t>
             </w:r>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="FF0000"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:id w:val="-2104183425"/>
+                <w:id w:val="1483266790"/>
                 <w:placeholder>
-                  <w:docPart w:val="939BB69FB0BA40BBB62D1E7104FDA330"/>
+                  <w:docPart w:val="BB94141CDE1145EF8F13FC42EC274575"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00A20AAF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:cs="Arial"/>
                     <w:color w:val="FF0000"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Enter opening date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C1D3A" w14:paraId="14BE6C3B" w14:textId="77777777">
+      <w:tr w:rsidR="00506E7C" w:rsidRPr="006B5C43" w14:paraId="7DBEDC20" w14:textId="77777777" w:rsidTr="00FD7D0D">
         <w:trPr>
-          <w:trHeight w:val="270"/>
+          <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5228" w:type="dxa"/>
+            <w:tcW w:w="5409" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="0" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D025B00" w14:textId="77777777" w:rsidR="004C1D3A" w:rsidRDefault="004C1D3A" w:rsidP="004C1D3A"/>
+          <w:p w14:paraId="5B5AA9DA" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="006B5C43" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5572" w:type="dxa"/>
+            <w:tcW w:w="5409" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...2 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="121029DA" w14:textId="53AB760B" w:rsidR="004C1D3A" w:rsidRDefault="004C1D3A" w:rsidP="004C1D3A">
+          <w:p w14:paraId="4032F3C6" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="0085217E" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Issue Date:</w:t>
             </w:r>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="FF0000"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:id w:val="-106515001"/>
+                <w:id w:val="165680773"/>
                 <w:placeholder>
-                  <w:docPart w:val="0F57DDDB0B814193B9F763C5CAB455D8"/>
+                  <w:docPart w:val="ACA3D7B274434106B5A229E7F1AE3692"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00A20AAF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:cs="Arial"/>
                     <w:color w:val="FF0000"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Enter issue date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C1D3A" w14:paraId="291FE109" w14:textId="77777777" w:rsidTr="497CDE70">
+      <w:tr w:rsidR="00506E7C" w:rsidRPr="006B5C43" w14:paraId="6E6CD9FA" w14:textId="77777777" w:rsidTr="00FD7D0D">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5228" w:type="dxa"/>
+            <w:tcW w:w="5409" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...2 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6561BEE3" w14:textId="1882D5EC" w:rsidR="004C1D3A" w:rsidRDefault="004C1D3A" w:rsidP="004C1D3A">
+          <w:p w14:paraId="1E0FB8BB" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00595265">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Refer </w:t>
             </w:r>
             <w:r w:rsidRPr="00595265">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
@@ -1983,572 +2064,647 @@
             <w:r w:rsidRPr="00595265">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nquiries</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> regarding thi</w:t>
             </w:r>
             <w:r w:rsidRPr="005B2272">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">s </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00417A41">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IFB/RFQ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B2272">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">RFQ </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00595265">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r w:rsidRPr="004E106D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74AF67E0" w14:textId="2CF4057C" w:rsidR="004C1D3A" w:rsidRDefault="004C1D3A" w:rsidP="001760BE">
+          <w:p w14:paraId="5C2E9036" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="0085217E" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="atLeast"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E106D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="FF0000"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:id w:val="146177661"/>
+                <w:id w:val="1199432649"/>
                 <w:placeholder>
-                  <w:docPart w:val="092660C753C84106A480CD66F99446ED"/>
+                  <w:docPart w:val="D7CA89AA814F4EB59F75D386C0E9621D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="001760BE" w:rsidRPr="00A20AAF">
+                <w:r w:rsidRPr="00A20AAF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:cs="Arial"/>
                     <w:color w:val="FF0000"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Enter Purchaser’s name.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
+          <w:p w14:paraId="015F3CE4" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="0085217E" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
+            <w:pPr>
+              <w:pStyle w:val="Header"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4320"/>
+                <w:tab w:val="clear" w:pos="8640"/>
+              </w:tabs>
+              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085217E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:color w:val="FF0000"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-377243752"/>
+                <w:placeholder>
+                  <w:docPart w:val="D859292C32444DD8BBF5366BD232869A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00A20AAF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Enter Purchaser’s email address.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="3DAF9F11" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="005B2272" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
+            <w:pPr>
+              <w:pStyle w:val="Header"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4320"/>
+                <w:tab w:val="clear" w:pos="8640"/>
+              </w:tabs>
+              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085217E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:color w:val="FF0000"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="908888951"/>
+                <w:placeholder>
+                  <w:docPart w:val="638BA80E28F24AF692406A9CC821CA23"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00A20AAF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Enter Purchaser’s telephone number.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5572" w:type="dxa"/>
+            <w:tcW w:w="5409" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...2 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="13CFA1F3" w14:textId="5E8B0E87" w:rsidR="004C1D3A" w:rsidRDefault="004C1D3A" w:rsidP="004C1D3A">
+          <w:p w14:paraId="15761769" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="0085217E" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:color w:val="FF0000"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Commodity Number:</w:t>
             </w:r>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="FF0000"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:id w:val="-2028945769"/>
+                <w:id w:val="-218430691"/>
                 <w:placeholder>
-                  <w:docPart w:val="4813916F42554F12882D4E9372E7CD79"/>
+                  <w:docPart w:val="5DA619C240ED49BB8392B5035C3D7193"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00A20AAF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:cs="Arial"/>
                     <w:color w:val="FF0000"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Enter commodity code.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A20AAF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C1D3A" w14:paraId="6D9CC6A0" w14:textId="77777777">
+      <w:tr w:rsidR="00506E7C" w:rsidRPr="006B5C43" w14:paraId="15C58225" w14:textId="77777777" w:rsidTr="00FD7D0D">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="337"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5228" w:type="dxa"/>
+            <w:tcW w:w="5409" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="0" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="0" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05E1F945" w14:textId="77777777" w:rsidR="004C1D3A" w:rsidRDefault="004C1D3A" w:rsidP="004C1D3A"/>
+          <w:p w14:paraId="60F34CEC" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="00595265" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
+            <w:pPr>
+              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5572" w:type="dxa"/>
+            <w:tcW w:w="5409" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...2 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4115C522" w14:textId="74CC37E3" w:rsidR="004C1D3A" w:rsidRDefault="004C1D3A" w:rsidP="004C1D3A">
+          <w:p w14:paraId="70DAD25F" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="0085217E" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Description</w:t>
-[...15 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Description:</w:t>
             </w:r>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="FF0000"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:id w:val="1577323677"/>
+                <w:id w:val="-1108890453"/>
                 <w:placeholder>
-                  <w:docPart w:val="096B8F8C2C0944C0A3EACAE82A5AF559"/>
+                  <w:docPart w:val="467E15EA50284EF888E9DE564370A158"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00961CD2" w:rsidRPr="00A20AAF">
+                <w:r w:rsidRPr="00A20AAF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:cs="Arial"/>
                     <w:color w:val="FF0000"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Enter description.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C1D3A" w14:paraId="26BC04C5" w14:textId="77777777">
+      <w:tr w:rsidR="00506E7C" w:rsidRPr="006B5C43" w14:paraId="447A8C96" w14:textId="77777777" w:rsidTr="00FD7D0D">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="337"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5228" w:type="dxa"/>
+            <w:tcW w:w="5409" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="0" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5911EEDB" w14:textId="77777777" w:rsidR="004C1D3A" w:rsidRDefault="004C1D3A" w:rsidP="004C1D3A"/>
+          <w:p w14:paraId="551E9431" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="006B5C43" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5572" w:type="dxa"/>
+            <w:tcW w:w="5409" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...2 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D3BA06A" w14:textId="26A5BF87" w:rsidR="004C1D3A" w:rsidRDefault="004C1D3A" w:rsidP="004C1D3A">
+          <w:p w14:paraId="1127F1F9" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="0085217E" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Using Agency:</w:t>
             </w:r>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="FF0000"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:id w:val="-624534775"/>
+                <w:id w:val="-2143874312"/>
                 <w:placeholder>
-                  <w:docPart w:val="772C89104B2A4E3DA6A5BD60A06BD7FD"/>
+                  <w:docPart w:val="E7758BBA29104AF38D861EE41D196183"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00961CD2" w:rsidRPr="00A20AAF">
+                <w:r w:rsidRPr="00A20AAF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:cs="Arial"/>
                     <w:color w:val="FF0000"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Enter using agency.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C1D3A" w14:paraId="7DAEEC6D" w14:textId="77777777" w:rsidTr="497CDE70">
+      <w:tr w:rsidR="00506E7C" w:rsidRPr="006B5C43" w14:paraId="577F9C82" w14:textId="77777777" w:rsidTr="00FD7D0D">
         <w:trPr>
-          <w:trHeight w:val="270"/>
+          <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5228" w:type="dxa"/>
+            <w:tcW w:w="5409" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...2 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="23562CA1" w14:textId="18C5E655" w:rsidR="004C1D3A" w:rsidRDefault="004C1D3A" w:rsidP="004C1D3A">
+          <w:p w14:paraId="2C703A00" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="006B5C43" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
             <w:pPr>
-              <w:spacing w:before="80" w:after="80"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B5C43">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>See page 2 for mailing instructions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5572" w:type="dxa"/>
+            <w:tcW w:w="5409" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...2 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="65486AC8" w14:textId="72FF3EDB" w:rsidR="004C1D3A" w:rsidRDefault="004C1D3A" w:rsidP="004C1D3A">
+          <w:p w14:paraId="686DCDDE" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="0085217E" w:rsidRDefault="00506E7C" w:rsidP="00506E7C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Requisition No.:</w:t>
             </w:r>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="FF0000"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:id w:val="1245831849"/>
+                <w:id w:val="-226066972"/>
                 <w:placeholder>
-                  <w:docPart w:val="46D5F7B95B0B4DD289556899D800CC2B"/>
+                  <w:docPart w:val="EA1461D2C42249E68384AC28A61A1875"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00961CD2" w:rsidRPr="00A20AAF">
+                <w:r w:rsidRPr="00A20AAF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:cs="Arial"/>
                     <w:color w:val="FF0000"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Enter requisition number.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="0085217E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0268FAAA" w14:textId="28CD3A4D" w:rsidR="497CDE70" w:rsidRDefault="497CDE70" w:rsidP="497CDE70">
       <w:pPr>
         <w:ind w:right="-288"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AB115C3" w14:textId="77777777" w:rsidR="009703DB" w:rsidRPr="006B5C43" w:rsidRDefault="009703DB" w:rsidP="00F46C53">
       <w:pPr>
         <w:ind w:right="-288"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B5C43">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>OFFER AND ACCEPTANCE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="769CCF06" w14:textId="1FF578AE" w:rsidR="00F46C53" w:rsidRDefault="009703DB" w:rsidP="497CDE70">
+    <w:p w14:paraId="769CCF06" w14:textId="1B4E9CFB" w:rsidR="00F46C53" w:rsidRDefault="009703DB" w:rsidP="497CDE70">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The State seeks offers for the </w:t>
       </w:r>
       <w:r w:rsidR="00696354">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00F46C53" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>oftware</w:t>
@@ -2574,137 +2730,143 @@
       <w:r w:rsidR="00F46C53" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The State’s acceptance of any offer must be demonstrated by execution of the acceptance found below and any subsequent Request for Best and Final Offer, if issued</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F46C53" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Acceptance shall create a contract having an order of precedence as follows: In cases of conflict between documents comprising the contract, the order of precedence shall be (1) Best and Final Offers, if any, (2) special terms and conditions specific to this</w:t>
       </w:r>
       <w:r w:rsidR="00EC65E7" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00774216">
+      <w:r w:rsidR="00F247B3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>RFQ</w:t>
+        <w:t>solicitation</w:t>
       </w:r>
       <w:r w:rsidR="00F46C53" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, (3) specifications, (4) Department of Information Technology Terms and Conditions of this </w:t>
       </w:r>
-      <w:r w:rsidR="00774216">
+      <w:r w:rsidR="00F247B3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>RFQ</w:t>
+        <w:t>solicitation</w:t>
       </w:r>
       <w:r w:rsidR="00F46C53" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>, and (5) the agreed portions of the awarded Vendor’s offer</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F46C53" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>No contract shall be binding on the State until an encumbrance of funds has been made for payment of the sums due under the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78BF1CAD" w14:textId="77777777" w:rsidR="009703DB" w:rsidRDefault="009703DB" w:rsidP="009703DB">
       <w:pPr>
         <w:ind w:left="-288" w:right="-288"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56BC10A8" w14:textId="77777777" w:rsidR="009703DB" w:rsidRPr="006B5C43" w:rsidRDefault="009703DB" w:rsidP="00F46C53">
       <w:pPr>
         <w:ind w:right="-288"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B5C43">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>EXECUTION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07D7E7F5" w14:textId="64054E34" w:rsidR="00F46C53" w:rsidRDefault="00F46C53" w:rsidP="00F46C53">
+    <w:p w14:paraId="07D7E7F5" w14:textId="2C68A67C" w:rsidR="00F46C53" w:rsidRDefault="00F46C53" w:rsidP="00F46C53">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">In compliance with this </w:t>
       </w:r>
+      <w:r w:rsidR="00F247B3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">solicitation </w:t>
+      </w:r>
       <w:r w:rsidR="00B61078">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>RFQ and</w:t>
+        <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> subject to all the conditions herein, the undersigned offers and agrees to furnish any or all Services or goods upon which prices are offered, at the price(s) offered herein, within the time specified herein</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>By executing this offer, I certify that this offer is submitted competitively and without collusion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00EA5D34" w14:textId="77777777" w:rsidR="009703DB" w:rsidRPr="006B5C43" w:rsidRDefault="009703DB" w:rsidP="00F46C53">
       <w:pPr>
         <w:ind w:right="-288"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -3167,104 +3329,141 @@
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B5C43">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">ACCEPTANCE OF </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>OFFER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="084E01E5" w14:textId="3A961B19" w:rsidR="00F46C53" w:rsidRPr="006B5C43" w:rsidRDefault="00F46C53" w:rsidP="497CDE70">
+    <w:p w14:paraId="084E01E5" w14:textId="6FB62FE7" w:rsidR="00F46C53" w:rsidRPr="006B5C43" w:rsidRDefault="00F46C53" w:rsidP="497CDE70">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="-288"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>If any or all parts of this</w:t>
       </w:r>
       <w:r w:rsidR="002C7FCC" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B61078">
+      <w:r w:rsidR="00F247B3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>RFQ</w:t>
+        <w:t xml:space="preserve">solicitation </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">are accepted, an authorized representative of </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="FF0000"/>
           </w:rPr>
           <w:id w:val="739673500"/>
           <w:placeholder>
             <w:docPart w:val="50D4955909B34BF4B731BABEA3C39B74"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D14EFD" w:rsidRPr="497CDE70">
-[...5 lines deleted...]
-          </w:r>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:id w:val="-1355879553"/>
+              <w:placeholder>
+                <w:docPart w:val="5F994A9939334BF2A2BBC41C373309A7"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:r w:rsidR="00506E7C" w:rsidRPr="001E1D5D">
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:color w:val="FF0000"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enter </w:t>
+              </w:r>
+              <w:r w:rsidR="00506E7C">
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:color w:val="FF0000"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Purchasing </w:t>
+              </w:r>
+              <w:r w:rsidR="00506E7C" w:rsidRPr="001E1D5D">
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:color w:val="FF0000"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Agency.</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall affix their signature hereto</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>A copy of this acceptance will be forwarded to the successful vendor(s).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
@@ -5829,207 +6028,253 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="629B8D6F" w14:textId="77777777" w:rsidR="00206742" w:rsidRPr="00657B9D" w:rsidRDefault="00F911A5" w:rsidP="4BCBC024">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc166483223"/>
       <w:r>
         <w:t>INTENT, USE, DURATION AND SCOPE</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="4C15764D" w14:textId="28574E35" w:rsidR="00EF1BC0" w:rsidRPr="00FA00DA" w:rsidRDefault="00EF1BC0" w:rsidP="497CDE70">
+    <w:p w14:paraId="6ACF990E" w14:textId="77777777" w:rsidR="00F247B3" w:rsidRPr="00FA00DA" w:rsidRDefault="00F247B3" w:rsidP="00F247B3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc166483224"/>
+      <w:r w:rsidRPr="00FA00DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[This section provides a brief description of requested goods, software and/or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA00DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ervices.  The information in this section should allow potential Vendors to judge whether they are interested in this IFB</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or a summary for an RFQ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA00DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="392F9005" w14:textId="3DE885F7" w:rsidR="00F247B3" w:rsidRPr="00FA00DA" w:rsidRDefault="00F247B3" w:rsidP="00F247B3">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA00DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The purpose of this </w:t>
       </w:r>
-      <w:r w:rsidR="00B61078">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>RFQ</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Solicitation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA00DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is to obtain pricing for and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085217E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">procure </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="000000" w:themeColor="text1"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-195854072"/>
           <w:placeholder>
-            <w:docPart w:val="39A3618D1A7F4880A771EC38234903F5"/>
+            <w:docPart w:val="786C2B8738914F5491C338E72EFDFEF6"/>
           </w:placeholder>
+          <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00A80ACD">
+          <w:r w:rsidRPr="001E1D5D">
             <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cs="Arial"/>
-              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:color w:val="FF0000"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t xml:space="preserve">Sunbird software and maintenance </w:t>
+            <w:t>Enter intent of solicitation.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="497CDE70">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="0085217E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="000000" w:themeColor="text1"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1209789251"/>
           <w:placeholder>
-            <w:docPart w:val="FFC8AEFAA0D4430C9B4CFE88680F3A38"/>
+            <w:docPart w:val="243EA111FB2948C5A14435E2F02BE1B8"/>
           </w:placeholder>
+          <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00A80ACD">
+          <w:r w:rsidRPr="001E1D5D">
             <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cs="Arial"/>
-              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:color w:val="FF0000"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Department of Information Techn</w:t>
-[...6 lines deleted...]
-            <w:t>ology</w:t>
+            <w:t>Enter Agency name.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
-[...19 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="0085217E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA00DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Goods and Services will be provided in accordance to the terms and conditions of this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t>RFQ.</w:t>
+        <w:t xml:space="preserve"> Solicitation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EAF1163" w14:textId="77777777" w:rsidR="00206742" w:rsidRPr="00657B9D" w:rsidRDefault="00206742" w:rsidP="00D0731D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="994"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc166483224"/>
       <w:r>
         <w:t>GENERAL INFORMATION</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21B7D03E" w14:textId="77777777" w:rsidR="00206742" w:rsidRPr="00A4093E" w:rsidRDefault="00206742" w:rsidP="008C1EDB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04E0F71A" w14:textId="420FD656" w:rsidR="00E74F0D" w:rsidRDefault="00657B9D" w:rsidP="00AF064D">
@@ -9092,154 +9337,50 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____ The Vendor represents and warrants that the terms and conditions of Vendor’s standard license, maintenance, or other agreement(s) do not apply to this procurement. No vendor agreement, standard or otherwise is incorporated into this RFQ #xxxxxxx.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33568BF8" w14:textId="7036B973" w:rsidR="0440F97C" w:rsidRDefault="50836E1F" w:rsidP="048DF8EF">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="048DF8EF">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____ The Vendor standard license, maintenance, or other agreement(s) is provided with the RFQ response and shall be incorporated into this RFQ #xxxxxxx based on the outcome of a legal review.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EAFE76E" w14:textId="32B03E17" w:rsidR="00465FAF" w:rsidRDefault="00465FAF" w:rsidP="005560EF">
-[...102 lines deleted...]
-    </w:p>
     <w:p w14:paraId="268FF1FD" w14:textId="6482ADEF" w:rsidR="00EB2392" w:rsidRDefault="00EB2392" w:rsidP="00EB2392">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc166483240"/>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2. </w:t>
       </w:r>
       <w:r w:rsidR="00D72614" w:rsidRPr="00EB2392">
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00D72614" w:rsidRPr="007E2862">
         <w:t>ENDOR UTILIZATION OF WORKERS OUTSIDE U.S.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidR="00560FAB">
         <w:t xml:space="preserve"> – DISCLOSURE STATEMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55919555" w14:textId="77777777" w:rsidR="005C64A4" w:rsidRDefault="005C64A4" w:rsidP="005C64A4">
       <w:pPr>
@@ -9411,945 +9552,828 @@
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3529B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>bid response</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3529B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16FDE8E3" w14:textId="77777777" w:rsidR="005C64A4" w:rsidRPr="00F263EE" w:rsidRDefault="005C64A4" w:rsidP="005C64A4">
+    <w:p w14:paraId="0F6A8E84" w14:textId="77777777" w:rsidR="002B4558" w:rsidRDefault="002B4558" w:rsidP="005C64A4">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F41ADA">
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16FDE8E3" w14:textId="5E4BDB67" w:rsidR="005C64A4" w:rsidRPr="00F263EE" w:rsidRDefault="005C64A4" w:rsidP="005C64A4">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1260"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Vendor to complete:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="25DC0736" w14:textId="77777777" w:rsidR="005C64A4" w:rsidRPr="00164892" w:rsidRDefault="005C64A4" w:rsidP="005C64A4">
+        <w:t>Vendor to complete</w:t>
+      </w:r>
+      <w:r w:rsidR="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a.-e.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B4558">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in their offer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25DC0736" w14:textId="77777777" w:rsidR="005C64A4" w:rsidRDefault="005C64A4" w:rsidP="005C64A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1620"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3529B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The location of work performed under a state contract by the Vendor, any subcontractors, employees, or other persons performing the contract and whether any of this work will be performed outside the United States.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A5454A" w14:textId="77777777" w:rsidR="00456409" w:rsidRDefault="00456409" w:rsidP="00456409">
+    <w:p w14:paraId="41DC537F" w14:textId="2ED7D0BC" w:rsidR="008A6B2B" w:rsidRDefault="0042590E" w:rsidP="0042590E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
-        <w:rPr>
-[...290 lines deleted...]
-    <w:p w14:paraId="0F602D55" w14:textId="77777777" w:rsidR="00456409" w:rsidRDefault="00456409" w:rsidP="00456409">
+        <w:ind w:left="1620"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Vendor to enter text here to answer this disclosure question:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A5E5D5" w14:textId="77777777" w:rsidR="0042590E" w:rsidRPr="0042590E" w:rsidRDefault="0042590E" w:rsidP="0042590E">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1260"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B0ABB71" w14:textId="77777777" w:rsidR="0042590E" w:rsidRPr="0042590E" w:rsidRDefault="0042590E" w:rsidP="0042590E">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1260"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70A5454A" w14:textId="286F7FF5" w:rsidR="00456409" w:rsidRDefault="00456409" w:rsidP="0042590E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1620"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB5AD3">
-[...140 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00A3529B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>otice of the relocation of the Vendor, employees of the Vendor, subcontractors of the Vendor, or other persons performing Services under a state contract outside of the United States</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="77B7DCAF" w14:textId="77777777" w:rsidR="00456409" w:rsidRPr="00DB7ECF" w:rsidRDefault="00456409" w:rsidP="00456409">
+        <w:t>The corporate structure and location of corporate employees and activities of the Vendor, its affiliates or any other subcontractors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="324E13AA" w14:textId="42A93A45" w:rsidR="0042590E" w:rsidRPr="0042590E" w:rsidRDefault="0042590E" w:rsidP="0042590E">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440" w:firstLine="180"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Vendor to enter text here to answer this disclosure question:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F957A5C" w14:textId="77777777" w:rsidR="0042590E" w:rsidRDefault="0042590E" w:rsidP="0042590E">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1260"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="607F514B" w14:textId="77777777" w:rsidR="0042590E" w:rsidRDefault="0042590E" w:rsidP="0042590E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB5AD3">
-[...155 lines deleted...]
-    <w:p w14:paraId="29A58C1E" w14:textId="77777777" w:rsidR="00456409" w:rsidRPr="009D025B" w:rsidRDefault="00456409" w:rsidP="00456409">
+    </w:p>
+    <w:p w14:paraId="0F602D55" w14:textId="4EBE3ED1" w:rsidR="00456409" w:rsidRDefault="00456409" w:rsidP="00456409">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1620"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:noProof/>
-[...82 lines deleted...]
-    <w:p w14:paraId="4EFD16B1" w14:textId="77777777" w:rsidR="00456409" w:rsidRDefault="00456409" w:rsidP="00456409">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vendor agrees to provide n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3529B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otice of the relocation of the Vendor, employees of the Vendor, subcontractors of the Vendor, or other persons performing Services under a state contract outside of the United States</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the event such relocation occurs during the contract term.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC11F39" w14:textId="4DA689A6" w:rsidR="0042590E" w:rsidRPr="0042590E" w:rsidRDefault="0042590E" w:rsidP="0042590E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="900" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Does Vendor agree to provide notice as defined above?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> YES  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  NO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B7DCAF" w14:textId="737CBA27" w:rsidR="00456409" w:rsidRDefault="00456409" w:rsidP="0042590E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1620"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00DB7ECF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vendor agrees that any Vendor or subcontractor providing call or contact center Services to the State of North Carolina shall disclose to inbound callers the location from which the call or contact center Services are being provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08163ADD" w14:textId="31922067" w:rsidR="0042590E" w:rsidRPr="0042590E" w:rsidRDefault="0042590E" w:rsidP="0042590E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="900" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Does Vendor agree to provide disclosure as defined above?</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:noProof/>
-[...73 lines deleted...]
-      </w:r>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> YES  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  NO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38AFD94F" w14:textId="0A9CA2ED" w:rsidR="0042590E" w:rsidRPr="0042590E" w:rsidRDefault="00456409" w:rsidP="0042590E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1620"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="009D025B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">         YES </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="5E5C5C31" w14:textId="77777777" w:rsidR="00456409" w:rsidRPr="00A3529B" w:rsidRDefault="00456409" w:rsidP="00456409">
+        <w:t xml:space="preserve">Will any work under this contract be performed outside the United States?   </w:t>
+      </w:r>
+      <w:r w:rsidR="0042590E" w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="0042590E" w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0042590E" w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0042590E" w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0042590E" w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="0042590E" w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> YES  </w:t>
+      </w:r>
+      <w:r w:rsidR="0042590E" w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="0042590E" w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0042590E" w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0042590E" w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0042590E" w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="0042590E" w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  NO</w:t>
+      </w:r>
+      <w:r w:rsidR="0042590E" w:rsidRPr="0042590E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E5C5C31" w14:textId="462C9DD5" w:rsidR="00456409" w:rsidRPr="00A3529B" w:rsidRDefault="00456409" w:rsidP="00456409">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3529B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The use of resources or workers located outside the United States is a critical security exception that must be escalated to the State Chief Information Officer for review pursuant to N.C.G.S. §143B-1376(c) and §143B-1320(c). These critical security exceptions are approved only in rare and extenuating circumstances. Vendor should account for this when preparing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3529B">
         <w:rPr>
@@ -11766,50 +11790,55 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>http://nvlpubs.nist.gov/nistpubs/FIPS/NIST.FIPS.199.pdf</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:commentRangeEnd w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="24"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for descriptions of NIST</w:t>
       </w:r>
       <w:r w:rsidRPr="00164038">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> system confidentiality, integrity, and availability</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
@@ -13083,140 +13112,98 @@
     <w:p w14:paraId="3AE7484F" w14:textId="77777777" w:rsidR="00CC2FAB" w:rsidRPr="000F1335" w:rsidRDefault="00CC2FAB" w:rsidP="00CC2FAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260" w:right="-115"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The term “specification” refers to a description of the characteristics of a commodity or service.   Specifically, it is defined as the explicit requirements, furnished with a solicitation upon which a purchase order or contract is to be based.  Specifications set forth the characteristics of the goods and services to be purchased so as to enable the Vendor to determine and </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> which is to be supplied.  Specifications may be in the form of a description of the physical, functional, or performance characteristics, a reference brand name or both.  It may include a description of any requirement for inspecting, testing, or preparing a material, equipment, supplies, or service for delivery. </w:t>
+        <w:t xml:space="preserve">The term “specification” refers to a description of the characteristics of a commodity or service.   Specifically, it is defined as the explicit requirements, furnished with a solicitation upon which a purchase order or contract is to be based.  Specifications set forth the characteristics of the goods and services to be purchased so as to enable the Vendor to determine and understand that which is to be supplied.  Specifications may be in the form of a description of the physical, functional, or performance characteristics, a reference brand name or both.  It may include a description of any requirement for inspecting, testing, or preparing a material, equipment, supplies, or service for delivery. </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Specifications are to be written so as to not restrict bidding but encourage open competition. </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The goal is to invite maximum competition.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55CDE14E" w14:textId="77777777" w:rsidR="00CC2FAB" w:rsidRPr="000F1335" w:rsidRDefault="00CC2FAB" w:rsidP="00CC2FAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260" w:right="-115"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">To </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> that your specifications meet the above criteria, use the following checklist:</w:t>
+        <w:t>To assure that your specifications meet the above criteria, use the following checklist:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="564948AC" w14:textId="77777777" w:rsidR="00CC2FAB" w:rsidRPr="000F1335" w:rsidRDefault="00CC2FAB" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1627" w:right="-120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
@@ -13695,65 +13682,51 @@
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>optional extension(s) may be deleted</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1847">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">.]  </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1847">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">A </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> pursuant to this RFQ/IFB shall have an effective date as provided in the Notice of Award.  The term shall be </w:t>
+        <w:t xml:space="preserve">A contract awarded pursuant to this RFQ/IFB shall have an effective date as provided in the Notice of Award.  The term shall be </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">one (1) year </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1847">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>and will expire upon the anniversary date of the effective date unless otherwise stated in the Notice of Award, or unless terminated earlier.  The State retains the option to extend this contract for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> two (2) additional one (1) year periods</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1847">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
@@ -14377,72 +14350,50 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Offer</w:t>
       </w:r>
       <w:r w:rsidRPr="00471540">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Cost ________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79C71614" w14:textId="77777777" w:rsidR="00EE31E5" w:rsidRDefault="00EE31E5" w:rsidP="00F66F99">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BC3EE92" w14:textId="77777777" w:rsidR="00E75889" w:rsidRDefault="00E75889" w:rsidP="00F66F99">
-[...20 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0D7455CA" w14:textId="6EBC62D0" w:rsidR="00EE31E5" w:rsidRDefault="00EE31E5" w:rsidP="00F66F99">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OPTIONAL COSTS</w:t>
       </w:r>
       <w:r w:rsidR="00E75889">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="22"/>
@@ -15680,50 +15631,62 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F100C43" w14:textId="77777777" w:rsidR="00F66F99" w:rsidRDefault="00F66F99" w:rsidP="00F66F99">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="4320" w:right="-86" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">     Grant Total Offer Cost Years 1-3:_________________</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="611E67E6" w14:textId="77777777" w:rsidR="00460448" w:rsidRDefault="00460448" w:rsidP="00F66F99">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="4320" w:right="-86" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="1E6A7624" w14:textId="77777777" w:rsidR="00D26661" w:rsidRPr="00354780" w:rsidRDefault="00F46C53" w:rsidP="00A5713D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Toc166483249"/>
       <w:r w:rsidRPr="43472784">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>HISTORICALLY UNDERUTILIZED BUSINESSES</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="23A187F2" w14:textId="77777777" w:rsidR="00E75889" w:rsidRPr="00CD62F6" w:rsidRDefault="00E75889" w:rsidP="00E75889">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -16062,155 +16025,50 @@
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="005C281B" w:rsidRPr="00E75889">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30F6E2AF" w14:textId="77777777" w:rsidR="00E75889" w:rsidRDefault="00E75889" w:rsidP="00354780">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1480438C" w14:textId="77777777" w:rsidR="00E75889" w:rsidRDefault="00E75889" w:rsidP="00354780">
-[...103 lines deleted...]
-    </w:p>
     <w:p w14:paraId="00B8154E" w14:textId="77777777" w:rsidR="005C281B" w:rsidRDefault="005C281B" w:rsidP="005C281B">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23248816" w14:textId="4EEAE7C0" w:rsidR="00471540" w:rsidRPr="005A62B2" w:rsidRDefault="00354780" w:rsidP="00354780">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Toc166483250"/>
       <w:r w:rsidRPr="00354780">
         <w:t>6.0</w:t>
@@ -16967,91 +16825,63 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PROTEST PROCEDURES:</w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">  When an offeror wants to protest a contract awarded pursuant to this solicitation that is over </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">  When an offeror wants to protest a contract awarded pursuant to this solicitation that is over $25,000 they must submit a written request to the issuing agency at the address given in this document</w:t>
+      </w:r>
+      <w:r w:rsidR="6B3C1318" w:rsidRPr="46DC85AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>$25,000</w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> must contain specific sound reasons and any supporting documentation for the protest</w:t>
+        <w:t>This request must be received in this office within fifteen (15) calendar days from the date of the contract award, and must contain specific sound reasons and any supporting documentation for the protest</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  Contract award notices are sent </w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -17233,65 +17063,51 @@
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  The State will digitize the Vendor’s response if not received electronically, and any awarded contract together with associated contract documents</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">This electronic copy shall be a preservation </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> serve as the official record of this solicitation with the same force and effect as the original written documents comprising such record</w:t>
+        <w:t>This electronic copy shall be a preservation record, and serve as the official record of this solicitation with the same force and effect as the original written documents comprising such record</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Any printout or other output readable by sight shown to reflect such record accurately is an "original."  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17784BBB" w14:textId="77777777" w:rsidR="00987A88" w:rsidRDefault="00987A88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
@@ -17629,65 +17445,51 @@
         </w:rPr>
         <w:t>“Computer Program” means a series of instructions or statements in a form acceptable to a Computer, processor or controller that is designed to cause the Computer, processor or controller to execute an operation or operations</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Computer programs include operating systems, assemblers, compilers, interpreters, data management systems, utility programs, sort-merge programs and maintenance/diagnostics programs, as well as applications programs such as payroll, inventory control and engineering analysis programs</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>Computer Programs may be either machine dependent or machine-</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> may be general purpose in nature or be designed to satisfy the requirements of a particular user.</w:t>
+        <w:t>Computer Programs may be either machine dependent or machine-independent, and may be general purpose in nature or be designed to satisfy the requirements of a particular user.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EA93096" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Computer Software” or “Software” means Computer Programs and Data Bases. Also, s</w:t>
       </w:r>
@@ -18238,65 +18040,51 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The State agrees to use its best efforts to see that its employees and users of all Software licensed hereunder comply with the terms and conditions set forth in this Agreement, and any Exhibits or Amendments hereto</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">The State also agrees to refrain from taking any steps, such as reverse engineering, reverse assembly or reverse compilation to derive a source code equivalent to the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> or portion thereof.</w:t>
+        <w:t>The State also agrees to refrain from taking any steps, such as reverse engineering, reverse assembly or reverse compilation to derive a source code equivalent to the Software; or portion thereof.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36E21B6F" w14:textId="5C67A482" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The State shall have the right to copy the Software, in whole or in part, for use in conducting benchmark or acceptance tests, for business recovery and disaster recovery testing or operations, and consistent with the security, records retainage or other policy of the Agency for archival or emergency purposes, or to replace a worn copy; but not for use in preparing derivative works unless expressly allowed by the Agreement or subsequent Statements of Work</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
@@ -18332,65 +18120,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Use of Software on any Products other than that for which it was obtained, removal of Software from the United States or any other material breach shall automatically terminate this license.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E7C6960" w14:textId="48ACBDAD" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">The State’s license includes the right to upgrades, updates, maintenance releases or other enhancements or modifications made generally available to Vendor’s </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> without a separate maintenance or support agreement</w:t>
+        <w:t>The State’s license includes the right to upgrades, updates, maintenance releases or other enhancements or modifications made generally available to Vendor’s licensees without a separate maintenance or support agreement</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Vendor’s right to a new license for new version releases of the Software shall not be abridged by the foregoing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05E38E3A" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
@@ -18453,65 +18227,50 @@
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The State may use the Software with the Computer for which or with which it was acquired, including use at any government installation to which the Computer may be transferred by the State</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The State may use the Software with the backup Computer if the Computer for which or with which it was acquired is inoperative.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="211817A0" w14:textId="68393A55" w:rsidR="003A6B3C" w:rsidRDefault="003A6B3C">
-[...13 lines deleted...]
-    </w:p>
     <w:p w14:paraId="4B229E82" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="0022171D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>USE OF SOFTWARE AND INFORMATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A27BF7D" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
@@ -18556,75 +18315,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>All Software and information furnished to the State under this Agreement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="750B61C5" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Shall</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Shall be used by the State only to install, operate or maintain the Product for which they were originally furnished;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="50B2A6E5" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Shall not be reproduced or copied, in whole or in part, except as necessary for use as authorized under this agreement; and</w:t>
       </w:r>
     </w:p>
@@ -18777,65 +18518,51 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Software may be transferred within the United States to any location for the State’s normal operations upon written notice to the Vendor without additional cost(s)</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Transfers for temporary uses arising as a result of a disaster or disaster recovery test may be </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> without notice to the Vendor; provided, however, that the State will employ its best efforts to advise the Vendor of any disaster related transfer requiring more than ten (10) business days</w:t>
+        <w:t>Transfers for temporary uses arising as a result of a disaster or disaster recovery test may be effected without notice to the Vendor; provided, however, that the State will employ its best efforts to advise the Vendor of any disaster related transfer requiring more than ten (10) business days</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>All other transfers may be permitted only with Vendor’s prior written consent, and such consent shall not be unreasonably withheld</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Transfers requiring Vendor’s consent may be subject to an additional license fee.</w:t>
       </w:r>
@@ -18849,65 +18576,51 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The rights granted herein are restricted for use solely by the State</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">The State may not authorize or allow the use or marketing of the Software/Products by or to a third </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> may not assign or transfer the Software or Products to a third party without the prior written consent of Vendor</w:t>
+        <w:t>The State may not authorize or allow the use or marketing of the Software/Products by or to a third party, and may not assign or transfer the Software or Products to a third party without the prior written consent of Vendor</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Any assignee or transferee must execute a separate agreement with Vendor</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Any such assignment or transfer shall terminate the obligations of the State under this Agreement</w:t>
       </w:r>
@@ -19087,65 +18800,51 @@
         </w:rPr>
         <w:t>Vendor shall, at its option, either repair or replace any Product reported as not in good working order during the warranty period without charge to the State</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The repair or replacement Products must be new or equivalent to new in performance and fully warranted the same as new</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">All returned Products will become property of Vendor at the time the Product is either placed in shipment to </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> picked up by Vendor.</w:t>
+        <w:t>All returned Products will become property of Vendor at the time the Product is either placed in shipment to Vendor, or picked up by Vendor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64784D05" w14:textId="459452CB" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The service provided during the warranty period is dependent upon the acceptable warranty option selected by the State and indicated in the State’s solicitation document</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
@@ -19439,100 +19138,75 @@
         </w:rPr>
         <w:t>Vendor warrants to the best of its knowledge that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06600F7C" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The licensed Software and associated materials do not infringe any intellectual property rights of any third </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>The licensed Software and associated materials do not infringe any intellectual property rights of any third party;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2E3EB0BC" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">There are no actual or threatened actions arising from, or alleged under, any intellectual property rights of any third </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">There are no actual or threatened actions arising from, or alleged under, any intellectual property rights of any third party; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360EE7FA" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The licensed Software and associated materials do not contain any surreptitious programming codes, viruses, Trojan Horses, “back doors” or other means to facilitate or allow unauthorized access to the State’s information systems. </w:t>
       </w:r>
@@ -19708,100 +19382,75 @@
         </w:rPr>
         <w:t xml:space="preserve"> does not cover repair for damages, malfunctions or service failures caused by:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21422218" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Actions of non-Vendor </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Actions of non-Vendor personnel;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0122A47A" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Failure to follow Vendor’s installation, operation or maintenance instructions and/or Services provided to the </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Failure to follow Vendor’s installation, operation or maintenance instructions and/or Services provided to the State; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="290C8C50" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Attachment to the Products of non-Vendor products or failure of Products not maintained by Vendor unless such installation or use is approved in writing by the Vendor; or</w:t>
       </w:r>
@@ -19991,65 +19640,51 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>If any modifications to the Software applied by Vendor become the subject of a claim of infringement of a patent, copyright, Trademark or a trade secret in the United States, the Vendor, shall at its option and expense, either procure for the State the right to continue using the Software, or to replace or modify the same to become noninfringing</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">If neither of these options can reasonably be taken in Vendor's judgment, or if further use shall be prevented by injunction, the Vendor agrees to take back any affected Software </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> refund any sums the State has paid Vendor for Services and the State shall then have the option of terminating the Agreement, or applicable portions thereof, without penalty or termination charge.</w:t>
+        <w:t>If neither of these options can reasonably be taken in Vendor's judgment, or if further use shall be prevented by injunction, the Vendor agrees to take back any affected Software modifications, and refund any sums the State has paid Vendor for Services and the State shall then have the option of terminating the Agreement, or applicable portions thereof, without penalty or termination charge.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A01512E" w14:textId="6A93A515" w:rsidR="00F275FD" w:rsidRPr="00354780" w:rsidRDefault="00F275FD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vendor will not be required to defend or indemnify the State if any claim by a third party against the State for infringement or misappropriation results from the State's alteration of any Vendor-branded Software, or from the continued use of the good(s) or Services after receiving notice they infringe on an intellectual property right of a third party.</w:t>
       </w:r>
@@ -20808,67 +20443,51 @@
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to allow Vendor to perform Support Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="521F0CE9" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00A23A73">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Support does not cover any damage or failure </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> by:</w:t>
+        <w:t>Support does not cover any damage or failure cause by:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C3F1CE4" w14:textId="37B631E3" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -20983,136 +20602,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A23A73">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>TRANSPORTATION</w:t>
       </w:r>
       <w:r w:rsidR="00A23A73">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Transportation charges for software shall be FOB Destination unless delivered by internet or file-transfer as agreed by the </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> otherwise specified in the solicitation document or purchase order.</w:t>
+        <w:t xml:space="preserve"> Transportation charges for software shall be FOB Destination unless delivered by internet or file-transfer as agreed by the State, or otherwise specified in the solicitation document or purchase order.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B09F62E" w14:textId="181A4934" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="497CDE70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>TRAVEL EXPENSES</w:t>
       </w:r>
       <w:r w:rsidR="00A23A73" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">All travel expenses should be included in </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> proposed costs</w:t>
+        <w:t>All travel expenses should be included in the Vendor’s proposed costs</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Separately stated travel expenses will not be reimbursed</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
@@ -21198,65 +20781,51 @@
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_Ref21395720"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PROHIBITION AGAINST CONTINGENT FEES AND GRATUITIES</w:t>
       </w:r>
       <w:r w:rsidR="00A23A73" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vendor warrants that it has not paid, and agrees not to </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> any bonus, commission, fee, or gratuity to any employee or official of the State for the purpose of obtaining any contract or award issued by the State</w:t>
+        <w:t xml:space="preserve"> Vendor warrants that it has not paid, and agrees not to pay, any bonus, commission, fee, or gratuity to any employee or official of the State for the purpose of obtaining any contract or award issued by the State</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Subsequent discovery by the State of non-compliance with these provisions shall constitute sufficient cause for immediate termination of all outstanding Agreements</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Violations of this provision may result in debarment of the vendor(s) or Vendor(s) as permitted by 09 NCAC 06B.1207, or other provision of law.</w:t>
       </w:r>
@@ -21326,65 +20895,51 @@
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>is expressly contingent upon</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the appropriation, allocation, and availability of funds by the N.C. Legislature for the purposes set forth in the Agreement</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">If funds to </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> payment are not available, the Agency will provide written notification to Vendor</w:t>
+        <w:t>If funds to effect payment are not available, the Agency will provide written notification to Vendor</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>If the Agreement is terminated under this paragraph, Vendor agrees to take back any affected Products and software not yet delivered under this Agreement, terminate any Services supplied to the Agency under this Agreement, and relieve the Agency of any further obligation thereof</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The State shall remit payment for Products and Services accepted prior to the date of the aforesaid notice in conformance with the payment terms.</w:t>
       </w:r>
@@ -21717,133 +21272,91 @@
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Vendor may designate information, Products, software or appropriate portions of its response as confidential, consistent with and to the extent permitted under the Statutes and Rules set forth above, by marking the top and bottom of pages containing confidential information with a legend in boldface type “</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>CONFIDENTIAL.</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">”  </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> meet the requirements of the Rules and Statutes set forth above. </w:t>
+        <w:t xml:space="preserve">”  By so marking any page, the Vendor warrants that it has formed a good faith opinion, having received such necessary or proper review by counsel and other knowledgeable advisors that the portions marked confidential meet the requirements of the Rules and Statutes set forth above. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>However, under no circumstances shall price information be designated as confidential.</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> The State agrees to promptly notify the Vendor in writing of any action seeking to compel the disclosure of Vendor’s confidential information</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>If an action is brought pursuant to N.C.</w:t>
       </w:r>
       <w:r w:rsidR="00EB4884" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>G.S.</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> §132-9 to compel the State to disclose information marked </w:t>
-[...13 lines deleted...]
-        <w:t>, the Vendor agrees that it will intervene in the action through its counsel and participate in defending the State, including any public official(s) or public employee(s)</w:t>
+        <w:t xml:space="preserve"> §132-9 to compel the State to disclose information marked confidential, the Vendor agrees that it will intervene in the action through its counsel and participate in defending the State, including any public official(s) or public employee(s)</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The Vendor agrees that it shall hold the State and any official(s) and individual(s) harmless from any and all damages, costs, and attorneys’ fees awarded against the State in the action. The State shall have the right, at its option and expense, to participate in the defense of the action through its counsel</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The State shall have no liability to Vendor with respect to the disclosure of Vendor’s confidential information ordered by a court of competent jurisdiction pursuant to N.C. </w:t>
       </w:r>
@@ -23438,103 +22951,75 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The State or State approved user, not the Supplier Manager, shall be responsible for the solicitation, offers received, evaluation of offers received, award of contract, and the payment for goods delivered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="201B0D56" w14:textId="3D8172DF" w:rsidR="00A77708" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="497CDE70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vendor agrees at all times to maintain the confidentiality of its </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Vendor agrees at all times to maintain the confidentiality of its user name and password for the Statewide E-Procurement Services</w:t>
+      </w:r>
+      <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>user name</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>If a Vendor is a corporation, partnership or other legal entity, then the Vendor may authorize its employees to use its password</w:t>
+      </w:r>
+      <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and password for the Statewide E-Procurement Services</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> be responsible for all activity and all charges for such employees</w:t>
+        <w:t>Vendor shall be responsible for all activity and all charges for such employees</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Vendor agrees not to permit a third party to use the Statewide E-Procurement Services through its account</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>If there is a breach of security through the Vendor’s account, Vendor shall immediately change its password and notify the Supplier Manager of the security breach by e-mail</w:t>
       </w:r>
@@ -23585,65 +23070,65 @@
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="691DDAEF" w15:done="1"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="267F0163" w16cex:dateUtc="2022-07-13T18:20:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="691DDAEF" w16cid:durableId="267F0163"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28DAB257" w14:textId="77777777" w:rsidR="002157DE" w:rsidRDefault="002157DE">
+    <w:p w14:paraId="4E68BCA2" w14:textId="77777777" w:rsidR="00376C71" w:rsidRDefault="00376C71">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20E730A4" w14:textId="77777777" w:rsidR="002157DE" w:rsidRDefault="002157DE">
+    <w:p w14:paraId="23BE9934" w14:textId="77777777" w:rsidR="00376C71" w:rsidRDefault="00376C71">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5856F4DF" w14:textId="77777777" w:rsidR="002157DE" w:rsidRDefault="002157DE"/>
+    <w:p w14:paraId="6F2E7D07" w14:textId="77777777" w:rsidR="00376C71" w:rsidRDefault="00376C71"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -23691,100 +23176,100 @@
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial-BoldMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="56D3EB6E" w14:textId="77777777" w:rsidR="00506E49" w:rsidRDefault="00506E49" w:rsidP="005C494D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1AFBBF25" w14:textId="5301C2BB" w:rsidR="00506E49" w:rsidRPr="0095549C" w:rsidRDefault="00506E49" w:rsidP="0042FC02">
+  <w:p w14:paraId="1AFBBF25" w14:textId="4671AE09" w:rsidR="00506E49" w:rsidRPr="0095549C" w:rsidRDefault="00506E49" w:rsidP="0042FC02">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0042FC02" w:rsidRPr="00FD3CEE">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -23859,56 +23344,63 @@
     </w:r>
     <w:r w:rsidR="0042FC02" w:rsidRPr="0042FC02">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>23</w:t>
     </w:r>
     <w:r w:rsidRPr="0042FC02">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:r w:rsidR="000A0830">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>November 21</w:t>
+    </w:r>
     <w:r w:rsidR="00905149">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>October 9, 2025</w:t>
+      <w:t>, 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
     </w:tblGrid>
     <w:tr w:rsidR="0042FC02" w14:paraId="0785118D" w14:textId="77777777" w:rsidTr="0042FC02">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
@@ -23934,65 +23426,65 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="425F6378" w14:textId="63F982B1" w:rsidR="0042FC02" w:rsidRDefault="0042FC02" w:rsidP="0042FC02">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="468BA28D" w14:textId="5921EFF9" w:rsidR="0042FC02" w:rsidRDefault="0042FC02" w:rsidP="0042FC02">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25C02A95" w14:textId="77777777" w:rsidR="002157DE" w:rsidRDefault="002157DE">
+    <w:p w14:paraId="736DAF05" w14:textId="77777777" w:rsidR="00376C71" w:rsidRDefault="00376C71">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06654778" w14:textId="77777777" w:rsidR="002157DE" w:rsidRDefault="002157DE">
+    <w:p w14:paraId="264533E9" w14:textId="77777777" w:rsidR="00376C71" w:rsidRDefault="00376C71">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4A0754B7" w14:textId="77777777" w:rsidR="002157DE" w:rsidRDefault="002157DE"/>
+    <w:p w14:paraId="3E8B73E3" w14:textId="77777777" w:rsidR="00376C71" w:rsidRDefault="00376C71"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="562AFD12" w14:textId="2EA93E6C" w:rsidR="00506E49" w:rsidRPr="00FB52D4" w:rsidRDefault="00B61078">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>IFB/RFQ</w:t>
     </w:r>
     <w:r w:rsidR="00417A41">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
@@ -28880,51 +28372,51 @@
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1470" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2700" w:hanging="720"/>
+        <w:ind w:left="1710" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3690" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="1080"/>
       </w:pPr>
@@ -29377,51 +28869,50 @@
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="733160256">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="38"/>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Pacyna, Andrea T">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::andrea.pacyna@nc.gov::7f8faf62-052f-480e-aec9-ebdd446e6b57"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -29442,78 +28933,80 @@
     <w:rsid w:val="00013510"/>
     <w:rsid w:val="00014B44"/>
     <w:rsid w:val="00014C5C"/>
     <w:rsid w:val="0001528D"/>
     <w:rsid w:val="000174A4"/>
     <w:rsid w:val="00017D0E"/>
     <w:rsid w:val="00017F37"/>
     <w:rsid w:val="000216CC"/>
     <w:rsid w:val="00021DC0"/>
     <w:rsid w:val="00025A9C"/>
     <w:rsid w:val="00025C21"/>
     <w:rsid w:val="00032B2B"/>
     <w:rsid w:val="00033C77"/>
     <w:rsid w:val="00036815"/>
     <w:rsid w:val="0003703E"/>
     <w:rsid w:val="00037E3E"/>
     <w:rsid w:val="00040F36"/>
     <w:rsid w:val="00051CBE"/>
     <w:rsid w:val="000525CE"/>
     <w:rsid w:val="00052FC0"/>
     <w:rsid w:val="00053300"/>
     <w:rsid w:val="00054EE9"/>
     <w:rsid w:val="00055F1E"/>
     <w:rsid w:val="00055F26"/>
     <w:rsid w:val="000561FE"/>
+    <w:rsid w:val="0005682E"/>
     <w:rsid w:val="00056A0A"/>
     <w:rsid w:val="000577BF"/>
     <w:rsid w:val="0006008C"/>
     <w:rsid w:val="000604AC"/>
     <w:rsid w:val="0006285C"/>
     <w:rsid w:val="000653A5"/>
     <w:rsid w:val="00071C80"/>
     <w:rsid w:val="00072603"/>
     <w:rsid w:val="000728F1"/>
     <w:rsid w:val="00073B13"/>
     <w:rsid w:val="00073EFC"/>
     <w:rsid w:val="00077D86"/>
     <w:rsid w:val="000809F2"/>
     <w:rsid w:val="00080A21"/>
     <w:rsid w:val="00081AC9"/>
     <w:rsid w:val="00082021"/>
     <w:rsid w:val="00083DBA"/>
     <w:rsid w:val="00083E4E"/>
     <w:rsid w:val="00085454"/>
     <w:rsid w:val="0008573F"/>
     <w:rsid w:val="000867E5"/>
     <w:rsid w:val="00087603"/>
     <w:rsid w:val="00087859"/>
     <w:rsid w:val="00090B1F"/>
     <w:rsid w:val="00091986"/>
     <w:rsid w:val="00095B1C"/>
     <w:rsid w:val="00095DDD"/>
     <w:rsid w:val="000965FE"/>
+    <w:rsid w:val="000A0830"/>
     <w:rsid w:val="000A318B"/>
     <w:rsid w:val="000A58A9"/>
     <w:rsid w:val="000A5C98"/>
     <w:rsid w:val="000A757E"/>
     <w:rsid w:val="000B1886"/>
     <w:rsid w:val="000B4693"/>
     <w:rsid w:val="000C1C4B"/>
     <w:rsid w:val="000C2600"/>
     <w:rsid w:val="000C33B9"/>
     <w:rsid w:val="000C3A67"/>
     <w:rsid w:val="000C4301"/>
     <w:rsid w:val="000C7365"/>
     <w:rsid w:val="000C78D9"/>
     <w:rsid w:val="000C78F7"/>
     <w:rsid w:val="000C7BE2"/>
     <w:rsid w:val="000D09E4"/>
     <w:rsid w:val="000D1B20"/>
     <w:rsid w:val="000D4A2F"/>
     <w:rsid w:val="000D5B01"/>
     <w:rsid w:val="000E1A5B"/>
     <w:rsid w:val="000E2EE0"/>
     <w:rsid w:val="000E3271"/>
     <w:rsid w:val="000E5AF9"/>
     <w:rsid w:val="000E7988"/>
     <w:rsid w:val="000F1C9F"/>
@@ -29576,56 +29069,59 @@
     <w:rsid w:val="00186883"/>
     <w:rsid w:val="00194102"/>
     <w:rsid w:val="00196C12"/>
     <w:rsid w:val="001A160B"/>
     <w:rsid w:val="001A2260"/>
     <w:rsid w:val="001A50AE"/>
     <w:rsid w:val="001A72EE"/>
     <w:rsid w:val="001A77C8"/>
     <w:rsid w:val="001A79EA"/>
     <w:rsid w:val="001B1349"/>
     <w:rsid w:val="001B6584"/>
     <w:rsid w:val="001B75B9"/>
     <w:rsid w:val="001C196E"/>
     <w:rsid w:val="001C1D64"/>
     <w:rsid w:val="001C4442"/>
     <w:rsid w:val="001C6201"/>
     <w:rsid w:val="001D14B8"/>
     <w:rsid w:val="001D44DE"/>
     <w:rsid w:val="001D4D5C"/>
     <w:rsid w:val="001D5E12"/>
     <w:rsid w:val="001D62E5"/>
     <w:rsid w:val="001D7B2F"/>
     <w:rsid w:val="001E0FBA"/>
     <w:rsid w:val="001E14DC"/>
     <w:rsid w:val="001E1D5D"/>
+    <w:rsid w:val="001E1E16"/>
     <w:rsid w:val="001E1E6C"/>
     <w:rsid w:val="001E25C8"/>
     <w:rsid w:val="001E26ED"/>
     <w:rsid w:val="001E41C4"/>
     <w:rsid w:val="001F306B"/>
     <w:rsid w:val="001F38F1"/>
+    <w:rsid w:val="001F408B"/>
+    <w:rsid w:val="001F53B1"/>
     <w:rsid w:val="002003B2"/>
     <w:rsid w:val="002007BA"/>
     <w:rsid w:val="00202C21"/>
     <w:rsid w:val="00203737"/>
     <w:rsid w:val="00204BBB"/>
     <w:rsid w:val="00205597"/>
     <w:rsid w:val="00205AB1"/>
     <w:rsid w:val="00206742"/>
     <w:rsid w:val="002117E2"/>
     <w:rsid w:val="00211E5A"/>
     <w:rsid w:val="002132FA"/>
     <w:rsid w:val="00213449"/>
     <w:rsid w:val="002157DE"/>
     <w:rsid w:val="00215BC0"/>
     <w:rsid w:val="002211A5"/>
     <w:rsid w:val="0022171D"/>
     <w:rsid w:val="002239FE"/>
     <w:rsid w:val="00223BB2"/>
     <w:rsid w:val="00227F96"/>
     <w:rsid w:val="00231D3A"/>
     <w:rsid w:val="00234079"/>
     <w:rsid w:val="002344EE"/>
     <w:rsid w:val="00235FB0"/>
     <w:rsid w:val="002361C6"/>
     <w:rsid w:val="00236BE3"/>
@@ -29648,108 +29144,111 @@
     <w:rsid w:val="00263ECC"/>
     <w:rsid w:val="00264A8E"/>
     <w:rsid w:val="00266FE2"/>
     <w:rsid w:val="0027076A"/>
     <w:rsid w:val="002737E4"/>
     <w:rsid w:val="00274457"/>
     <w:rsid w:val="00275690"/>
     <w:rsid w:val="002813F3"/>
     <w:rsid w:val="002832AF"/>
     <w:rsid w:val="00283AA2"/>
     <w:rsid w:val="00285085"/>
     <w:rsid w:val="00285771"/>
     <w:rsid w:val="00285823"/>
     <w:rsid w:val="002873B1"/>
     <w:rsid w:val="00291F7E"/>
     <w:rsid w:val="0029371E"/>
     <w:rsid w:val="0029398B"/>
     <w:rsid w:val="00294514"/>
     <w:rsid w:val="002A2CA3"/>
     <w:rsid w:val="002A5285"/>
     <w:rsid w:val="002A5318"/>
     <w:rsid w:val="002A7552"/>
     <w:rsid w:val="002A7C20"/>
     <w:rsid w:val="002B1315"/>
     <w:rsid w:val="002B2943"/>
+    <w:rsid w:val="002B4558"/>
     <w:rsid w:val="002C11C3"/>
     <w:rsid w:val="002C1208"/>
     <w:rsid w:val="002C16F9"/>
     <w:rsid w:val="002C6EE3"/>
     <w:rsid w:val="002C7FCC"/>
     <w:rsid w:val="002D2367"/>
     <w:rsid w:val="002D2440"/>
     <w:rsid w:val="002D255E"/>
     <w:rsid w:val="002D797E"/>
     <w:rsid w:val="002E29EF"/>
     <w:rsid w:val="002E2B12"/>
     <w:rsid w:val="002E2CEB"/>
     <w:rsid w:val="002E3611"/>
     <w:rsid w:val="002E4AD0"/>
     <w:rsid w:val="002F1AE9"/>
     <w:rsid w:val="002F20A4"/>
     <w:rsid w:val="002F4296"/>
     <w:rsid w:val="002F43F9"/>
     <w:rsid w:val="002F48E1"/>
     <w:rsid w:val="002F590C"/>
     <w:rsid w:val="0030031A"/>
     <w:rsid w:val="00301C85"/>
     <w:rsid w:val="00305CA3"/>
     <w:rsid w:val="003061A1"/>
     <w:rsid w:val="00312DC4"/>
     <w:rsid w:val="00314079"/>
     <w:rsid w:val="003141E2"/>
     <w:rsid w:val="00316E3A"/>
     <w:rsid w:val="00320B9F"/>
     <w:rsid w:val="003216FD"/>
     <w:rsid w:val="00321DBB"/>
     <w:rsid w:val="003220B3"/>
     <w:rsid w:val="0032555D"/>
     <w:rsid w:val="0032768F"/>
     <w:rsid w:val="00330A29"/>
     <w:rsid w:val="00332540"/>
     <w:rsid w:val="003352FA"/>
     <w:rsid w:val="00335DEC"/>
     <w:rsid w:val="00341237"/>
     <w:rsid w:val="0034626C"/>
     <w:rsid w:val="00347060"/>
     <w:rsid w:val="00347E25"/>
     <w:rsid w:val="00351137"/>
     <w:rsid w:val="00353953"/>
     <w:rsid w:val="00353C4D"/>
     <w:rsid w:val="00354780"/>
     <w:rsid w:val="00355050"/>
     <w:rsid w:val="003577E3"/>
     <w:rsid w:val="00357C19"/>
     <w:rsid w:val="00360B4C"/>
+    <w:rsid w:val="00360D36"/>
     <w:rsid w:val="00361CB7"/>
     <w:rsid w:val="00363FA4"/>
     <w:rsid w:val="00365477"/>
     <w:rsid w:val="003673BD"/>
     <w:rsid w:val="003704DB"/>
     <w:rsid w:val="00373640"/>
     <w:rsid w:val="003759F6"/>
     <w:rsid w:val="00376A73"/>
+    <w:rsid w:val="00376C71"/>
     <w:rsid w:val="003871E8"/>
     <w:rsid w:val="0039109D"/>
     <w:rsid w:val="00391485"/>
     <w:rsid w:val="003917D1"/>
     <w:rsid w:val="00394C3F"/>
     <w:rsid w:val="00395694"/>
     <w:rsid w:val="0039605C"/>
     <w:rsid w:val="00396175"/>
     <w:rsid w:val="00396559"/>
     <w:rsid w:val="00397A49"/>
     <w:rsid w:val="003A0259"/>
     <w:rsid w:val="003A6B3C"/>
     <w:rsid w:val="003B1722"/>
     <w:rsid w:val="003B41AC"/>
     <w:rsid w:val="003B4491"/>
     <w:rsid w:val="003B47BB"/>
     <w:rsid w:val="003B599B"/>
     <w:rsid w:val="003B60D0"/>
     <w:rsid w:val="003C4317"/>
     <w:rsid w:val="003C5254"/>
     <w:rsid w:val="003C66F3"/>
     <w:rsid w:val="003C6828"/>
     <w:rsid w:val="003C6900"/>
     <w:rsid w:val="003D0744"/>
     <w:rsid w:val="003E19B2"/>
@@ -29759,70 +29258,73 @@
     <w:rsid w:val="003E6382"/>
     <w:rsid w:val="003E7563"/>
     <w:rsid w:val="003F0500"/>
     <w:rsid w:val="003F0C07"/>
     <w:rsid w:val="003F1456"/>
     <w:rsid w:val="003F19C2"/>
     <w:rsid w:val="003F53E0"/>
     <w:rsid w:val="003F709C"/>
     <w:rsid w:val="003F7ACD"/>
     <w:rsid w:val="00400C36"/>
     <w:rsid w:val="00401CB6"/>
     <w:rsid w:val="00401D03"/>
     <w:rsid w:val="00406A86"/>
     <w:rsid w:val="00406EA9"/>
     <w:rsid w:val="004102BF"/>
     <w:rsid w:val="004103F9"/>
     <w:rsid w:val="004111BF"/>
     <w:rsid w:val="00412A71"/>
     <w:rsid w:val="00413218"/>
     <w:rsid w:val="00413CEF"/>
     <w:rsid w:val="00417A41"/>
     <w:rsid w:val="00417C4B"/>
     <w:rsid w:val="004200D3"/>
     <w:rsid w:val="00421592"/>
     <w:rsid w:val="00423729"/>
+    <w:rsid w:val="0042590E"/>
     <w:rsid w:val="004268F5"/>
     <w:rsid w:val="00427FC5"/>
     <w:rsid w:val="0042FC02"/>
     <w:rsid w:val="004300C6"/>
     <w:rsid w:val="00430F27"/>
+    <w:rsid w:val="004318AB"/>
     <w:rsid w:val="00433C6D"/>
     <w:rsid w:val="00437553"/>
     <w:rsid w:val="004409FD"/>
     <w:rsid w:val="00445448"/>
     <w:rsid w:val="00446E9F"/>
     <w:rsid w:val="004522B1"/>
     <w:rsid w:val="00453A8A"/>
     <w:rsid w:val="00455296"/>
     <w:rsid w:val="00455360"/>
     <w:rsid w:val="00455F51"/>
     <w:rsid w:val="00456409"/>
     <w:rsid w:val="00456B02"/>
     <w:rsid w:val="00456E65"/>
     <w:rsid w:val="00457512"/>
     <w:rsid w:val="00457FB1"/>
+    <w:rsid w:val="00460448"/>
     <w:rsid w:val="004612D8"/>
     <w:rsid w:val="00462500"/>
     <w:rsid w:val="004634A3"/>
     <w:rsid w:val="00465FAF"/>
     <w:rsid w:val="00470C54"/>
     <w:rsid w:val="00471540"/>
     <w:rsid w:val="00481C10"/>
     <w:rsid w:val="00482545"/>
     <w:rsid w:val="00482877"/>
     <w:rsid w:val="00483268"/>
     <w:rsid w:val="0048338E"/>
     <w:rsid w:val="0048735C"/>
     <w:rsid w:val="00490652"/>
     <w:rsid w:val="00491E4A"/>
     <w:rsid w:val="00492490"/>
     <w:rsid w:val="00494A3F"/>
     <w:rsid w:val="00495D74"/>
     <w:rsid w:val="0049623D"/>
     <w:rsid w:val="00496A08"/>
     <w:rsid w:val="004A3528"/>
     <w:rsid w:val="004A5A02"/>
     <w:rsid w:val="004A6E02"/>
     <w:rsid w:val="004B28FD"/>
     <w:rsid w:val="004B34F8"/>
     <w:rsid w:val="004B35E2"/>
@@ -29831,88 +29333,90 @@
     <w:rsid w:val="004C1D3A"/>
     <w:rsid w:val="004C2755"/>
     <w:rsid w:val="004C4937"/>
     <w:rsid w:val="004C7B83"/>
     <w:rsid w:val="004D463D"/>
     <w:rsid w:val="004D4F03"/>
     <w:rsid w:val="004D5562"/>
     <w:rsid w:val="004D564E"/>
     <w:rsid w:val="004E0E93"/>
     <w:rsid w:val="004E1472"/>
     <w:rsid w:val="004E1F4B"/>
     <w:rsid w:val="004E2C88"/>
     <w:rsid w:val="004E5C46"/>
     <w:rsid w:val="004E6702"/>
     <w:rsid w:val="004F0AD5"/>
     <w:rsid w:val="004F14F7"/>
     <w:rsid w:val="004F2E55"/>
     <w:rsid w:val="004F4C32"/>
     <w:rsid w:val="004F5D78"/>
     <w:rsid w:val="004F6EB2"/>
     <w:rsid w:val="004F7B83"/>
     <w:rsid w:val="00500CF3"/>
     <w:rsid w:val="00502B62"/>
     <w:rsid w:val="00504576"/>
     <w:rsid w:val="00506E49"/>
+    <w:rsid w:val="00506E7C"/>
     <w:rsid w:val="0051143E"/>
     <w:rsid w:val="00512E81"/>
     <w:rsid w:val="0051518D"/>
     <w:rsid w:val="00515333"/>
     <w:rsid w:val="00517444"/>
     <w:rsid w:val="00522A19"/>
     <w:rsid w:val="005230BD"/>
     <w:rsid w:val="00523910"/>
     <w:rsid w:val="00526CD3"/>
     <w:rsid w:val="00526FAB"/>
     <w:rsid w:val="00527538"/>
     <w:rsid w:val="0053644E"/>
     <w:rsid w:val="00542837"/>
     <w:rsid w:val="00543B2D"/>
     <w:rsid w:val="00545556"/>
     <w:rsid w:val="00546708"/>
     <w:rsid w:val="0054712F"/>
     <w:rsid w:val="00547CCA"/>
     <w:rsid w:val="005504BC"/>
     <w:rsid w:val="00551C87"/>
     <w:rsid w:val="00551E49"/>
     <w:rsid w:val="00551E65"/>
     <w:rsid w:val="00553452"/>
     <w:rsid w:val="005560EF"/>
     <w:rsid w:val="00556F6D"/>
     <w:rsid w:val="00560FAB"/>
     <w:rsid w:val="00561F82"/>
     <w:rsid w:val="00566062"/>
     <w:rsid w:val="0056661F"/>
     <w:rsid w:val="005668B3"/>
     <w:rsid w:val="00566D04"/>
     <w:rsid w:val="00566E3E"/>
     <w:rsid w:val="00571593"/>
     <w:rsid w:val="00576BD1"/>
     <w:rsid w:val="00583888"/>
     <w:rsid w:val="005855AE"/>
     <w:rsid w:val="00587294"/>
     <w:rsid w:val="005874EA"/>
+    <w:rsid w:val="00587606"/>
     <w:rsid w:val="005907BF"/>
     <w:rsid w:val="00593AE4"/>
     <w:rsid w:val="00593D28"/>
     <w:rsid w:val="00594D68"/>
     <w:rsid w:val="005964CE"/>
     <w:rsid w:val="005973CE"/>
     <w:rsid w:val="005A209D"/>
     <w:rsid w:val="005A62B2"/>
     <w:rsid w:val="005A6E97"/>
     <w:rsid w:val="005A6FAA"/>
     <w:rsid w:val="005B1442"/>
     <w:rsid w:val="005B2272"/>
     <w:rsid w:val="005B288B"/>
     <w:rsid w:val="005C0791"/>
     <w:rsid w:val="005C281B"/>
     <w:rsid w:val="005C411F"/>
     <w:rsid w:val="005C494D"/>
     <w:rsid w:val="005C4D4E"/>
     <w:rsid w:val="005C64A4"/>
     <w:rsid w:val="005D1336"/>
     <w:rsid w:val="005D1A58"/>
     <w:rsid w:val="005D2E8E"/>
     <w:rsid w:val="005D5CFC"/>
     <w:rsid w:val="005D5F53"/>
     <w:rsid w:val="005D6E68"/>
@@ -30059,50 +29563,51 @@
     <w:rsid w:val="007A2365"/>
     <w:rsid w:val="007A359C"/>
     <w:rsid w:val="007A4601"/>
     <w:rsid w:val="007A531C"/>
     <w:rsid w:val="007A5510"/>
     <w:rsid w:val="007A5806"/>
     <w:rsid w:val="007A6FE0"/>
     <w:rsid w:val="007B0215"/>
     <w:rsid w:val="007B0292"/>
     <w:rsid w:val="007B0C56"/>
     <w:rsid w:val="007B3CC9"/>
     <w:rsid w:val="007B6D25"/>
     <w:rsid w:val="007B7BFE"/>
     <w:rsid w:val="007C02C0"/>
     <w:rsid w:val="007C1EF4"/>
     <w:rsid w:val="007C2A4B"/>
     <w:rsid w:val="007C4726"/>
     <w:rsid w:val="007C48E9"/>
     <w:rsid w:val="007C7EBB"/>
     <w:rsid w:val="007D2F3D"/>
     <w:rsid w:val="007D7D78"/>
     <w:rsid w:val="007E0EB1"/>
     <w:rsid w:val="007E1422"/>
     <w:rsid w:val="007E212E"/>
     <w:rsid w:val="007E2862"/>
+    <w:rsid w:val="007E4F98"/>
     <w:rsid w:val="007E5A45"/>
     <w:rsid w:val="007E68A9"/>
     <w:rsid w:val="007E6AE5"/>
     <w:rsid w:val="007F1159"/>
     <w:rsid w:val="007F372E"/>
     <w:rsid w:val="00801546"/>
     <w:rsid w:val="0080168F"/>
     <w:rsid w:val="00801913"/>
     <w:rsid w:val="00802A95"/>
     <w:rsid w:val="0080308F"/>
     <w:rsid w:val="008033CA"/>
     <w:rsid w:val="00806674"/>
     <w:rsid w:val="00810B27"/>
     <w:rsid w:val="008125B3"/>
     <w:rsid w:val="00812E58"/>
     <w:rsid w:val="008141AE"/>
     <w:rsid w:val="00816190"/>
     <w:rsid w:val="00816535"/>
     <w:rsid w:val="008248D2"/>
     <w:rsid w:val="00825B11"/>
     <w:rsid w:val="00830932"/>
     <w:rsid w:val="00830FDA"/>
     <w:rsid w:val="00831F37"/>
     <w:rsid w:val="008369F4"/>
     <w:rsid w:val="00836BE2"/>
@@ -30118,50 +29623,51 @@
     <w:rsid w:val="008607E7"/>
     <w:rsid w:val="008625AC"/>
     <w:rsid w:val="00862CDB"/>
     <w:rsid w:val="008660FA"/>
     <w:rsid w:val="00866245"/>
     <w:rsid w:val="008676E0"/>
     <w:rsid w:val="00877782"/>
     <w:rsid w:val="00877894"/>
     <w:rsid w:val="008814BE"/>
     <w:rsid w:val="00883EEA"/>
     <w:rsid w:val="00884550"/>
     <w:rsid w:val="0088519F"/>
     <w:rsid w:val="008856F9"/>
     <w:rsid w:val="00890D57"/>
     <w:rsid w:val="0089101B"/>
     <w:rsid w:val="0089394B"/>
     <w:rsid w:val="00894311"/>
     <w:rsid w:val="00895361"/>
     <w:rsid w:val="0089625A"/>
     <w:rsid w:val="00896671"/>
     <w:rsid w:val="0089754D"/>
     <w:rsid w:val="008A0953"/>
     <w:rsid w:val="008A2D2D"/>
     <w:rsid w:val="008A364C"/>
     <w:rsid w:val="008A4B5A"/>
+    <w:rsid w:val="008A6B2B"/>
     <w:rsid w:val="008A707E"/>
     <w:rsid w:val="008A7B36"/>
     <w:rsid w:val="008B1087"/>
     <w:rsid w:val="008B13B0"/>
     <w:rsid w:val="008B1A6C"/>
     <w:rsid w:val="008B359C"/>
     <w:rsid w:val="008B43B4"/>
     <w:rsid w:val="008B54F2"/>
     <w:rsid w:val="008B581C"/>
     <w:rsid w:val="008B7E83"/>
     <w:rsid w:val="008C09C3"/>
     <w:rsid w:val="008C1C70"/>
     <w:rsid w:val="008C1EDB"/>
     <w:rsid w:val="008C2565"/>
     <w:rsid w:val="008C2CCD"/>
     <w:rsid w:val="008C36B3"/>
     <w:rsid w:val="008C47E2"/>
     <w:rsid w:val="008C785E"/>
     <w:rsid w:val="008D1706"/>
     <w:rsid w:val="008D2B2A"/>
     <w:rsid w:val="008D33EA"/>
     <w:rsid w:val="008D3FB0"/>
     <w:rsid w:val="008D5D30"/>
     <w:rsid w:val="008E0C92"/>
     <w:rsid w:val="008E15AC"/>
@@ -30202,50 +29708,51 @@
     <w:rsid w:val="00961CD2"/>
     <w:rsid w:val="00963B8F"/>
     <w:rsid w:val="0096473C"/>
     <w:rsid w:val="00967030"/>
     <w:rsid w:val="009703DB"/>
     <w:rsid w:val="009719DB"/>
     <w:rsid w:val="00973E83"/>
     <w:rsid w:val="009761E9"/>
     <w:rsid w:val="009771F5"/>
     <w:rsid w:val="009816DC"/>
     <w:rsid w:val="00982176"/>
     <w:rsid w:val="009841BD"/>
     <w:rsid w:val="00986819"/>
     <w:rsid w:val="00986CD0"/>
     <w:rsid w:val="00987A88"/>
     <w:rsid w:val="009910C4"/>
     <w:rsid w:val="00994421"/>
     <w:rsid w:val="009965CC"/>
     <w:rsid w:val="009A168B"/>
     <w:rsid w:val="009A28F7"/>
     <w:rsid w:val="009A483E"/>
     <w:rsid w:val="009A54D0"/>
     <w:rsid w:val="009A5BF8"/>
     <w:rsid w:val="009B0F4E"/>
     <w:rsid w:val="009B1F09"/>
+    <w:rsid w:val="009B2DB9"/>
     <w:rsid w:val="009B30F7"/>
     <w:rsid w:val="009B4EAC"/>
     <w:rsid w:val="009B6D96"/>
     <w:rsid w:val="009B7EB0"/>
     <w:rsid w:val="009B7F40"/>
     <w:rsid w:val="009C0897"/>
     <w:rsid w:val="009C367B"/>
     <w:rsid w:val="009C3CCC"/>
     <w:rsid w:val="009C50D3"/>
     <w:rsid w:val="009C61F9"/>
     <w:rsid w:val="009D7D0B"/>
     <w:rsid w:val="009E0583"/>
     <w:rsid w:val="009E1945"/>
     <w:rsid w:val="009E401A"/>
     <w:rsid w:val="009E47BD"/>
     <w:rsid w:val="009E70FA"/>
     <w:rsid w:val="009F1E38"/>
     <w:rsid w:val="00A014E6"/>
     <w:rsid w:val="00A01E34"/>
     <w:rsid w:val="00A02698"/>
     <w:rsid w:val="00A0323A"/>
     <w:rsid w:val="00A03F81"/>
     <w:rsid w:val="00A05063"/>
     <w:rsid w:val="00A059EA"/>
     <w:rsid w:val="00A100B1"/>
@@ -30283,50 +29790,51 @@
     <w:rsid w:val="00A44B14"/>
     <w:rsid w:val="00A46CD4"/>
     <w:rsid w:val="00A502BC"/>
     <w:rsid w:val="00A5091C"/>
     <w:rsid w:val="00A51690"/>
     <w:rsid w:val="00A54292"/>
     <w:rsid w:val="00A542B4"/>
     <w:rsid w:val="00A556AC"/>
     <w:rsid w:val="00A559A5"/>
     <w:rsid w:val="00A5713D"/>
     <w:rsid w:val="00A616C0"/>
     <w:rsid w:val="00A6582E"/>
     <w:rsid w:val="00A65D8C"/>
     <w:rsid w:val="00A660EF"/>
     <w:rsid w:val="00A668BF"/>
     <w:rsid w:val="00A71142"/>
     <w:rsid w:val="00A757F0"/>
     <w:rsid w:val="00A75D0F"/>
     <w:rsid w:val="00A77708"/>
     <w:rsid w:val="00A80ACD"/>
     <w:rsid w:val="00A82812"/>
     <w:rsid w:val="00A843A3"/>
     <w:rsid w:val="00A9124F"/>
     <w:rsid w:val="00A92952"/>
     <w:rsid w:val="00A93613"/>
+    <w:rsid w:val="00A947F8"/>
     <w:rsid w:val="00A95196"/>
     <w:rsid w:val="00A961D6"/>
     <w:rsid w:val="00A96A85"/>
     <w:rsid w:val="00AA0096"/>
     <w:rsid w:val="00AA0758"/>
     <w:rsid w:val="00AA080C"/>
     <w:rsid w:val="00AA2846"/>
     <w:rsid w:val="00AA3143"/>
     <w:rsid w:val="00AA4826"/>
     <w:rsid w:val="00AA5BF5"/>
     <w:rsid w:val="00AA62D5"/>
     <w:rsid w:val="00AA7348"/>
     <w:rsid w:val="00AA7527"/>
     <w:rsid w:val="00AB17F5"/>
     <w:rsid w:val="00AB4B18"/>
     <w:rsid w:val="00AB700F"/>
     <w:rsid w:val="00AB7D80"/>
     <w:rsid w:val="00AC540A"/>
     <w:rsid w:val="00AC77B3"/>
     <w:rsid w:val="00AD0A02"/>
     <w:rsid w:val="00AD2A10"/>
     <w:rsid w:val="00AD332A"/>
     <w:rsid w:val="00AD62E8"/>
     <w:rsid w:val="00AD6B67"/>
     <w:rsid w:val="00AD6F10"/>
@@ -30382,124 +29890,126 @@
     <w:rsid w:val="00B65D10"/>
     <w:rsid w:val="00B66120"/>
     <w:rsid w:val="00B712CA"/>
     <w:rsid w:val="00B747E2"/>
     <w:rsid w:val="00B773B7"/>
     <w:rsid w:val="00B773E8"/>
     <w:rsid w:val="00B80EBC"/>
     <w:rsid w:val="00B82939"/>
     <w:rsid w:val="00B82F53"/>
     <w:rsid w:val="00B83A2E"/>
     <w:rsid w:val="00B83D24"/>
     <w:rsid w:val="00B91FDB"/>
     <w:rsid w:val="00B94290"/>
     <w:rsid w:val="00B95F15"/>
     <w:rsid w:val="00B9732B"/>
     <w:rsid w:val="00BA0D9B"/>
     <w:rsid w:val="00BA21D2"/>
     <w:rsid w:val="00BA2901"/>
     <w:rsid w:val="00BA4E2D"/>
     <w:rsid w:val="00BA4F13"/>
     <w:rsid w:val="00BB04EF"/>
     <w:rsid w:val="00BB11BA"/>
     <w:rsid w:val="00BB375E"/>
     <w:rsid w:val="00BB528A"/>
     <w:rsid w:val="00BB52A8"/>
+    <w:rsid w:val="00BB58D4"/>
     <w:rsid w:val="00BB6312"/>
     <w:rsid w:val="00BB7C38"/>
     <w:rsid w:val="00BC0048"/>
     <w:rsid w:val="00BC35AD"/>
     <w:rsid w:val="00BC3975"/>
     <w:rsid w:val="00BC491F"/>
     <w:rsid w:val="00BC4C39"/>
     <w:rsid w:val="00BC7003"/>
     <w:rsid w:val="00BD2AD8"/>
     <w:rsid w:val="00BD3174"/>
     <w:rsid w:val="00BD590D"/>
     <w:rsid w:val="00BD66BE"/>
     <w:rsid w:val="00BD7668"/>
     <w:rsid w:val="00BE191D"/>
     <w:rsid w:val="00BE38CD"/>
     <w:rsid w:val="00BE613F"/>
     <w:rsid w:val="00BE6DB9"/>
     <w:rsid w:val="00BE6E2D"/>
     <w:rsid w:val="00BF14E0"/>
-    <w:rsid w:val="00BF3789"/>
     <w:rsid w:val="00BF5A44"/>
     <w:rsid w:val="00BF7D1E"/>
     <w:rsid w:val="00C00179"/>
     <w:rsid w:val="00C07028"/>
     <w:rsid w:val="00C10671"/>
     <w:rsid w:val="00C123C6"/>
     <w:rsid w:val="00C1623D"/>
     <w:rsid w:val="00C162BB"/>
     <w:rsid w:val="00C20026"/>
     <w:rsid w:val="00C203AA"/>
     <w:rsid w:val="00C22064"/>
     <w:rsid w:val="00C23272"/>
     <w:rsid w:val="00C334F5"/>
     <w:rsid w:val="00C34397"/>
     <w:rsid w:val="00C35FE7"/>
     <w:rsid w:val="00C3727E"/>
     <w:rsid w:val="00C42384"/>
     <w:rsid w:val="00C42926"/>
     <w:rsid w:val="00C42A3B"/>
     <w:rsid w:val="00C43654"/>
     <w:rsid w:val="00C45225"/>
     <w:rsid w:val="00C51A9D"/>
     <w:rsid w:val="00C51C54"/>
     <w:rsid w:val="00C5249D"/>
     <w:rsid w:val="00C52886"/>
     <w:rsid w:val="00C52CEB"/>
     <w:rsid w:val="00C52DA8"/>
     <w:rsid w:val="00C5322E"/>
     <w:rsid w:val="00C54403"/>
     <w:rsid w:val="00C544EE"/>
     <w:rsid w:val="00C55370"/>
     <w:rsid w:val="00C569EF"/>
     <w:rsid w:val="00C57D0B"/>
     <w:rsid w:val="00C61803"/>
     <w:rsid w:val="00C61ACD"/>
     <w:rsid w:val="00C63F20"/>
     <w:rsid w:val="00C6410A"/>
     <w:rsid w:val="00C658DF"/>
     <w:rsid w:val="00C668C5"/>
     <w:rsid w:val="00C7185E"/>
     <w:rsid w:val="00C72A29"/>
     <w:rsid w:val="00C738C8"/>
     <w:rsid w:val="00C7571C"/>
     <w:rsid w:val="00C8206A"/>
+    <w:rsid w:val="00C8285A"/>
     <w:rsid w:val="00C8442B"/>
     <w:rsid w:val="00C84BEB"/>
     <w:rsid w:val="00C84F5E"/>
     <w:rsid w:val="00C85573"/>
     <w:rsid w:val="00C85922"/>
     <w:rsid w:val="00C94998"/>
     <w:rsid w:val="00C949EC"/>
     <w:rsid w:val="00C94A85"/>
     <w:rsid w:val="00CA2E09"/>
     <w:rsid w:val="00CA371C"/>
+    <w:rsid w:val="00CA60C1"/>
     <w:rsid w:val="00CA6F0A"/>
     <w:rsid w:val="00CB01DE"/>
     <w:rsid w:val="00CB0AC0"/>
     <w:rsid w:val="00CB3702"/>
     <w:rsid w:val="00CB4912"/>
     <w:rsid w:val="00CC1088"/>
     <w:rsid w:val="00CC21E5"/>
     <w:rsid w:val="00CC2FAB"/>
     <w:rsid w:val="00CC4877"/>
     <w:rsid w:val="00CC5656"/>
     <w:rsid w:val="00CC6358"/>
     <w:rsid w:val="00CD05ED"/>
     <w:rsid w:val="00CD1B6A"/>
     <w:rsid w:val="00CD2A95"/>
     <w:rsid w:val="00CD2FEE"/>
     <w:rsid w:val="00CD3464"/>
     <w:rsid w:val="00CD3E90"/>
     <w:rsid w:val="00CD4CC6"/>
     <w:rsid w:val="00CD61C6"/>
     <w:rsid w:val="00CD62F6"/>
     <w:rsid w:val="00CE0D87"/>
     <w:rsid w:val="00CE27F8"/>
     <w:rsid w:val="00CE38CC"/>
     <w:rsid w:val="00CE3ECE"/>
     <w:rsid w:val="00CE65AD"/>
@@ -30538,51 +30048,50 @@
     <w:rsid w:val="00D450BA"/>
     <w:rsid w:val="00D51503"/>
     <w:rsid w:val="00D51782"/>
     <w:rsid w:val="00D52D46"/>
     <w:rsid w:val="00D5351E"/>
     <w:rsid w:val="00D560CE"/>
     <w:rsid w:val="00D63B4A"/>
     <w:rsid w:val="00D64B11"/>
     <w:rsid w:val="00D7016B"/>
     <w:rsid w:val="00D71C0C"/>
     <w:rsid w:val="00D72614"/>
     <w:rsid w:val="00D72B42"/>
     <w:rsid w:val="00D731F0"/>
     <w:rsid w:val="00D737D4"/>
     <w:rsid w:val="00D743F8"/>
     <w:rsid w:val="00D81CE5"/>
     <w:rsid w:val="00D82C8D"/>
     <w:rsid w:val="00D838CF"/>
     <w:rsid w:val="00D83BCD"/>
     <w:rsid w:val="00D84681"/>
     <w:rsid w:val="00D87A93"/>
     <w:rsid w:val="00D919BC"/>
     <w:rsid w:val="00D91A51"/>
     <w:rsid w:val="00D9294E"/>
     <w:rsid w:val="00D94C5D"/>
-    <w:rsid w:val="00DA058E"/>
     <w:rsid w:val="00DA3797"/>
     <w:rsid w:val="00DA4098"/>
     <w:rsid w:val="00DA544B"/>
     <w:rsid w:val="00DA613A"/>
     <w:rsid w:val="00DA6C29"/>
     <w:rsid w:val="00DA7112"/>
     <w:rsid w:val="00DA7CD0"/>
     <w:rsid w:val="00DB314D"/>
     <w:rsid w:val="00DB78D4"/>
     <w:rsid w:val="00DC0BD6"/>
     <w:rsid w:val="00DC0C9C"/>
     <w:rsid w:val="00DC1616"/>
     <w:rsid w:val="00DC2302"/>
     <w:rsid w:val="00DC4F27"/>
     <w:rsid w:val="00DC500A"/>
     <w:rsid w:val="00DC718B"/>
     <w:rsid w:val="00DC73B6"/>
     <w:rsid w:val="00DC7EB0"/>
     <w:rsid w:val="00DD449A"/>
     <w:rsid w:val="00DD4A31"/>
     <w:rsid w:val="00DD4E37"/>
     <w:rsid w:val="00DD7C7C"/>
     <w:rsid w:val="00DE44B7"/>
     <w:rsid w:val="00DE6FDC"/>
     <w:rsid w:val="00DF2D8B"/>
@@ -30644,67 +30153,70 @@
     <w:rsid w:val="00EB2545"/>
     <w:rsid w:val="00EB4884"/>
     <w:rsid w:val="00EB6289"/>
     <w:rsid w:val="00EB7596"/>
     <w:rsid w:val="00EB77E0"/>
     <w:rsid w:val="00EC0577"/>
     <w:rsid w:val="00EC08A2"/>
     <w:rsid w:val="00EC1866"/>
     <w:rsid w:val="00EC2A35"/>
     <w:rsid w:val="00EC2D85"/>
     <w:rsid w:val="00EC36EE"/>
     <w:rsid w:val="00EC5A98"/>
     <w:rsid w:val="00EC65E7"/>
     <w:rsid w:val="00ED023C"/>
     <w:rsid w:val="00ED25A6"/>
     <w:rsid w:val="00ED2A41"/>
     <w:rsid w:val="00ED2C10"/>
     <w:rsid w:val="00ED4117"/>
     <w:rsid w:val="00ED4E52"/>
     <w:rsid w:val="00ED5BEB"/>
     <w:rsid w:val="00ED7B38"/>
     <w:rsid w:val="00EE31E5"/>
     <w:rsid w:val="00EE36C6"/>
     <w:rsid w:val="00EE4197"/>
     <w:rsid w:val="00EE565D"/>
+    <w:rsid w:val="00EE57AA"/>
     <w:rsid w:val="00EF0791"/>
     <w:rsid w:val="00EF0946"/>
     <w:rsid w:val="00EF1BC0"/>
     <w:rsid w:val="00EF5933"/>
     <w:rsid w:val="00F005A0"/>
     <w:rsid w:val="00F04113"/>
     <w:rsid w:val="00F06BAD"/>
     <w:rsid w:val="00F07865"/>
     <w:rsid w:val="00F1139E"/>
     <w:rsid w:val="00F11A73"/>
     <w:rsid w:val="00F1436A"/>
     <w:rsid w:val="00F14F0C"/>
     <w:rsid w:val="00F15548"/>
     <w:rsid w:val="00F16ACD"/>
     <w:rsid w:val="00F20B0E"/>
     <w:rsid w:val="00F21732"/>
+    <w:rsid w:val="00F247B3"/>
     <w:rsid w:val="00F27376"/>
+    <w:rsid w:val="00F2754B"/>
     <w:rsid w:val="00F275FD"/>
     <w:rsid w:val="00F27DE1"/>
     <w:rsid w:val="00F27FEB"/>
     <w:rsid w:val="00F301C6"/>
     <w:rsid w:val="00F3127F"/>
     <w:rsid w:val="00F34712"/>
     <w:rsid w:val="00F41D29"/>
     <w:rsid w:val="00F422BE"/>
     <w:rsid w:val="00F42652"/>
     <w:rsid w:val="00F42D51"/>
     <w:rsid w:val="00F42F3F"/>
     <w:rsid w:val="00F44714"/>
     <w:rsid w:val="00F45D24"/>
     <w:rsid w:val="00F46C53"/>
     <w:rsid w:val="00F47AD7"/>
     <w:rsid w:val="00F5121D"/>
     <w:rsid w:val="00F51EB0"/>
     <w:rsid w:val="00F533C9"/>
     <w:rsid w:val="00F549F5"/>
     <w:rsid w:val="00F56596"/>
     <w:rsid w:val="00F57129"/>
     <w:rsid w:val="00F63B49"/>
     <w:rsid w:val="00F63B9A"/>
     <w:rsid w:val="00F65733"/>
     <w:rsid w:val="00F660D2"/>
@@ -30718,50 +30230,51 @@
     <w:rsid w:val="00F76528"/>
     <w:rsid w:val="00F80A6A"/>
     <w:rsid w:val="00F83EB5"/>
     <w:rsid w:val="00F83F0A"/>
     <w:rsid w:val="00F8596F"/>
     <w:rsid w:val="00F85B37"/>
     <w:rsid w:val="00F866D7"/>
     <w:rsid w:val="00F8720C"/>
     <w:rsid w:val="00F911A5"/>
     <w:rsid w:val="00F915C2"/>
     <w:rsid w:val="00F92A33"/>
     <w:rsid w:val="00F92FAC"/>
     <w:rsid w:val="00F940DC"/>
     <w:rsid w:val="00F94AE7"/>
     <w:rsid w:val="00F95A89"/>
     <w:rsid w:val="00F964A1"/>
     <w:rsid w:val="00F97ACF"/>
     <w:rsid w:val="00FA00DA"/>
     <w:rsid w:val="00FA0E5F"/>
     <w:rsid w:val="00FA111C"/>
     <w:rsid w:val="00FA1754"/>
     <w:rsid w:val="00FA2812"/>
     <w:rsid w:val="00FA4460"/>
     <w:rsid w:val="00FA479F"/>
     <w:rsid w:val="00FA4AEE"/>
+    <w:rsid w:val="00FA54BD"/>
     <w:rsid w:val="00FA6750"/>
     <w:rsid w:val="00FB0478"/>
     <w:rsid w:val="00FB29D8"/>
     <w:rsid w:val="00FB3205"/>
     <w:rsid w:val="00FB52D4"/>
     <w:rsid w:val="00FB7C7A"/>
     <w:rsid w:val="00FC080B"/>
     <w:rsid w:val="00FC0872"/>
     <w:rsid w:val="00FC3854"/>
     <w:rsid w:val="00FC3919"/>
     <w:rsid w:val="00FC5831"/>
     <w:rsid w:val="00FC5C92"/>
     <w:rsid w:val="00FC61FE"/>
     <w:rsid w:val="00FC7401"/>
     <w:rsid w:val="00FD07DE"/>
     <w:rsid w:val="00FD3CEE"/>
     <w:rsid w:val="00FD4103"/>
     <w:rsid w:val="00FD53E0"/>
     <w:rsid w:val="00FD765B"/>
     <w:rsid w:val="00FD7CA1"/>
     <w:rsid w:val="00FE351A"/>
     <w:rsid w:val="00FF0E28"/>
     <w:rsid w:val="00FF0ED5"/>
     <w:rsid w:val="00FF35B6"/>
     <w:rsid w:val="00FF608B"/>
@@ -31123,51 +30636,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00354780"/>
+    <w:rsid w:val="0042590E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Heading 2 IFB"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001D4D5C"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:spacing w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:szCs w:val="20"/>
     </w:rPr>
@@ -32329,116 +31842,50 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1A1FA4FF-FE08-4CEA-A34C-A414DDB28909}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00286DF5" w:rsidRDefault="00F65733" w:rsidP="00F65733">
           <w:pPr>
             <w:pStyle w:val="AF7E748FAEDC464DBC48CAB4FFF84D4A"/>
           </w:pPr>
           <w:r w:rsidRPr="00714040">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Enter opening date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="FFC8AEFAA0D4430C9B4CFE88680F3A38"/>
-[...64 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="4F37049186B643DB8E7E5FB07F6B9DEE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4AFE0B8C-ADC9-4DC0-9D57-B76255461B5A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0066769A" w:rsidRDefault="00D919BC" w:rsidP="00D919BC">
           <w:pPr>
             <w:pStyle w:val="4F37049186B643DB8E7E5FB07F6B9DEE5"/>
           </w:pPr>
           <w:r w:rsidRPr="001E1D5D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
@@ -32545,425 +31992,604 @@
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{94DBE509-7403-4A84-84A7-30C45F3E7A4D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="003540C2" w:rsidRDefault="00D919BC" w:rsidP="00D919BC">
           <w:pPr>
             <w:pStyle w:val="6C6E8C1366744F5882BC1FB20909E8D11"/>
           </w:pPr>
           <w:r w:rsidRPr="001E1D5D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Enter Purchasing Agency.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="318EC106DEB340129870CAB26AD5BD31"/>
+        <w:name w:val="6A669A011FAA449499A7427F56D1E731"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{9C3BE641-8507-4BD6-AEAE-95933E441F8D}"/>
+        <w:guid w:val="{B1BBE12A-4380-4F54-B966-98A20966DEBB}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00F83EB5" w:rsidRDefault="00F83EB5" w:rsidP="00F83EB5">
           <w:pPr>
-            <w:pStyle w:val="318EC106DEB340129870CAB26AD5BD31"/>
+            <w:pStyle w:val="6A669A011FAA449499A7427F56D1E731"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001E1D5D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Enter number of days within which delivery/installation is required</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1641F38CBC6249A680EC862D664DD188"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CE3E5925-3D3F-46D1-B72F-DEC703B3ABAF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
+          <w:pPr>
+            <w:pStyle w:val="1641F38CBC6249A680EC862D664DD188"/>
           </w:pPr>
           <w:r w:rsidRPr="00C34397">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Enter</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t xml:space="preserve"> bid</w:t>
           </w:r>
           <w:r w:rsidRPr="00C34397">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t xml:space="preserve"> number.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="8F3B0B81C6AA4ED4B04D4A0D78B54E64"/>
+        <w:name w:val="C38E43A0E34049D89CF4AF959DF1CD24"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{62BAD78D-E490-42F1-BEB8-92E6C8FAC4D0}"/>
+        <w:guid w:val="{C80EEB79-3443-43E8-9A1B-C400C936A15C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F83EB5" w:rsidRDefault="00F83EB5" w:rsidP="00F83EB5">
+        <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
           <w:pPr>
-            <w:pStyle w:val="8F3B0B81C6AA4ED4B04D4A0D78B54E64"/>
+            <w:pStyle w:val="C38E43A0E34049D89CF4AF959DF1CD24"/>
           </w:pPr>
           <w:r w:rsidRPr="00A20AAF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:caps/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Enter ISSUING Agency.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="2DC82600EDEF499B9D83B7B2CDDF0442"/>
+        <w:name w:val="2242190A270941828D346EFC935B2DC2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5C437C2B-B05A-45AD-B3D4-2819C497B7D2}"/>
+        <w:guid w:val="{77FAFF8B-B2CD-4D12-A0FB-F977A6E8F460}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F83EB5" w:rsidRDefault="00F83EB5" w:rsidP="00F83EB5">
+        <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
           <w:pPr>
-            <w:pStyle w:val="2DC82600EDEF499B9D83B7B2CDDF0442"/>
+            <w:pStyle w:val="2242190A270941828D346EFC935B2DC2"/>
           </w:pPr>
           <w:r w:rsidRPr="00A20AAF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Enter Division, if applicable</w:t>
           </w:r>
           <w:r w:rsidRPr="00A20AAF">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="939BB69FB0BA40BBB62D1E7104FDA330"/>
+        <w:name w:val="BB94141CDE1145EF8F13FC42EC274575"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{FFFF8554-A699-420A-B622-60AFC728BC58}"/>
+        <w:guid w:val="{482827BD-34C2-4183-9473-9324907A7275}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F83EB5" w:rsidRDefault="00F83EB5" w:rsidP="00F83EB5">
+        <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
           <w:pPr>
-            <w:pStyle w:val="939BB69FB0BA40BBB62D1E7104FDA330"/>
+            <w:pStyle w:val="BB94141CDE1145EF8F13FC42EC274575"/>
           </w:pPr>
           <w:r w:rsidRPr="00A20AAF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Enter opening date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="0F57DDDB0B814193B9F763C5CAB455D8"/>
+        <w:name w:val="ACA3D7B274434106B5A229E7F1AE3692"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{8BD77B6C-41F1-45F8-A361-92D189E334E2}"/>
+        <w:guid w:val="{1EB5AFCF-14B5-4E22-A7E7-EB01E7845D8D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F83EB5" w:rsidRDefault="00F83EB5" w:rsidP="00F83EB5">
+        <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
           <w:pPr>
-            <w:pStyle w:val="0F57DDDB0B814193B9F763C5CAB455D8"/>
+            <w:pStyle w:val="ACA3D7B274434106B5A229E7F1AE3692"/>
           </w:pPr>
           <w:r w:rsidRPr="00A20AAF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Enter issue date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="092660C753C84106A480CD66F99446ED"/>
+        <w:name w:val="D7CA89AA814F4EB59F75D386C0E9621D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5CD16FF4-0B4B-48DD-962E-F4B77A578F28}"/>
+        <w:guid w:val="{02F0A6BD-6228-439A-BA6C-1608BC822D5A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F83EB5" w:rsidRDefault="00F83EB5" w:rsidP="00F83EB5">
+        <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
           <w:pPr>
-            <w:pStyle w:val="092660C753C84106A480CD66F99446ED"/>
+            <w:pStyle w:val="D7CA89AA814F4EB59F75D386C0E9621D"/>
           </w:pPr>
           <w:r w:rsidRPr="00A20AAF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Enter Purchaser’s name.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="4813916F42554F12882D4E9372E7CD79"/>
+        <w:name w:val="D859292C32444DD8BBF5366BD232869A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1A4E5F5C-A2EA-4F86-9D3E-369867710BDA}"/>
+        <w:guid w:val="{6EB73803-7717-49A8-B014-A25674CF8E51}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F83EB5" w:rsidRDefault="00F83EB5" w:rsidP="00F83EB5">
+        <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
           <w:pPr>
-            <w:pStyle w:val="4813916F42554F12882D4E9372E7CD79"/>
+            <w:pStyle w:val="D859292C32444DD8BBF5366BD232869A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A20AAF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
+            </w:rPr>
+            <w:t>Enter Purchaser’s email address.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="638BA80E28F24AF692406A9CC821CA23"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CF29C95E-923A-49E0-8013-DDFB62DC7B6E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
+          <w:pPr>
+            <w:pStyle w:val="638BA80E28F24AF692406A9CC821CA23"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A20AAF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
+            </w:rPr>
+            <w:t>Enter Purchaser’s telephone number.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5DA619C240ED49BB8392B5035C3D7193"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{958740BB-2AA1-4CE4-9CA9-4DD50E96F1AE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
+          <w:pPr>
+            <w:pStyle w:val="5DA619C240ED49BB8392B5035C3D7193"/>
           </w:pPr>
           <w:r w:rsidRPr="00A20AAF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Enter commodity code.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="096B8F8C2C0944C0A3EACAE82A5AF559"/>
+        <w:name w:val="467E15EA50284EF888E9DE564370A158"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{353CB042-F9BC-4EAF-ADE3-329F78D91E72}"/>
+        <w:guid w:val="{7D3B3F75-0B49-4549-A61B-4CD90410FF17}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F83EB5" w:rsidRDefault="00F83EB5" w:rsidP="00F83EB5">
+        <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
           <w:pPr>
-            <w:pStyle w:val="096B8F8C2C0944C0A3EACAE82A5AF559"/>
+            <w:pStyle w:val="467E15EA50284EF888E9DE564370A158"/>
           </w:pPr>
           <w:r w:rsidRPr="00A20AAF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Enter description.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="772C89104B2A4E3DA6A5BD60A06BD7FD"/>
+        <w:name w:val="E7758BBA29104AF38D861EE41D196183"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B408CFF5-EF95-4747-A8E4-0868605AE28B}"/>
+        <w:guid w:val="{E38E5B6F-F6C7-44A8-8E8F-02C157B2D42F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F83EB5" w:rsidRDefault="00F83EB5" w:rsidP="00F83EB5">
+        <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
           <w:pPr>
-            <w:pStyle w:val="772C89104B2A4E3DA6A5BD60A06BD7FD"/>
+            <w:pStyle w:val="E7758BBA29104AF38D861EE41D196183"/>
           </w:pPr>
           <w:r w:rsidRPr="00A20AAF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Enter using agency.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="46D5F7B95B0B4DD289556899D800CC2B"/>
+        <w:name w:val="EA1461D2C42249E68384AC28A61A1875"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{87B91AEA-87F2-4AF2-AE0D-6B15A5E06D44}"/>
+        <w:guid w:val="{6C590CB6-18B7-4E9B-B16C-7B5DC1EA98A2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F83EB5" w:rsidRDefault="00F83EB5" w:rsidP="00F83EB5">
+        <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
           <w:pPr>
-            <w:pStyle w:val="46D5F7B95B0B4DD289556899D800CC2B"/>
+            <w:pStyle w:val="EA1461D2C42249E68384AC28A61A1875"/>
           </w:pPr>
           <w:r w:rsidRPr="00A20AAF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Enter requisition number.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="6A669A011FAA449499A7427F56D1E731"/>
+        <w:name w:val="5F994A9939334BF2A2BBC41C373309A7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B1BBE12A-4380-4F54-B966-98A20966DEBB}"/>
+        <w:guid w:val="{91BA3F6E-9C19-474C-B7BF-351E61FBCEF3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F83EB5" w:rsidRDefault="00F83EB5" w:rsidP="00F83EB5">
+        <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
           <w:pPr>
-            <w:pStyle w:val="6A669A011FAA449499A7427F56D1E731"/>
+            <w:pStyle w:val="5F994A9939334BF2A2BBC41C373309A7"/>
           </w:pPr>
           <w:r w:rsidRPr="001E1D5D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Enter number of days within which delivery/installation is required</w:t>
+            <w:t xml:space="preserve">Enter </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Purchasing </w:t>
+          </w:r>
+          <w:r w:rsidRPr="001E1D5D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Agency.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="786C2B8738914F5491C338E72EFDFEF6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{05130888-8C04-4D35-9060-77C8CAF86EBD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
+          <w:pPr>
+            <w:pStyle w:val="786C2B8738914F5491C338E72EFDFEF6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001E1D5D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Enter intent of solicitation.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="243EA111FB2948C5A14435E2F02BE1B8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2FAB724B-A672-4E60-A3DE-D3BD969A7EEF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
+          <w:pPr>
+            <w:pStyle w:val="243EA111FB2948C5A14435E2F02BE1B8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001E1D5D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Enter Agency name.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -33015,52 +32641,52 @@
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial-BoldMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -33087,105 +32713,113 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00547BE9"/>
     <w:rsid w:val="000403A1"/>
     <w:rsid w:val="000A3615"/>
     <w:rsid w:val="000A59AB"/>
     <w:rsid w:val="000A757E"/>
+    <w:rsid w:val="00106C52"/>
     <w:rsid w:val="0013454B"/>
     <w:rsid w:val="00165AEB"/>
     <w:rsid w:val="001A50AE"/>
+    <w:rsid w:val="001E1E16"/>
     <w:rsid w:val="001F38F1"/>
+    <w:rsid w:val="001F408B"/>
     <w:rsid w:val="0025580F"/>
     <w:rsid w:val="00286DF5"/>
     <w:rsid w:val="002E3007"/>
     <w:rsid w:val="00347E25"/>
     <w:rsid w:val="003540C2"/>
     <w:rsid w:val="003F1EA7"/>
     <w:rsid w:val="00400C36"/>
     <w:rsid w:val="004604F3"/>
+    <w:rsid w:val="004966FC"/>
     <w:rsid w:val="004974D0"/>
     <w:rsid w:val="004E295D"/>
     <w:rsid w:val="00547BE9"/>
     <w:rsid w:val="00554896"/>
     <w:rsid w:val="005678ED"/>
     <w:rsid w:val="005E16CE"/>
     <w:rsid w:val="00603F18"/>
     <w:rsid w:val="00646BF7"/>
     <w:rsid w:val="0066769A"/>
+    <w:rsid w:val="006B1499"/>
     <w:rsid w:val="006B388C"/>
     <w:rsid w:val="006D3505"/>
     <w:rsid w:val="006E2CAF"/>
     <w:rsid w:val="006F7961"/>
+    <w:rsid w:val="00722FB5"/>
     <w:rsid w:val="00724DA3"/>
     <w:rsid w:val="00753E1C"/>
     <w:rsid w:val="007C4902"/>
     <w:rsid w:val="007E212E"/>
+    <w:rsid w:val="007F2E6B"/>
     <w:rsid w:val="00817F82"/>
     <w:rsid w:val="0089394B"/>
     <w:rsid w:val="008B7E83"/>
     <w:rsid w:val="0092213E"/>
     <w:rsid w:val="0094326A"/>
     <w:rsid w:val="009B0F4E"/>
     <w:rsid w:val="00A3456B"/>
     <w:rsid w:val="00A3604A"/>
     <w:rsid w:val="00AE5FF4"/>
     <w:rsid w:val="00AE7227"/>
     <w:rsid w:val="00AE78B9"/>
     <w:rsid w:val="00B05F98"/>
     <w:rsid w:val="00BC4734"/>
+    <w:rsid w:val="00C8285A"/>
     <w:rsid w:val="00CE3E8A"/>
     <w:rsid w:val="00D52D46"/>
     <w:rsid w:val="00D5351E"/>
     <w:rsid w:val="00D54CF0"/>
     <w:rsid w:val="00D919BC"/>
-    <w:rsid w:val="00DA058E"/>
     <w:rsid w:val="00DD68B7"/>
     <w:rsid w:val="00E32075"/>
     <w:rsid w:val="00E40F3D"/>
     <w:rsid w:val="00E43186"/>
     <w:rsid w:val="00EA1028"/>
     <w:rsid w:val="00EB4809"/>
     <w:rsid w:val="00ED120C"/>
+    <w:rsid w:val="00EE57AA"/>
     <w:rsid w:val="00F47AD7"/>
     <w:rsid w:val="00F65733"/>
     <w:rsid w:val="00F83A71"/>
     <w:rsid w:val="00F83EB5"/>
     <w:rsid w:val="00F90051"/>
     <w:rsid w:val="00F90C29"/>
     <w:rsid w:val="00F91A04"/>
     <w:rsid w:val="00FD1EE1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -33603,260 +33237,301 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F83EB5"/>
+    <w:rsid w:val="006B1499"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="947CD5B0C50B42CD9FAEB7DA6FB90D6C">
     <w:name w:val="947CD5B0C50B42CD9FAEB7DA6FB90D6C"/>
     <w:rsid w:val="00F65733"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF7E748FAEDC464DBC48CAB4FFF84D4A">
     <w:name w:val="AF7E748FAEDC464DBC48CAB4FFF84D4A"/>
     <w:rsid w:val="00F65733"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3EB342064B644529A494781D881D1557">
     <w:name w:val="3EB342064B644529A494781D881D1557"/>
     <w:rsid w:val="00B05F98"/>
-  </w:style>
-[...11 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="50D4955909B34BF4B731BABEA3C39B741">
     <w:name w:val="50D4955909B34BF4B731BABEA3C39B741"/>
     <w:rsid w:val="00D919BC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6C6E8C1366744F5882BC1FB20909E8D11">
     <w:name w:val="6C6E8C1366744F5882BC1FB20909E8D11"/>
     <w:rsid w:val="00D919BC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="39A3618D1A7F4880A771EC38234903F57">
-[...22 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4F37049186B643DB8E7E5FB07F6B9DEE5">
     <w:name w:val="4F37049186B643DB8E7E5FB07F6B9DEE5"/>
     <w:rsid w:val="00D919BC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8F3B0B81C6AA4ED4B04D4A0D78B54E64">
-    <w:name w:val="8F3B0B81C6AA4ED4B04D4A0D78B54E64"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A669A011FAA449499A7427F56D1E731">
+    <w:name w:val="6A669A011FAA449499A7427F56D1E731"/>
     <w:rsid w:val="00F83EB5"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DC82600EDEF499B9D83B7B2CDDF0442">
-[...1 lines deleted...]
-    <w:rsid w:val="00F83EB5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1641F38CBC6249A680EC862D664DD188">
+    <w:name w:val="1641F38CBC6249A680EC862D664DD188"/>
+    <w:rsid w:val="006B1499"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="939BB69FB0BA40BBB62D1E7104FDA330">
-[...1 lines deleted...]
-    <w:rsid w:val="00F83EB5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C38E43A0E34049D89CF4AF959DF1CD24">
+    <w:name w:val="C38E43A0E34049D89CF4AF959DF1CD24"/>
+    <w:rsid w:val="006B1499"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0F57DDDB0B814193B9F763C5CAB455D8">
-[...1 lines deleted...]
-    <w:rsid w:val="00F83EB5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2242190A270941828D346EFC935B2DC2">
+    <w:name w:val="2242190A270941828D346EFC935B2DC2"/>
+    <w:rsid w:val="006B1499"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="092660C753C84106A480CD66F99446ED">
-[...1 lines deleted...]
-    <w:rsid w:val="00F83EB5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB94141CDE1145EF8F13FC42EC274575">
+    <w:name w:val="BB94141CDE1145EF8F13FC42EC274575"/>
+    <w:rsid w:val="006B1499"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4813916F42554F12882D4E9372E7CD79">
-[...1 lines deleted...]
-    <w:rsid w:val="00F83EB5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACA3D7B274434106B5A229E7F1AE3692">
+    <w:name w:val="ACA3D7B274434106B5A229E7F1AE3692"/>
+    <w:rsid w:val="006B1499"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="096B8F8C2C0944C0A3EACAE82A5AF559">
-[...1 lines deleted...]
-    <w:rsid w:val="00F83EB5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D7CA89AA814F4EB59F75D386C0E9621D">
+    <w:name w:val="D7CA89AA814F4EB59F75D386C0E9621D"/>
+    <w:rsid w:val="006B1499"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="772C89104B2A4E3DA6A5BD60A06BD7FD">
-[...1 lines deleted...]
-    <w:rsid w:val="00F83EB5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D859292C32444DD8BBF5366BD232869A">
+    <w:name w:val="D859292C32444DD8BBF5366BD232869A"/>
+    <w:rsid w:val="006B1499"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="46D5F7B95B0B4DD289556899D800CC2B">
-[...1 lines deleted...]
-    <w:rsid w:val="00F83EB5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="638BA80E28F24AF692406A9CC821CA23">
+    <w:name w:val="638BA80E28F24AF692406A9CC821CA23"/>
+    <w:rsid w:val="006B1499"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A669A011FAA449499A7427F56D1E731">
-[...1 lines deleted...]
-    <w:rsid w:val="00F83EB5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5DA619C240ED49BB8392B5035C3D7193">
+    <w:name w:val="5DA619C240ED49BB8392B5035C3D7193"/>
+    <w:rsid w:val="006B1499"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="467E15EA50284EF888E9DE564370A158">
+    <w:name w:val="467E15EA50284EF888E9DE564370A158"/>
+    <w:rsid w:val="006B1499"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E7758BBA29104AF38D861EE41D196183">
+    <w:name w:val="E7758BBA29104AF38D861EE41D196183"/>
+    <w:rsid w:val="006B1499"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EA1461D2C42249E68384AC28A61A1875">
+    <w:name w:val="EA1461D2C42249E68384AC28A61A1875"/>
+    <w:rsid w:val="006B1499"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5F994A9939334BF2A2BBC41C373309A7">
+    <w:name w:val="5F994A9939334BF2A2BBC41C373309A7"/>
+    <w:rsid w:val="006B1499"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="786C2B8738914F5491C338E72EFDFEF6">
+    <w:name w:val="786C2B8738914F5491C338E72EFDFEF6"/>
+    <w:rsid w:val="006B1499"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="243EA111FB2948C5A14435E2F02BE1B8">
+    <w:name w:val="243EA111FB2948C5A14435E2F02BE1B8"/>
+    <w:rsid w:val="006B1499"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -34115,148 +33790,94 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...52 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="a70826c3-bc65-419a-994a-465ca38d99d8">
       <UserInfo>
         <DisplayName>Smith, Robert k.</DisplayName>
         <AccountId>149</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Cobb, Lisa</DisplayName>
         <AccountId>196</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Kodak, Leroy</DisplayName>
         <AccountId>142</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_dlc_DocId xmlns="a70826c3-bc65-419a-994a-465ca38d99d8">TA5UNRANKDR3-942230846-2424</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="a70826c3-bc65-419a-994a-465ca38d99d8">
       <Url>https://ncconnect.sharepoint.com/sites/it_contracts/_layouts/15/DocIdRedir.aspx?ID=TA5UNRANKDR3-942230846-2424</Url>
       <Description>TA5UNRANKDR3-942230846-2424</Description>
     </_dlc_DocIdUrl>
     <TaxCatchAll xmlns="a70826c3-bc65-419a-994a-465ca38d99d8" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6e4de9de-7ee6-49c1-bad8-8d4f21c88db6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B694C6A55DE2134FBC3E5EBEC0D5144E" ma:contentTypeVersion="152" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26dc071b9f6c31340d753864a914664a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="a70826c3-bc65-419a-994a-465ca38d99d8" xmlns:ns3="6e4de9de-7ee6-49c1-bad8-8d4f21c88db6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="948d9b24a75d0162dbb924f5c1194e43" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="a70826c3-bc65-419a-994a-465ca38d99d8"/>
     <xsd:import namespace="6e4de9de-7ee6-49c1-bad8-8d4f21c88db6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -34489,121 +34110,190 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68B927C4-52F0-46AB-92DE-A0DBB017E205}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a70826c3-bc65-419a-994a-465ca38d99d8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="6e4de9de-7ee6-49c1-bad8-8d4f21c88db6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E46EB4BB-ABDB-4729-A89A-6AFFABB9FA41}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{892FA1AE-4139-4B1D-9AE0-61E03F9CA2D7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="a70826c3-bc65-419a-994a-465ca38d99d8"/>
     <ds:schemaRef ds:uri="6e4de9de-7ee6-49c1-bad8-8d4f21c88db6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4148EB3A-8DB7-40D5-AD36-A20D66408974}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26DEBE18-4425-4C33-98CD-65C7650DD9DE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>29</Pages>
-[...1 lines deleted...]
-  <Characters>78603</Characters>
+  <Pages>3</Pages>
+  <Words>13791</Words>
+  <Characters>78611</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
   <Lines>655</Lines>
-  <Paragraphs>183</Paragraphs>
+  <Paragraphs>184</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>STATE OF NORTH CAROLINA</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>nc state government</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>91833</CharactersWithSpaces>
+  <CharactersWithSpaces>92218</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="270" baseType="variant">
       <vt:variant>
         <vt:i4>3866746</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>234</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://evp.nc.gov/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3866746</vt:i4>
       </vt:variant>
       <vt:variant>