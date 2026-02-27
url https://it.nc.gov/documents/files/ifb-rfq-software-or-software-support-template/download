--- v2 (2025-12-28)
+++ v3 (2026-02-27)
@@ -1555,50 +1555,157 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidR="0005682E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> as well as Section 3.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="002E4636" w:rsidRPr="000F5E6F" w14:paraId="7B1704D4" w14:textId="77777777" w:rsidTr="00494A3F">
+        <w:trPr>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35D4446C" w14:textId="6FC69F40" w:rsidR="002E4636" w:rsidRDefault="006D20EE" w:rsidP="00494A3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1/30/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B51C59E" w14:textId="074296F9" w:rsidR="002E4636" w:rsidRDefault="006D20EE" w:rsidP="00494A3F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:ind w:left="436"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Typo correction in Section 2.13</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6C52">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Points of Contact</w:t>
+            </w:r>
+            <w:r w:rsidR="00E969B7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6C52">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sections </w:t>
+            </w:r>
+            <w:r w:rsidR="00E969B7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.1, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6C52">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.2 and 2.3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="3447C3D5" w14:textId="77777777" w:rsidR="000F5E6F" w:rsidRPr="000F5E6F" w:rsidRDefault="000F5E6F" w:rsidP="000F5E6F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000F5E6F">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:horzAnchor="margin" w:tblpX="126" w:tblpY="-506"/>
         <w:tblW w:w="10818" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1727,102 +1834,102 @@
             </w:sdt>
             <w:r w:rsidRPr="00F866D7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00506E7C" w:rsidRPr="006B5C43" w14:paraId="56D598FB" w14:textId="77777777" w:rsidTr="00FD7D0D">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5409" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09A353EB" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="00F866D7" w:rsidRDefault="00376C71" w:rsidP="00506E7C">
+          <w:p w14:paraId="09A353EB" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="00F866D7" w:rsidRDefault="004B24A3" w:rsidP="00506E7C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:caps/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="132221721"/>
                 <w:placeholder>
                   <w:docPart w:val="C38E43A0E34049D89CF4AF959DF1CD24"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00506E7C" w:rsidRPr="00A20AAF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:cs="Arial"/>
                     <w:caps/>
                     <w:color w:val="FF0000"/>
                   </w:rPr>
                   <w:t>Enter ISSUING Agency.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00506E7C" w:rsidRPr="00F866D7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59D7227B" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="00526CD3" w:rsidRDefault="00376C71" w:rsidP="00506E7C">
+          <w:p w14:paraId="59D7227B" w14:textId="77777777" w:rsidR="00506E7C" w:rsidRPr="00526CD3" w:rsidRDefault="004B24A3" w:rsidP="00506E7C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="-1600705115"/>
                 <w:placeholder>
                   <w:docPart w:val="2242190A270941828D346EFC935B2DC2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00506E7C" w:rsidRPr="00A20AAF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:cs="Arial"/>
@@ -6024,50 +6131,51 @@
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="7627677E" w14:textId="77777777" w:rsidR="00A4093E" w:rsidRDefault="00A4093E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="629B8D6F" w14:textId="77777777" w:rsidR="00206742" w:rsidRPr="00657B9D" w:rsidRDefault="00F911A5" w:rsidP="4BCBC024">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc166483223"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>INTENT, USE, DURATION AND SCOPE</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="6ACF990E" w14:textId="77777777" w:rsidR="00F247B3" w:rsidRPr="00FA00DA" w:rsidRDefault="00F247B3" w:rsidP="00F247B3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc166483224"/>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[This section provides a brief description of requested goods, software and/or </w:t>
@@ -6255,676 +6363,1058 @@
       </w:pPr>
       <w:r>
         <w:t>GENERAL INFORMATION</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21B7D03E" w14:textId="77777777" w:rsidR="00206742" w:rsidRPr="00A4093E" w:rsidRDefault="00206742" w:rsidP="008C1EDB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04E0F71A" w14:textId="420FD656" w:rsidR="00E74F0D" w:rsidRDefault="00657B9D" w:rsidP="00AF064D">
+    <w:p w14:paraId="2B04036F" w14:textId="296DCA1C" w:rsidR="000C4301" w:rsidRPr="00FA4AEE" w:rsidRDefault="00657B9D" w:rsidP="00951500">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="1170" w:hanging="450"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc166483225"/>
       <w:r w:rsidRPr="00FA4AEE">
         <w:rPr>
           <w:rStyle w:val="HeadingStyle2IFBChar"/>
           <w:b/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">2.1. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Toc166483227"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidR="008B359C" w:rsidRPr="00FA4AEE">
+      <w:r w:rsidR="00A2290C">
+        <w:t>VENDOR QUESTIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D181998" w14:textId="77777777" w:rsidR="00951500" w:rsidRPr="001202CF" w:rsidRDefault="008C1EDB" w:rsidP="00951500">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C494D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00951500">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[If issuing RFQ, Vendor Q</w:t>
+      </w:r>
+      <w:r w:rsidR="00951500" w:rsidRPr="00FA00DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>uestions section may be deleted.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="309AB65C" w14:textId="77777777" w:rsidR="00951500" w:rsidRDefault="00951500" w:rsidP="00951500">
+      <w:pPr>
+        <w:pStyle w:val="RFPBodyText"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>All inquiries regarding the solicitation specifications or requirements are to be addressed to the contact person listed on Page One of this solicitation.  Vendor contact regarding this Solicitation with anyone other than the contact person listed on Page One of this Solicitation may be grounds for rejection of said Vendor’s offer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A52AE9B" w14:textId="77777777" w:rsidR="00951500" w:rsidRDefault="00951500" w:rsidP="00951500">
+      <w:pPr>
+        <w:pStyle w:val="RFPBodyText"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Written questions concerning this Solicitation will be received until </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>__________20XX</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>_____am/pm</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Eastern Time. They must be submitted to the contact person listed on Page One of this Solicitation. Please enter “Questions Solicitation XXXX” as the subject for the message.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11013938" w14:textId="77777777" w:rsidR="00951500" w:rsidRPr="00EC271D" w:rsidRDefault="00951500" w:rsidP="00951500">
+      <w:pPr>
+        <w:pStyle w:val="RFPBodyText"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC271D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>OR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>:]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76FCC2B3" w14:textId="77777777" w:rsidR="00951500" w:rsidRPr="00E31DF0" w:rsidRDefault="00951500" w:rsidP="00951500">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E31DF0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Written questions concerning this Solicitation will be received until </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E31DF0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>__________20XX at _____am/pm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E31DF0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Eastern Time. They must be submitted to the contact person listed on Page One of this Solicitation via </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00E31DF0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+          </w:rPr>
+          <w:t>xxx.xxx@nc.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E31DF0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Please enter “Questions Solicitation XXXX” as the subject for the message.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E31DF0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Questions should be submitted in the following format:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C6576B" w14:textId="77777777" w:rsidR="00951500" w:rsidRPr="00E31DF0" w:rsidRDefault="00951500" w:rsidP="00951500">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="825" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4978"/>
+        <w:gridCol w:w="4977"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00951500" w:rsidRPr="00E31DF0" w14:paraId="1DD4DB39" w14:textId="77777777" w:rsidTr="00C07C7F">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="2F5496"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29149098" w14:textId="77777777" w:rsidR="00951500" w:rsidRPr="00E31DF0" w:rsidRDefault="00951500" w:rsidP="00C07C7F">
+            <w:pPr>
+              <w:ind w:left="1080"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31DF0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+              <w:t>REFERENCE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E31DF0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="2F5496"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14FBE034" w14:textId="77777777" w:rsidR="00951500" w:rsidRPr="00E31DF0" w:rsidRDefault="00951500" w:rsidP="00C07C7F">
+            <w:pPr>
+              <w:ind w:left="1080"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31DF0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+              <w:t>VENDOR QUESTION</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E31DF0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00951500" w:rsidRPr="00E31DF0" w14:paraId="5E03DAEB" w14:textId="77777777" w:rsidTr="00C07C7F">
+        <w:trPr>
+          <w:trHeight w:val="345"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09EAD341" w14:textId="77777777" w:rsidR="00951500" w:rsidRPr="00E31DF0" w:rsidRDefault="00951500" w:rsidP="00C07C7F">
+            <w:pPr>
+              <w:ind w:left="1080"/>
+              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31DF0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>RFP Section, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E31DF0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Page Number </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10B72B46" w14:textId="77777777" w:rsidR="00951500" w:rsidRPr="00E31DF0" w:rsidRDefault="00951500" w:rsidP="00C07C7F">
+            <w:pPr>
+              <w:ind w:left="1080"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31DF0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="256D268E" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRDefault="00BF6C52" w:rsidP="009B30F7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1090AD37" w14:textId="4A01A868" w:rsidR="00BF6C52" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc95129742"/>
+      <w:r w:rsidRPr="00FA4AEE">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00657B9D">
+        <w:t xml:space="preserve">ADDENDUM TO </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00A2290C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>SOLICITATION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA00DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1951D5A0" w14:textId="7AC0EA6A" w:rsidR="00BF6C52" w:rsidRPr="00FA00DA" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1170"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA00DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The State may issue addenda if Vendor questions are permitted as described below, or if additional terms, specifications, or other changes are necessary for this procurement.  All addenda </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA00DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall become an Addendum to this</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2290C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solicitation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA00DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737D08E7" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
+      <w:pPr>
+        <w:pStyle w:val="HeadingStyle2IFB"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc95129743"/>
+      <w:r w:rsidRPr="00FA4AEE">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4AEE">
         <w:t>OFFER SUBMITTAL</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="457452DF" w14:textId="27D24EA8" w:rsidR="007E0EB1" w:rsidRPr="005C494D" w:rsidRDefault="008C1EDB" w:rsidP="00FA4AEE">
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="1ECB8573" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00FA4AEE" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
+      <w:pPr>
+        <w:pStyle w:val="HeadingStyle2IFB"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00CB4640" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="005C494D" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C494D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>Due Date:</w:t>
       </w:r>
-      <w:r w:rsidR="007E0EB1" w:rsidRPr="005C494D">
+      <w:r w:rsidRPr="005C494D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:id w:val="2066446849"/>
+          <w:id w:val="-89774235"/>
           <w:placeholder>
-            <w:docPart w:val="947CD5B0C50B42CD9FAEB7DA6FB90D6C"/>
+            <w:docPart w:val="FAD4AF84A1F4478BA9E132409D1376E5"/>
           </w:placeholder>
-          <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00961CD2" w:rsidRPr="00AF7FC4">
+          <w:r w:rsidRPr="001E1D5D">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="EE0000"/>
+              <w:rFonts w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
             </w:rPr>
-            <w:t>Enter opening date.</w:t>
+            <w:t>Enter due date for offers</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1A9C1838" w14:textId="245FED24" w:rsidR="007E0EB1" w:rsidRPr="005C494D" w:rsidRDefault="008C1EDB" w:rsidP="00FA4AEE">
+    <w:p w14:paraId="1152C4F1" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="005C494D" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C494D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>Time:</w:t>
       </w:r>
-      <w:r w:rsidR="007E0EB1" w:rsidRPr="005C494D">
+      <w:r w:rsidRPr="005C494D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005C494D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
-            <w:color w:val="EE0000"/>
           </w:rPr>
-          <w:id w:val="-661771496"/>
+          <w:id w:val="-1822650165"/>
           <w:placeholder>
-            <w:docPart w:val="AF7E748FAEDC464DBC48CAB4FFF84D4A"/>
+            <w:docPart w:val="4E6BA0C04BA74F209F0AB6A5C4C9DDB7"/>
           </w:placeholder>
-          <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00961CD2" w:rsidRPr="00AF7FC4">
+          <w:r w:rsidRPr="001E1D5D">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="EE0000"/>
+              <w:rFonts w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
             </w:rPr>
-            <w:t>Enter opening date.</w:t>
+            <w:t>Enter due time for offers</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="007E0EB1" w:rsidRPr="00AF7FC4">
-[...2 lines deleted...]
-          <w:color w:val="EE0000"/>
+      <w:r w:rsidRPr="005C494D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Eastern Time</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29331AC1" w14:textId="77777777" w:rsidR="00C738C8" w:rsidRDefault="00C738C8" w:rsidP="00C738C8">
-[...2 lines deleted...]
-        <w:ind w:left="1170" w:right="-18"/>
+    <w:p w14:paraId="2F5A142A" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00FA00DA" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3EA92C0F" w14:textId="44FA9BEF" w:rsidR="009B30F7" w:rsidRPr="004F50E1" w:rsidRDefault="009B30F7" w:rsidP="497CDE70">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DC46098" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1170"/>
         <w:rPr>
-          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial-BoldMT" w:hAnsi="Arial-BoldMT"/>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">IMPORTANT NOTE:  </w:t>
-[...51 lines deleted...]
-    <w:p w14:paraId="7B0C1536" w14:textId="77777777" w:rsidR="009B30F7" w:rsidRPr="00C45CC5" w:rsidRDefault="009B30F7" w:rsidP="009B30F7">
+        <w:t xml:space="preserve">IMPORTANT NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vendor shall bear the risk for late submission due to unintended or unanticipated delay—whether submitted electronically, delivered by hand, U.S. Postal Service, courier or other delivery service. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vendor must include all the pages of this solicitation in their response. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>It is the Vendor’s sole responsibility to ensure its offer has been delivered to this Office by the specified time and date of opening. Any proposal delivered after the proposal deadline will be rejected.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61BA746E" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1170"/>
         <w:rPr>
-          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1996A9B0" w14:textId="77777777" w:rsidR="009B30F7" w:rsidRPr="00C45CC5" w:rsidRDefault="009B30F7" w:rsidP="009B30F7">
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="491193EA" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1170"/>
         <w:rPr>
-          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial-BoldMT" w:hAnsi="Arial-BoldMT"/>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sealed offers, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C45CC5">
-[...36 lines deleted...]
-    <w:p w14:paraId="43F87C29" w14:textId="77777777" w:rsidR="009B30F7" w:rsidRPr="00C45CC5" w:rsidRDefault="009B30F7" w:rsidP="009B30F7">
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">subject to the conditions made a part hereof, will be received until 2:00pm Eastern Time on the day of opening and then opened, for furnishing and delivering the commodity as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>described herein. Offers must be submitted via the Ariba Sourcing Module with the Execution page signed and dated by an official authorized to bind the Vendor’s firm. Failure to return a signed offer shall result in disqualification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4264420A" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1170"/>
         <w:rPr>
-          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2EC005B7" w14:textId="77777777" w:rsidR="009B30F7" w:rsidRDefault="009B30F7" w:rsidP="009B30F7">
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B463ECB" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1170"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial-BoldMT" w:hAnsi="Arial-BoldMT"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial-BoldMT" w:hAnsi="Arial-BoldMT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="22"/>
-[...68 lines deleted...]
-    <w:p w14:paraId="17A808A3" w14:textId="77777777" w:rsidR="009B30F7" w:rsidRDefault="009B30F7" w:rsidP="009B30F7">
+        </w:rPr>
+        <w:t>Attempts to submit a proposal via facsimile (FAX) machine, telephone or email in response to this Bid shall NOT be accepted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E3BE52" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1170"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial-BoldMT" w:hAnsi="Arial-BoldMT"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="22"/>
-[...9 lines deleted...]
-        </w:numPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C09420D" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:rPr>
-          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT"/>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0563C2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="22"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Arial-BoldMT" w:hAnsi="Arial-BoldMT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) Submit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">one (1) signed, original electronic offer </w:t>
       </w:r>
-      <w:r w:rsidR="00C54403">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT"/>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="22"/>
-[...104 lines deleted...]
-    <w:p w14:paraId="1563DC79" w14:textId="77777777" w:rsidR="009B30F7" w:rsidRPr="00C45CC5" w:rsidRDefault="009B30F7" w:rsidP="009B30F7">
+        </w:rPr>
+        <w:t xml:space="preserve">through the Ariba Sourcing Module using the following URL: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[INSERT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>INK HERE]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A37ED13" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1170"/>
         <w:rPr>
-          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="22"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4D6709EE" w14:textId="77777777" w:rsidR="009B30F7" w:rsidRDefault="009B30F7" w:rsidP="009B30F7">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) The Ariba Sourcing Module document number is: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[INSERT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>DOCUMENT NUMBER</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HERE]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E8ED197" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1170"/>
         <w:rPr>
-          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C45CC5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT"/>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT"/>
+        </w:rPr>
+        <w:t>c) All File names should start with the Vendor name first, in order to easily determine all the files to be included as part of the vendor’s response. For example, files should be named as follows: Vendor Name-your file name.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180B3F9C" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> EST to 5:00 PM EST.</w:t>
-[...6 lines deleted...]
-        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d) File contents </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SHALL NOT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be password protected, the file formats must be in .PDF, .JPEG, .DOC or .XLS format, and shall be capable of being copied to other sources.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Inability by the State to open the Vendor’s files may result in the Vendor’s offer(s) being rejected.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02940E88" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e) If the vendor’s proposal contains any confidential information (as defined in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>the Terms and Conditions of this solicitation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>), then the vendor must provide one (1) signed, original electronic offer and one (1) redacted electronic copy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04FE1621" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22A3B59A" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For training on how to use the Ariba Sourcing Tool to view solicitations, submit questions, develop responses, upload documents, and submit offers to the State, Vendors should go to the following site: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00446E9F">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="000000"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>https://eprocurement.nc.gov/training/vendor-training</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7D7A9598" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62C9F62B" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Questions or issues related to using the Ariba Sourcing Tool itself can be directed to the North Carolina eProcurement Help Desk at 888-211-7440, Option 2. Help Desk representatives are available Monday through Friday from 7:30 AM EST to 5:00 PM EST.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F5C149" w14:textId="77777777" w:rsidR="00BF6C52" w:rsidRPr="00446E9F" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54759075" w14:textId="6847E2CB" w:rsidR="00BF6C52" w:rsidRPr="00BF6C52" w:rsidRDefault="00BF6C52" w:rsidP="00BF6C52">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prices and any other entry made hereon by the Vendor shall be considered firm and not subject to change</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="09091899" w14:textId="530121EB" w:rsidR="00FA4AEE" w:rsidRDefault="00FA4AEE" w:rsidP="00FA4AEE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc166483228"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc166483228"/>
       <w:r w:rsidRPr="00FA4AEE">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">2.4. </w:t>
       </w:r>
       <w:r w:rsidR="0089625A" w:rsidRPr="009C0897">
         <w:t>BASIS FOR REJECTION</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="0089625A" w:rsidRPr="009C0897">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45F5E715" w14:textId="3A5BB73C" w:rsidR="0089625A" w:rsidRPr="005C494D" w:rsidRDefault="0089625A" w:rsidP="497CDE70">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Pursuant to 9 NCAC 06B.0401, the State reserves the right to reject any and all offers, in whole or in part; by deeming the offer unsatisfactory as to quality or quantity, delivery, price or service offered; non-compliance with the specifications or intent of this solicitation; lack of competitiveness; error(s) in specifications or indications that revision would be advantageous to the State; cancellation or other changes in the intended project, or other determination that the proposed requirement is no longer needed; limitation or lack of available funds; circumstances that prevent determination of the best offer; or any other determination that rejection would be in the best interest of the State</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -6973,121 +7463,121 @@
               <w:rFonts w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Enter Purchasing Agent’s name.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be grounds for rejection of said Vendor’s offer</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="506F92D4" w14:textId="206917F8" w:rsidR="00FA4AEE" w:rsidRDefault="00FA4AEE" w:rsidP="00FA4AEE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc166483229"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc166483229"/>
       <w:r w:rsidRPr="00FA4AEE">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">2.5. </w:t>
       </w:r>
       <w:r w:rsidR="00AD6F10" w:rsidRPr="00FA00DA">
         <w:t>LATE OFFERS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="00AD6F10" w:rsidRPr="00FA00DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05AEFABB" w14:textId="2EBBCF9E" w:rsidR="00AD6F10" w:rsidRDefault="00AD6F10" w:rsidP="497CDE70">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Regardless of cause, late offers will not be accepted and will automatically be disqualified from further consideration</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>It shall be the Vendor’s sole risk to ensure delivery at the designated office by the designated time</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Late offers will not be opened and may be returned to the Vendor at the expense of the Vendor or destroyed if requested.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E9724ED" w14:textId="57202D35" w:rsidR="00FA4AEE" w:rsidRDefault="00FA4AEE" w:rsidP="00FA4AEE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc166483230"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc166483230"/>
       <w:r w:rsidRPr="00FA4AEE">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">2.6. </w:t>
       </w:r>
       <w:r w:rsidR="009C0897" w:rsidRPr="00FA4AEE">
         <w:t>NON-RESPONSIVE OFFERS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="009C0897" w:rsidRPr="00FA00DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24D59334" w14:textId="5457279A" w:rsidR="009C0897" w:rsidRPr="00FA00DA" w:rsidRDefault="009C0897" w:rsidP="00FA4AEE">
       <w:pPr>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vendor offers will be deemed non-responsive by the State and will be rejected without further consideration or evaluation if statements such as the following are included:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="307CFF5E" w14:textId="77777777" w:rsidR="009C0897" w:rsidRPr="00FA00DA" w:rsidRDefault="009C0897" w:rsidP="00FA4AEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -7110,50 +7600,51 @@
         </w:rPr>
         <w:t xml:space="preserve">“This offer does not constitute a binding offer”, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="465D8BF2" w14:textId="77777777" w:rsidR="009C0897" w:rsidRPr="00FA00DA" w:rsidRDefault="009C0897" w:rsidP="00FA4AEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
         <w:ind w:left="1530"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“This offer will be valid only if this offer is selected as a finalist or in the competitive range”, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DCE91BE" w14:textId="77777777" w:rsidR="009C0897" w:rsidRPr="00FA00DA" w:rsidRDefault="009C0897" w:rsidP="00FA4AEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
         <w:ind w:left="1530"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Vendor does not commit or bind itself to any terms and conditions by this submission”,  </w:t>
@@ -7212,70 +7703,70 @@
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
         <w:ind w:left="1530"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A statement of similar intent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="766B7F39" w14:textId="794A5D27" w:rsidR="00FA4AEE" w:rsidRDefault="00FA4AEE" w:rsidP="00FA4AEE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc166483231"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc166483231"/>
       <w:r w:rsidRPr="00FA4AEE">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">2.7. </w:t>
       </w:r>
       <w:r w:rsidR="00987A88" w:rsidRPr="00FA00DA">
         <w:t>NOTICE TO VENDOR</w:t>
       </w:r>
       <w:r w:rsidR="00C334F5">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00C334F5">
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="00987A88" w:rsidRPr="00FA00DA">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49584406" w14:textId="6B914286" w:rsidR="00987A88" w:rsidRDefault="00987A88" w:rsidP="00FA4AEE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>The State objects to and will not be required to evaluate or consider any additional terms and conditions</w:t>
       </w:r>
       <w:r w:rsidR="00576BD1" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> not previously agreed to by the State and</w:t>
@@ -7311,67 +7802,67 @@
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">RFQ </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>and response(s), the Offeror agrees that any additional terms and conditions, whether submitted purposely or inadvertently, shall have no force or effect.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70D0C949" w14:textId="1C8DAEC4" w:rsidR="00FA4AEE" w:rsidRPr="00FA4AEE" w:rsidRDefault="00FA4AEE" w:rsidP="00FA4AEE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc166483232"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc166483232"/>
       <w:r w:rsidRPr="000653A5">
         <w:rPr>
           <w:rStyle w:val="HeadingStyle2IFBChar"/>
           <w:b/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">2.8. </w:t>
       </w:r>
       <w:r w:rsidR="00A4093E" w:rsidRPr="00FA4AEE">
         <w:rPr>
           <w:rStyle w:val="HeadingStyle2IFBChar"/>
           <w:b/>
         </w:rPr>
         <w:t>E-PROCUREMENT SOLICITATION</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00A4093E" w:rsidRPr="00FA4AEE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73B7D063" w14:textId="7B2EF5E6" w:rsidR="00A4093E" w:rsidRPr="00FA4AEE" w:rsidRDefault="00A4093E" w:rsidP="00FA4AEE">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -7529,51 +8020,51 @@
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Within two days after notification of award of a contract, vendor must register in NC E-Procurement @ Your Service at the following web site:</w:t>
       </w:r>
       <w:r w:rsidRPr="008564D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00961CD2" w:rsidRPr="002311B5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://vendor.ncgov.com/vendor/login</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1077580D" w14:textId="4E6AD770" w:rsidR="00A4093E" w:rsidRPr="008141AE" w:rsidRDefault="00A4093E" w:rsidP="00F1436A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -7666,67 +8157,67 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>RFQ.</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08DB615B" w14:textId="02D19A0F" w:rsidR="000653A5" w:rsidRPr="000653A5" w:rsidRDefault="000653A5" w:rsidP="000653A5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc166483233"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc166483233"/>
       <w:r w:rsidRPr="000653A5">
         <w:rPr>
           <w:rStyle w:val="HeadingStyle2IFBChar"/>
           <w:b/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">2.9. </w:t>
       </w:r>
       <w:r w:rsidR="00A4093E" w:rsidRPr="000653A5">
         <w:rPr>
           <w:rStyle w:val="HeadingStyle2IFBChar"/>
           <w:b/>
         </w:rPr>
         <w:t>DISTRIBUTORS AND RESELLERS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="00A4093E" w:rsidRPr="000653A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D79931C" w14:textId="5A2DF5A7" w:rsidR="00A4093E" w:rsidRPr="008C1EDB" w:rsidRDefault="00A4093E" w:rsidP="497CDE70">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>“Resellers” as used herein, refers to businesses that routinely sell or distribute Vendor’s Products, and may include “Distributors”, “Value Added Resellers” (VARs), “Original Equipment Manufacturers” (OEMs), Channel Partners, or such other designations</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
@@ -7861,173 +8352,180 @@
       </w:r>
       <w:r w:rsidR="00C334F5" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>third-party</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> warranties for Deliverables to the Agency</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B441530" w14:textId="3B8546A9" w:rsidR="000653A5" w:rsidRDefault="000653A5" w:rsidP="000653A5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc166483234"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc166483234"/>
       <w:r w:rsidRPr="000653A5">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">2.10. </w:t>
       </w:r>
       <w:r w:rsidR="00A218E7" w:rsidRPr="00FA00DA">
         <w:t>POSSESSION AND REVIEW</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="3A753219" w14:textId="56695970" w:rsidR="00A218E7" w:rsidRPr="00FA00DA" w:rsidRDefault="00A218E7" w:rsidP="497CDE70">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>During the evaluation period and prior to award, possession of the bids and accompanying information is limited to personnel of the issuing agency, and to the committee responsible for participating in the evaluation</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Vendors who attempt to gain this privileged information, or to influence the evaluation process (i.e. assist in evaluation) will be in violation of purchasing rules and their offer will not be further evaluated or considered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D0FCC96" w14:textId="699CEFF5" w:rsidR="00A218E7" w:rsidRDefault="00A218E7" w:rsidP="497CDE70">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>After award of contract the complete bid file will be available to any interested persons with the exception of trade secrets, test information or similar proprietary information as provided by statute and rule</w:t>
+        <w:t xml:space="preserve">After award of contract the complete bid file will be available to any interested persons with the exception of trade secrets, test information or similar proprietary information as provided by statute </w:t>
+      </w:r>
+      <w:r w:rsidRPr="497CDE70">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>and rule</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Any proprietary or confidential </w:t>
       </w:r>
       <w:r w:rsidR="00C334F5" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>information which</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> conforms to exclusions from public records as provided by N.C.G.S. §132-1.2 </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">must be clearly marked as such in the offer when submitted. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3573683E" w14:textId="36CF1F01" w:rsidR="00936E8C" w:rsidRPr="00936E8C" w:rsidRDefault="006F7E06" w:rsidP="00936E8C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc166483235"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc166483235"/>
       <w:r w:rsidRPr="000653A5">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.1</w:t>
       </w:r>
       <w:r w:rsidR="00936E8C">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="000653A5">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="_Toc95754404"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc95754404"/>
       <w:r w:rsidR="00936E8C" w:rsidRPr="00936E8C">
         <w:t>BEST AND FINAL OFFERS (BAFO)</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="1AFB90B0" w14:textId="7618AF03" w:rsidR="006F7E06" w:rsidRPr="00FA00DA" w:rsidRDefault="00F42652" w:rsidP="6ED6A326">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The State may establish a competitive range based upon evaluations of offers, and request BAFOs from the Vendor(s) within this </w:t>
       </w:r>
       <w:r w:rsidR="00C334F5" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>range,</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
@@ -8062,76 +8560,76 @@
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The State will evaluate BAFO(s), oral presentations, and product demonstrations as part of the Vendors’ </w:t>
       </w:r>
       <w:r w:rsidR="23C93FB1" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">respective offers to determine the final rankings. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E41D498" w14:textId="7D0A98D3" w:rsidR="000653A5" w:rsidRDefault="000653A5" w:rsidP="000653A5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc166483236"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc166483236"/>
       <w:r w:rsidRPr="000653A5">
         <w:rPr>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2.1</w:t>
       </w:r>
       <w:r w:rsidR="00F42652">
         <w:rPr>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="000653A5">
         <w:rPr>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>AWARD</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="222878BA" w14:textId="3EBC4282" w:rsidR="00A218E7" w:rsidRDefault="00A218E7" w:rsidP="497CDE70">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>It is the general intent to award this contract to one</w:t>
       </w:r>
       <w:r w:rsidR="007C48E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1)</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -8140,73 +8638,73 @@
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>As provided by statute, award will be based on Best Value Analysis, Lowest Price Technically Acceptable Source Selection Method in accordance with 09 NCAC 06B. 0302 Information Technology Procurement</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BDC48FE" w14:textId="7FA2D546" w:rsidR="000653A5" w:rsidRDefault="000653A5" w:rsidP="000653A5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc166483237"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc166483237"/>
       <w:r w:rsidRPr="000653A5">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.1</w:t>
       </w:r>
       <w:r w:rsidR="00F42652">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="000653A5">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006F52C7" w:rsidRPr="006F52C7">
         <w:t>POINTS OF CONTACT</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="006F52C7" w:rsidRPr="006F52C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B459D9B" w14:textId="73D7B50F" w:rsidR="006F52C7" w:rsidRDefault="00B044F2" w:rsidP="154BFDE4">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="154BFDE4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact by the Offeror with the persons shown below for contractual and technical matters related to this </w:t>
       </w:r>
       <w:r w:rsidR="00417A41" w:rsidRPr="154BFDE4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">RFQ </w:t>
       </w:r>
@@ -8720,62 +9218,78 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>State Technical Point of Contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="154BFDE4" w14:paraId="367896DA" w14:textId="77777777" w:rsidTr="154BFDE4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24999363" w14:textId="5A468FA4" w:rsidR="154BFDE4" w:rsidRDefault="154BFDE4" w:rsidP="154BFDE4">
+          <w:p w14:paraId="24999363" w14:textId="34593438" w:rsidR="154BFDE4" w:rsidRDefault="154BFDE4" w:rsidP="154BFDE4">
             <w:pPr>
               <w:ind w:left="30"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="154BFDE4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Name of Vendor:</w:t>
+              <w:t xml:space="preserve">Name of </w:t>
+            </w:r>
+            <w:r w:rsidR="004D1493">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>State Agency</w:t>
+            </w:r>
+            <w:r w:rsidRPr="154BFDE4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02260A29" w14:textId="1659E78E" w:rsidR="154BFDE4" w:rsidRDefault="154BFDE4" w:rsidP="154BFDE4">
             <w:pPr>
               <w:ind w:left="30"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="154BFDE4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FB5F11E" w14:textId="20638E31" w:rsidR="154BFDE4" w:rsidRDefault="154BFDE4" w:rsidP="154BFDE4">
             <w:pPr>
               <w:ind w:left="30"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="154BFDE4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -8875,62 +9389,78 @@
             </w:pPr>
             <w:r w:rsidRPr="154BFDE4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="64F9E673" w14:textId="2D97B966" w:rsidR="154BFDE4" w:rsidRDefault="154BFDE4" w:rsidP="154BFDE4">
+          <w:p w14:paraId="64F9E673" w14:textId="1626FD3C" w:rsidR="154BFDE4" w:rsidRDefault="154BFDE4" w:rsidP="154BFDE4">
             <w:pPr>
               <w:ind w:left="30"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="154BFDE4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Name of Vendor:</w:t>
+              <w:t xml:space="preserve">Name of </w:t>
+            </w:r>
+            <w:r w:rsidR="004D1493">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>State Agency</w:t>
+            </w:r>
+            <w:r w:rsidRPr="154BFDE4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FF9438C" w14:textId="1528DCFA" w:rsidR="154BFDE4" w:rsidRDefault="154BFDE4" w:rsidP="154BFDE4">
             <w:pPr>
               <w:ind w:left="30"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="154BFDE4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4482A079" w14:textId="14B3817F" w:rsidR="154BFDE4" w:rsidRDefault="154BFDE4" w:rsidP="154BFDE4">
             <w:pPr>
               <w:ind w:left="30"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="154BFDE4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -9034,96 +9564,103 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="39BCD45E" w14:textId="73B75177" w:rsidR="00F46C53" w:rsidRDefault="00F46C53" w:rsidP="154BFDE4">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C2BEBF9" w14:textId="46F87BFE" w:rsidR="00F92FAC" w:rsidRPr="008C2565" w:rsidRDefault="008C2565" w:rsidP="008C1EDB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc166483238"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc166483238"/>
       <w:r w:rsidRPr="43472784">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SPECIFICATIONS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="589F51D4" w14:textId="77777777" w:rsidR="0012088C" w:rsidRDefault="00EB2392" w:rsidP="00EB2392">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc166483239"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc166483239"/>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1. </w:t>
       </w:r>
       <w:r w:rsidR="00D72614" w:rsidRPr="007E2862">
         <w:t>VENDOR STANDARD AGREEMENT(S)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="00D72614" w:rsidRPr="007E2862">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D03FF5F" w14:textId="14D51734" w:rsidR="00D72614" w:rsidRDefault="00D72614" w:rsidP="0440F97C">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="048DF8EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>The terms and conditions of Vendor’s standard license, maintenance or other agreement(s) applicable to Software and other Products acquired under this Agreement may apply to the extent such terms and conditions do not materially change the terms and conditions of this Agreement</w:t>
+        <w:t xml:space="preserve">The terms and conditions of Vendor’s standard license, maintenance or other agreement(s) applicable to Software and other Products acquired under this Agreement may apply to the extent </w:t>
+      </w:r>
+      <w:r w:rsidRPr="048DF8EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>such terms and conditions do not materially change the terms and conditions of this Agreement</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="048DF8EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="048DF8EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>In the event of any conflict between the terms and conditions of this Agreement and the Vendor’s standard agreement(s), the terms and conditions of this Agreement relating to audit and records, jurisdiction, choice of law, the State’s electronic procurement application of law or administrative rules, the remedy for intellectual property infringement and the exclusive remedies and limitation of liability in the Terms and Conditions herein shall apply in all cases and supersede any provisions contained in Vendor’s relevant standard agreement or any other agreement</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="048DF8EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="048DF8EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The State shall not be obligated under any standard license and/or maintenance or other Vendor agreement(s) to indemnify or hold harmless the Vendor, its licensors, successors or assigns; nor arbitrate any dispute, nor pay late fees, legal fees or other similar costs.</w:t>
       </w:r>
@@ -9342,111 +9879,111 @@
     <w:p w14:paraId="33568BF8" w14:textId="7036B973" w:rsidR="0440F97C" w:rsidRDefault="50836E1F" w:rsidP="048DF8EF">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="048DF8EF">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____ The Vendor standard license, maintenance, or other agreement(s) is provided with the RFQ response and shall be incorporated into this RFQ #xxxxxxx based on the outcome of a legal review.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="268FF1FD" w14:textId="6482ADEF" w:rsidR="00EB2392" w:rsidRDefault="00EB2392" w:rsidP="00EB2392">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc166483240"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc166483240"/>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2. </w:t>
       </w:r>
       <w:r w:rsidR="00D72614" w:rsidRPr="00EB2392">
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00D72614" w:rsidRPr="007E2862">
         <w:t>ENDOR UTILIZATION OF WORKERS OUTSIDE U.S.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidR="00560FAB">
         <w:t xml:space="preserve"> – DISCLOSURE STATEMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55919555" w14:textId="77777777" w:rsidR="005C64A4" w:rsidRDefault="005C64A4" w:rsidP="005C64A4">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3529B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In accordance with the Statewide Information Security Manual (SISM), the State restricts the location of information systems that receive, process, store, or transmit State and Federal data to the United States which includes the following areas: US States, US Territories, US Embassies, and US Military installations (stateside or overseas). This restriction applies to the Vendor and to any subcontractors engaged to provide </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3529B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ervices under this Agreement or with access to State Data. The Vendor must ensure that its subcontractor agreements contain the same restrictions and will be responsible for monitoring and enforcing subcontractor compliance at all times.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D1AC4D4" w14:textId="77777777" w:rsidR="005C64A4" w:rsidRDefault="005C64A4" w:rsidP="005C64A4">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Hlk206585408"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk206585408"/>
       <w:r w:rsidRPr="00A3529B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pursuant to N.C.G.S. §143B-1361(b), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3529B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vendor must </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
@@ -9466,51 +10003,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">F </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3529B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3529B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> solicitation response.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Vendor may attach additional pages to its response if needed.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3529B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The State of North Carolina will evaluate </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3529B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
@@ -9759,50 +10296,51 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F602D55" w14:textId="4EBE3ED1" w:rsidR="00456409" w:rsidRDefault="00456409" w:rsidP="00456409">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1620"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Vendor agrees to provide n</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3529B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>otice of the relocation of the Vendor, employees of the Vendor, subcontractors of the Vendor, or other persons performing Services under a state contract outside of the United States</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the event such relocation occurs during the contract term.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FC11F39" w14:textId="4DA689A6" w:rsidR="0042590E" w:rsidRPr="0042590E" w:rsidRDefault="0042590E" w:rsidP="0042590E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="900" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
@@ -10393,61 +10931,61 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00EB2392">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51AF7C3F" w14:textId="62D70AEB" w:rsidR="00EB2392" w:rsidRDefault="00EB2392" w:rsidP="00EB2392">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc166483241"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc166483241"/>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">3.3. </w:t>
       </w:r>
       <w:r w:rsidR="00AD6F10" w:rsidRPr="00FA00DA">
         <w:t>E-VERIFY</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="00AD6F10" w:rsidRPr="00FA00DA">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42080CEF" w14:textId="67950F45" w:rsidR="00EB2392" w:rsidRDefault="00AD6F10" w:rsidP="497CDE70">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Pursuant to N.C.G.S. § 143B-13</w:t>
       </w:r>
       <w:r w:rsidR="00CE0D87" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
@@ -10471,127 +11009,127 @@
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Any awarded Vendor must submit a certification of compliance with E-Verify to the awarding agency, and on a periodic basis thereafter as may be required by the State</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="219758EA" w14:textId="3E6E8FAD" w:rsidR="000561FE" w:rsidRDefault="000561FE" w:rsidP="000561FE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc166483242"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc166483242"/>
       <w:r>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>3.4</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA00DA">
         <w:t>BRAND SPECIFIC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> PRODUCT</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidRPr="00FA00DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="463AC267" w14:textId="7700DB8C" w:rsidR="000561FE" w:rsidRDefault="000561FE" w:rsidP="00257B8E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="1166"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Manufacturer(s) name and product descriptions used in this solicitation are product specific. The items offered in response to this solicitation must be the manufacturer and type specified. Failure to comply with this requirement will result in rejection of offer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CCFB4C1" w14:textId="77777777" w:rsidR="00437553" w:rsidRPr="00FA00DA" w:rsidRDefault="00437553" w:rsidP="00257B8E">
       <w:pPr>
         <w:ind w:left="1166"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FBB3309" w14:textId="2FCC8DE4" w:rsidR="00EB2392" w:rsidRDefault="00EB2392" w:rsidP="00EB2392">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc166483243"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc166483243"/>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="007E68A9">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000E2EE0">
         <w:t>SECURITY SPECIFICATIONS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="2A6FC239" w14:textId="77777777" w:rsidR="007B6D25" w:rsidRDefault="007B6D25" w:rsidP="007B6D25">
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79450171" w14:textId="7670B605" w:rsidR="007B6D25" w:rsidRPr="00CA0884" w:rsidRDefault="007B6D25" w:rsidP="007B6D25">
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Note:  ONLY one of the following sections (3.</w:t>
       </w:r>
       <w:r w:rsidR="00204BBB" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
@@ -10820,51 +11358,51 @@
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> provide a completed </w:t>
       </w:r>
       <w:r>
         <w:t>Vendor Readiness Assessment Report State Hosted Solutions (“VRAR”) at offer submission</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This report is located at the following website: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1324F7AB" w14:textId="77777777" w:rsidR="007B6D25" w:rsidRDefault="007B6D25" w:rsidP="007B6D25">
       <w:pPr>
         <w:pStyle w:val="RFPBodyText"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="004B4577">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://it.nc.gov/documents/vendor-readiness-assessment-report</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0C3E05FC" w14:textId="20A14882" w:rsidR="007B6D25" w:rsidRDefault="007B6D25" w:rsidP="007B6D25">
       <w:pPr>
         <w:pStyle w:val="RFPBodyText"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00401CB6">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="00401CB6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
@@ -10881,51 +11419,51 @@
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="00401CB6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> [list data classification category here from the Statewide data classification and handling policy]</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="00401CB6">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>Refer to the North Carolina Statewide Data Classification and Handling policy for more information regarding this data classification</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The policy is located at the following website:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
+      <w:hyperlink r:id="rId17">
         <w:r w:rsidRPr="497CDE70">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://it.nc.gov/document/statewide-data-classification-and-handling-policy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="42784420" w14:textId="77777777" w:rsidR="007B6D25" w:rsidRPr="004E2D7D" w:rsidRDefault="007B6D25" w:rsidP="007B6D25">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027463E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To comply </w:t>
       </w:r>
       <w:r w:rsidRPr="004E2D7D">
@@ -10966,50 +11504,51 @@
         <w:pStyle w:val="RFPHeading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004652BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>(Include this section if relevant to solicitation, if not then replace insert the word “Reserved” after the section title 3.</w:t>
       </w:r>
       <w:r w:rsidR="006076BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="004652BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
@@ -11085,51 +11624,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00401CB6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>[list data classification category here from the Statewide data classification and handling policy]</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="00401CB6">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>Refer to the North Carolina Statewide Data Classification and Handling policy for more information regarding data classification</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The policy is located at the following website: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId18">
         <w:r w:rsidRPr="497CDE70">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://it.nc.gov/document/statewide-data-classification-and-handling-policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00E9736E" w14:textId="77777777" w:rsidR="007B6D25" w:rsidRPr="004652BD" w:rsidRDefault="007B6D25" w:rsidP="007B6D25">
       <w:pPr>
         <w:pStyle w:val="RFPBodyText"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004652BD">
         <w:t>To comply with the State’s Security Standards and Policies, State agencies are required to perform annual security/risk assessments on their information systems using NIST 800-53 controls. This requirement additionally applies to all Vendor-provided, agency-managed Infrastructure as a Service (IaaS), Platform as a Service (PaaS), and Software as a Service (SaaS) solutions which will handle data classified as Medium Risk (Restricted) or High Risk (Highly Restricted) data.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16FDE8CD" w14:textId="42DAD0B9" w:rsidR="007B6D25" w:rsidRPr="007E5191" w:rsidRDefault="007B6D25" w:rsidP="497CDE70">
@@ -11156,51 +11695,51 @@
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors shall provide a completed </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Vendor Readiness Assessment Report Non-State Hosted Solutions (“VRAR”) at offer submission</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">This report is located at the following website: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17">
+      <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="497CDE70">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>https://it.nc.gov/documents/vendor-readiness-assessment-report</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="25D8CFE6" w14:textId="49BE5C87" w:rsidR="007B6D25" w:rsidRPr="004652BD" w:rsidRDefault="007B6D25" w:rsidP="007B6D25">
       <w:pPr>
         <w:pStyle w:val="RFPBodyText"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>(b)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Upon request, Vendors shall provide a current independent 3</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
@@ -11533,51 +12072,51 @@
         </w:rPr>
         <w:t>Non-Critical</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31253322" w14:textId="77777777" w:rsidR="007B6D25" w:rsidRPr="00164038" w:rsidRDefault="007B6D25" w:rsidP="007B6D25">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB3590">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Refer to: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="009029C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://it.nc.gov/documents/statewide-glossary-information-technology-terms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB3590">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for descriptions of the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
@@ -11601,50 +12140,51 @@
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> categories.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B275AFE" w14:textId="77777777" w:rsidR="007B6D25" w:rsidRPr="00164038" w:rsidRDefault="007B6D25" w:rsidP="007B6D25">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>NIST</w:t>
       </w:r>
       <w:r w:rsidRPr="00164038">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> system confidentiality, integrity and availability</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has the following</w:t>
       </w:r>
       <w:r w:rsidRPr="00164038">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
@@ -11751,156 +12291,156 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63045709" w14:textId="77777777" w:rsidR="007B6D25" w:rsidRDefault="007B6D25" w:rsidP="007B6D25">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Refer to: </w:t>
       </w:r>
-      <w:commentRangeStart w:id="24"/>
+      <w:commentRangeStart w:id="23"/>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "http://nvlpubs.nist.gov/nistpubs/FIPS/NIST.FIPS.199.pdf" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00C5245D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>http://nvlpubs.nist.gov/nistpubs/FIPS/NIST.FIPS.199.pdf</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="24"/>
+      <w:commentRangeEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:commentReference w:id="24"/>
+        <w:commentReference w:id="23"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for descriptions of NIST</w:t>
       </w:r>
       <w:r w:rsidRPr="00164038">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> system confidentiality, integrity, and availability</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> categories.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06F088B9" w14:textId="170EBDC2" w:rsidR="00610E85" w:rsidRPr="00EF2B9B" w:rsidRDefault="00610E85" w:rsidP="00610E85">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc166483244"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc166483244"/>
       <w:r>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="006076BB">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2B9B">
         <w:t>ENTERPRISE ARCHITECTURE SPECIFICATIONS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="54B9D595" w14:textId="77777777" w:rsidR="00610E85" w:rsidRDefault="00610E85" w:rsidP="00610E85">
       <w:pPr>
         <w:ind w:left="1260"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78438DB1" w14:textId="77777777" w:rsidR="00610E85" w:rsidRPr="004B617F" w:rsidRDefault="00610E85" w:rsidP="00610E85">
       <w:pPr>
         <w:ind w:left="1260"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="037200F4">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
@@ -12113,51 +12653,51 @@
       <w:r w:rsidRPr="00DE34C6">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Network Architecture and Technology Stack. The State utilizes architectural diagrams to better understand the design and technologies of a proposed solution. Details on these diagrams can be found at the following</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE34C6">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE34C6">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>link: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:anchor="Tab-Architecture-1192" w:history="1">
+      <w:hyperlink r:id="rId25" w:anchor="Tab-Architecture-1192" w:history="1">
         <w:r w:rsidRPr="00DE34C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
             <w:kern w:val="2"/>
             <w:szCs w:val="22"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:t>https://it.nc.gov/resources/statewide-it-procurement/vendor-engagement-resources#Tab-Architecture-1192</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2A4A6BFC" w14:textId="77777777" w:rsidR="00610E85" w:rsidRDefault="00610E85" w:rsidP="00610E85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -12463,51 +13003,51 @@
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB215A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>IDENTITY AND ACCESS MANAGEMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="512FCD60" w14:textId="77777777" w:rsidR="00610E85" w:rsidRPr="00946ECB" w:rsidRDefault="00610E85" w:rsidP="00610E85">
       <w:pPr>
         <w:pStyle w:val="RFPBodyText"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE34C6">
         <w:t xml:space="preserve">The proposed solution must externalize identity and access management. The protocols describing the State’s Identity and Access Management can be found at the following link: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:anchor="Tab-IdentityAccessManagement-1241" w:history="1">
+      <w:hyperlink r:id="rId26" w:anchor="Tab-IdentityAccessManagement-1241" w:history="1">
         <w:r w:rsidRPr="00DE34C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://it.nc.gov/services/vendor-engagement-resources#Tab-IdentityAccessManagement-1241</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00946ECB">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E6AF59" w14:textId="77777777" w:rsidR="00610E85" w:rsidRPr="00DE34C6" w:rsidRDefault="00610E85" w:rsidP="00610E85">
       <w:pPr>
         <w:pStyle w:val="RFPBodyText"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE34C6">
         <w:t>Describe how your solution supports the above protocols, as well as making them available for application integration/consumption.</w:t>
       </w:r>
@@ -12517,50 +13057,51 @@
         <w:pStyle w:val="RFPHeading2"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008472A5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>INTEGRATION APPROACH</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61492BD9" w14:textId="77777777" w:rsidR="00610E85" w:rsidRPr="00DE34C6" w:rsidRDefault="00610E85" w:rsidP="00610E85">
       <w:pPr>
         <w:pStyle w:val="RFPBodyText"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE34C6">
+        <w:lastRenderedPageBreak/>
         <w:t>Describe proposed solution capabilities to interoperate with other solutions. Identify the standards supported, integrations platforms, adaptors, APIs, and the like.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F241EF0" w14:textId="77777777" w:rsidR="00610E85" w:rsidRPr="008472A5" w:rsidRDefault="00610E85" w:rsidP="00437553">
       <w:pPr>
         <w:pStyle w:val="RFPHeading2"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008472A5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>DISASTER RECOVERY AND BUSINESS CONTINUITY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37C3C7BD" w14:textId="77777777" w:rsidR="00610E85" w:rsidRPr="00DE34C6" w:rsidRDefault="00610E85" w:rsidP="00610E85">
       <w:pPr>
@@ -12752,109 +13293,109 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Standards include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04C2A2E0" w14:textId="77777777" w:rsidR="00610E85" w:rsidRPr="00946ECB" w:rsidRDefault="00610E85" w:rsidP="00437553">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00946ECB">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">W3C Web Accessibility Initiative - Web Content Accessibility Guidelines (WCAG) 2.1: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00946ECB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.w3.org/TR/WCAG21/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="39EF1855" w14:textId="77777777" w:rsidR="00610E85" w:rsidRPr="00946ECB" w:rsidRDefault="00610E85" w:rsidP="00437553">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00946ECB">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 508: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00946ECB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.section508.gov/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="24854E1F" w14:textId="77777777" w:rsidR="00610E85" w:rsidRPr="00946ECB" w:rsidRDefault="00610E85" w:rsidP="00437553">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00946ECB">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Voluntary Product Accessibility Template (VPAT®): </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00946ECB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.itic.org/policy/accessibility/vpat</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00946ECB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2912BB8D" w14:textId="77777777" w:rsidR="00610E85" w:rsidRDefault="00610E85" w:rsidP="00610E85">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1350"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
@@ -12948,51 +13489,51 @@
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51CEDFF7" w14:textId="77777777" w:rsidR="00610E85" w:rsidRDefault="00610E85" w:rsidP="00610E85">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE34C6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">The Vendor Resources Page found at the following link: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId30" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00DE34C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="D13438"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E3E6"/>
           </w:rPr>
           <w:t>https://it.nc.gov/vendor-engagement-resources</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DE34C6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>. This site provides vendors with statewide information and links referenced throughout the RFP document. Agencies may request additional</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE34C6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -13002,73 +13543,73 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>on.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C80BB86" w14:textId="77777777" w:rsidR="00CC2FAB" w:rsidRDefault="00CC2FAB" w:rsidP="00610E85">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6960EEAC" w14:textId="472D2813" w:rsidR="00CC2FAB" w:rsidRDefault="00CC2FAB" w:rsidP="00CC2FAB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc166483245"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc166483245"/>
       <w:r w:rsidRPr="00B41B96">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00F66F99" w:rsidRPr="00B41B96">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41B96">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007779C4">
         <w:t>SPECIFICATIONS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="46B13917" w14:textId="77777777" w:rsidR="00CC2FAB" w:rsidRPr="000F1335" w:rsidRDefault="00CC2FAB" w:rsidP="00CC2FAB">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[Insert specifications if needed; otherwise delete the section.]  </w:t>
@@ -13112,50 +13653,51 @@
     <w:p w14:paraId="3AE7484F" w14:textId="77777777" w:rsidR="00CC2FAB" w:rsidRPr="000F1335" w:rsidRDefault="00CC2FAB" w:rsidP="00CC2FAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1260" w:right="-115"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The term “specification” refers to a description of the characteristics of a commodity or service.   Specifically, it is defined as the explicit requirements, furnished with a solicitation upon which a purchase order or contract is to be based.  Specifications set forth the characteristics of the goods and services to be purchased so as to enable the Vendor to determine and understand that which is to be supplied.  Specifications may be in the form of a description of the physical, functional, or performance characteristics, a reference brand name or both.  It may include a description of any requirement for inspecting, testing, or preparing a material, equipment, supplies, or service for delivery. </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Specifications are to be written so as to not restrict bidding but encourage open competition. </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The goal is to invite maximum competition.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55CDE14E" w14:textId="77777777" w:rsidR="00CC2FAB" w:rsidRPr="000F1335" w:rsidRDefault="00CC2FAB" w:rsidP="00CC2FAB">
@@ -13336,79 +13878,79 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1335">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">[Insert special instructions, if applicable.]  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E810C21" w14:textId="55B85785" w:rsidR="00EB2392" w:rsidRDefault="00EB2392" w:rsidP="00EB2392">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0505"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc166483246"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc166483246"/>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00F66F99">
         <w:rPr>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2392">
         <w:rPr>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006876B1">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>DELIVERY</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="41B1604C" w14:textId="1F86BE5E" w:rsidR="00FF35B6" w:rsidRPr="00FA00DA" w:rsidRDefault="00FF35B6" w:rsidP="00FF35B6">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Successful Vendor will complete </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>supply of the scope of work</w:t>
@@ -13568,77 +14110,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If circumstances beyond the control of the contractor result in a late delivery [or installation], it is the responsibility and obligation of the contractor to notify the Purchasing Agent listed on the purchase order, in writing, immediately upon determining delay of shipment. The written notification should indicate the anticipated delivery </w:t>
       </w:r>
       <w:r w:rsidR="0039109D" w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>date</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA00DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00460C0B" w14:textId="269C596C" w:rsidR="00141DF1" w:rsidRDefault="00141DF1" w:rsidP="00141DF1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc494716377"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="30" w:name="_Toc166483247"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc494716377"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc95128898"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc166483247"/>
       <w:r w:rsidRPr="000A2565">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00F66F99">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="000A2565">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A6CDA">
         <w:t>CONTRACT TERM</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
-      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="49E418D8" w14:textId="17397AA5" w:rsidR="00A24ADD" w:rsidRPr="00141DF1" w:rsidRDefault="00A24ADD" w:rsidP="00A24ADD">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1260"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1847">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>[If this is a one-time purchase</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
@@ -13725,58 +14267,58 @@
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> two (2) additional one (1) year periods</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1847">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> at its sole discretion.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0507DF97" w14:textId="70676F8E" w:rsidR="00354780" w:rsidRPr="00291F7E" w:rsidRDefault="00354780" w:rsidP="00291F7E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:ind w:left="450" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc166483248"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc166483248"/>
       <w:r w:rsidRPr="00291F7E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>FURNISH AND DELIVER</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidR="00CF09CF" w:rsidRPr="00291F7E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72D991A6" w14:textId="77777777" w:rsidR="00F66F99" w:rsidRDefault="00F66F99" w:rsidP="00F66F99">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>[Edit the information below as needed to include appropriate quantities, units, and descriptions.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FB58F75" w14:textId="77777777" w:rsidR="00F66F99" w:rsidRDefault="00F66F99" w:rsidP="00F66F99">
       <w:pPr>
@@ -14172,50 +14714,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F66F99" w:rsidRPr="00471540" w14:paraId="36FAF6B2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2030CAFD" w14:textId="77777777" w:rsidR="00F66F99" w:rsidRPr="00471540" w:rsidRDefault="00F66F99">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0AE81A97" w14:textId="77777777" w:rsidR="00F66F99" w:rsidRPr="00BB7C38" w:rsidRDefault="00F66F99">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="22"/>
@@ -15650,108 +16193,108 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">     Grant Total Offer Cost Years 1-3:_________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="611E67E6" w14:textId="77777777" w:rsidR="00460448" w:rsidRDefault="00460448" w:rsidP="00F66F99">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="4320" w:right="-86" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E6A7624" w14:textId="77777777" w:rsidR="00D26661" w:rsidRPr="00354780" w:rsidRDefault="00F46C53" w:rsidP="00A5713D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc166483249"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc166483249"/>
       <w:r w:rsidRPr="43472784">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>HISTORICALLY UNDERUTILIZED BUSINESSES</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="23A187F2" w14:textId="77777777" w:rsidR="00E75889" w:rsidRPr="00CD62F6" w:rsidRDefault="00E75889" w:rsidP="00E75889">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD62F6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>For Vendor completion:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75430A68" w14:textId="510FC07B" w:rsidR="005C281B" w:rsidRPr="00FA00DA" w:rsidRDefault="005C281B" w:rsidP="497CDE70">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>“Historically Underutilized Businesses (HUBs) consist of minority, women and disabled business firms that are at least fifty-one percent owned and operated by an individual(s) of the aforementioned categories</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Also included in this category are disabled business enterprises and non-profit work centers for the blind and severely disabled.”  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29">
+      <w:hyperlink r:id="rId31">
         <w:r w:rsidR="00F16ACD" w:rsidRPr="497CDE70">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>http://ncadmin.nc.gov/businesses/hub</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="27F334FD" w14:textId="3B0DE032" w:rsidR="005C281B" w:rsidRPr="00FA00DA" w:rsidRDefault="005C281B" w:rsidP="497CDE70">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Pursuant to N.C.G.S. §§</w:t>
       </w:r>
       <w:r w:rsidR="00F753AE" w:rsidRPr="497CDE70">
@@ -16047,70 +16590,70 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00B8154E" w14:textId="77777777" w:rsidR="005C281B" w:rsidRDefault="005C281B" w:rsidP="005C281B">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23248816" w14:textId="4EEAE7C0" w:rsidR="00471540" w:rsidRPr="005A62B2" w:rsidRDefault="00354780" w:rsidP="00354780">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc166483250"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc166483250"/>
       <w:r w:rsidRPr="00354780">
         <w:t>6.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00354780">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006D7B6A" w:rsidRPr="005A62B2">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">DEPARTMENT OF INFORMATION TECHNOLOGY </w:t>
       </w:r>
       <w:r w:rsidR="00471540" w:rsidRPr="005A62B2">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>INSTRUCTIONS TO VENDORS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="4B85806B" w14:textId="77777777" w:rsidR="00471540" w:rsidRPr="00471540" w:rsidRDefault="00471540" w:rsidP="00471540">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B9C6D33" w14:textId="77777777" w:rsidR="00471540" w:rsidRPr="00471540" w:rsidRDefault="00471540" w:rsidP="46DC85AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="46DC85AF">
@@ -16885,51 +17428,51 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>only</w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to those actually awarded contracts, and not to every person or firm responding to this solicitation</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">IFB status and Award notices are posted on the Internet at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30">
+      <w:hyperlink r:id="rId32">
         <w:r w:rsidR="0095549C" w:rsidRPr="46DC85AF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>https://evp.nc.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>All protests will be governed by NCAC Title 9, Department of Information Technology (formerly Office of Information Technology Services), Subchapter 06B Sections .1101 - .1121.</w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -16992,51 +17535,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>VENDOR REGISTRATION AND SOLICITATION NOTIFICATION SYSTEM</w:t>
       </w:r>
       <w:r w:rsidR="006F651C" w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> The electronic Vendor Portal (eVP) allows Vendors to electronically register with the State to receive electronic notification of current procurement opportunities for goods and services available on the eVP at the following web site: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31">
+      <w:hyperlink r:id="rId33">
         <w:r w:rsidR="0095549C" w:rsidRPr="46DC85AF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>https://evp.nc.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="46DC85AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="475EB5FB" w14:textId="70CAB7A7" w:rsidR="007239AD" w:rsidRPr="007239AD" w:rsidRDefault="007239AD" w:rsidP="46DC85AF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
@@ -17107,76 +17650,76 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FA3690C" w14:textId="082E8530" w:rsidR="00471540" w:rsidRDefault="00354780" w:rsidP="004F4C32">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc166483251"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc166483251"/>
       <w:r w:rsidRPr="004F4C32">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00685793" w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DEPARTMENT OF INFORMATION TECHNOLOGY TERMS AND CONDITIONS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="0B20442C" w14:textId="574CAAB7" w:rsidR="006C698A" w:rsidRDefault="006C698A" w:rsidP="006C698A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301C85">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00C07028">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
@@ -18641,61 +19184,61 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Custom or Modified Software, if solicited by the State, is being developed or modified exclusively for the State, and such Custom or Modified Software, all related data, all copyrights in the Custom or Modified Software and derivative works belong exclusively to the State and shall be transferred to the State upon creation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6450EDFE" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00A23A73" w:rsidRDefault="007239AD" w:rsidP="0022171D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Ref455125879"/>
+      <w:bookmarkStart w:id="34" w:name="_Ref455125879"/>
       <w:r w:rsidRPr="00A23A73">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>WARRANTY</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="0FC7207D" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Minimum warranties for Products shall include:</w:t>
       </w:r>
     </w:p>
@@ -18906,92 +19449,92 @@
         </w:rPr>
         <w:t>Software warranties shall include the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32BA2BB8" w14:textId="6B717A5A" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendor warrants the media (comprising diskettes, tapes or other media) to be free of defects in materials or workmanship under normal use for </w:t>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="Dropdown2"/>
+      <w:bookmarkStart w:id="35" w:name="Dropdown2"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Dropdown2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="ninety (90) days"/>
               <w:listEntry w:val="six (6) months "/>
               <w:listEntry w:val="sixty (60) days "/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the date of acceptance unless otherwise agreed</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Vendor shall replace any media reported as not in good working order during the warranty period without charge to the State</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
@@ -19486,124 +20029,124 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3144154E" w14:textId="384E1F49" w:rsidR="007239AD" w:rsidRPr="00A23A73" w:rsidRDefault="007A4601" w:rsidP="00A20D6E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Ref455124854"/>
+      <w:bookmarkStart w:id="36" w:name="_Ref455124854"/>
       <w:r w:rsidRPr="00A23A73">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">INTELLECTUAL PROPERTY </w:t>
       </w:r>
       <w:r w:rsidR="007239AD" w:rsidRPr="00A23A73">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>INDEMNITY</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="1BF227CE" w14:textId="20FE0F90" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Ref455124838"/>
+      <w:bookmarkStart w:id="37" w:name="_Ref455124838"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The Vendor, at its own expense, shall defend any action brought against the State to the extent that such action is based upon a claim that the Software or Products supplied by the Vendor, their use or operation infringes on a patent, copyright, trademark or violates a trade secret in the United States</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The Vendor shall pay those costs and damages finally awarded or agreed in settlement against the State in any such action</w:t>
       </w:r>
       <w:r w:rsidR="007A4601" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>; damages shall be limited as provided in N.C.G.S. 143B-1350(h1)</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Such defense and payment shall be conditioned on the following:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="33EDD4D7" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1296"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>That the Vendor shall be notified within a reasonable time in writing by the State of any such claim; and,</w:t>
       </w:r>
     </w:p>
@@ -19681,70 +20224,70 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vendor will not be required to defend or indemnify the State if any claim by a third party against the State for infringement or misappropriation results from the State's alteration of any Vendor-branded Software, or from the continued use of the good(s) or Services after receiving notice they infringe on an intellectual property right of a third party.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3150225B" w14:textId="1B4EB5B6" w:rsidR="007239AD" w:rsidRPr="00A23A73" w:rsidRDefault="00A20D6E" w:rsidP="0022171D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Ref455125587"/>
+      <w:bookmarkStart w:id="38" w:name="_Ref455125587"/>
       <w:r w:rsidRPr="00A23A73">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">EXCLUSIVE REMEDIES AND </w:t>
       </w:r>
       <w:r w:rsidR="007239AD" w:rsidRPr="00A23A73">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>LIMITATION OF LIABILITY</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="6A42CDD4" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For purposes of the exclusive remedies and limitations of liability set forth in this Paragraph, Vendor shall be deemed to include the Vendor and its employees, agents, representatives, subcontractors, and suppliers and damages shall be deemed to refer collectively to all injuries, damages, losses, liabilities, expenses or costs incurred.</w:t>
       </w:r>
     </w:p>
@@ -20759,99 +21302,99 @@
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The State will reimburse travel allowances only for days on which the Vendor is required to be in North Carolina performing Services under this Agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48363D25" w14:textId="70B13A01" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="497CDE70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Ref21395720"/>
+      <w:bookmarkStart w:id="39" w:name="_Ref21395720"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PROHIBITION AGAINST CONTINGENT FEES AND GRATUITIES</w:t>
       </w:r>
       <w:r w:rsidR="00A23A73" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vendor warrants that it has not paid, and agrees not to pay, any bonus, commission, fee, or gratuity to any employee or official of the State for the purpose of obtaining any contract or award issued by the State</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Subsequent discovery by the State of non-compliance with these provisions shall constitute sufficient cause for immediate termination of all outstanding Agreements</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Violations of this provision may result in debarment of the vendor(s) or Vendor(s) as permitted by 09 NCAC 06B.1207, or other provision of law.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="63D486C9" w14:textId="61F835F8" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="497CDE70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>AVAILABILITY OF FUNDS</w:t>
       </w:r>
@@ -21074,97 +21617,97 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The State may define such processes and procedures as may be necessary or proper, in its opinion and discretion, to ensure compliance with the State’s specifications and Vendor’s technical representations. Acceptance of software or Services may be controlled by amendment hereto, or additional terms as agreed by the parties</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In the event acceptance of Software or Services is not described in additional contract documents, the State shall have the obligation to notify Vendor, in writing and within </w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="Dropdown1"/>
+      <w:bookmarkStart w:id="40" w:name="Dropdown1"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Dropdown1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="ten (10) days "/>
               <w:listEntry w:val="a reasonable time "/>
               <w:listEntry w:val="two (2) weeks "/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> following installation of any software deliverable described in the contract if it is not acceptable</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The notice shall specify in reasonable detail the reason(s) a deliverable is unacceptable</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
@@ -21728,214 +22271,214 @@
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Evidence of such additional exemptions or exclusions may be provided to Vendor by Agencies, as applicable, during the term of this Agreement</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Applicable State or local sales taxes shall be invoiced as a separate item.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="_Ref21395675"/>
+      <w:bookmarkStart w:id="41" w:name="_Ref21395675"/>
     </w:p>
     <w:p w14:paraId="7FA0FDAC" w14:textId="77777777" w:rsidR="007239AD" w:rsidRPr="00E00E46" w:rsidRDefault="007239AD" w:rsidP="0022171D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E00E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>GOVERNING LAWS, JURISDICTION, AND VENUE</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="5E30A831" w14:textId="132FF9BC" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>This Agreement is made under and shall be governed and construed in accordance with the laws of the State of North Carolina</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The place of this Agreement or purchase order, its situs and forum, shall be Wake County, North Carolina, where all matters, whether sounding in contract or in tort, relating to its validity, construction, interpretation and enforcement shall be determined</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Vendor agrees and submits, solely for matters relating to this Agreement, to the jurisdiction of the courts of the State of North Carolina, and stipulates that Wake County shall be the proper venue for all matters.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="43" w:name="_Ref21395771"/>
+      <w:bookmarkStart w:id="42" w:name="_Ref21395771"/>
     </w:p>
     <w:p w14:paraId="0BB1519F" w14:textId="58A55D7F" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00437553">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Except to the extent the provisions of the Agreement are clearly inconsistent therewith, the applicable provisions of the Uniform Commercial Code as modified and adopted in North Carolina shall govern this Agreement</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>To the extent the Agreement entails both the supply of "goods" and "Services," such shall be deemed "goods" within the meaning of the Uniform Commercial Code, except when deeming such Services as "goods" would result in a clearly unreasonable interpretation.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="2C94F0DE" w14:textId="6FEED266" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="497CDE70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Ref455126453"/>
+      <w:bookmarkStart w:id="43" w:name="_Ref455126453"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DEFAULT</w:t>
       </w:r>
       <w:r w:rsidR="00A20D6E" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00FA4460" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> In the event Services or other Deliverable furnished or performed by the Vendor during performance of any Contract term fail to conform to any material requirement(s) of the Contract specifications, notice of the failure is provided by the State and if the failure is not cured within ten (10) days, the State may cancel the contract. Default may be cause for debarment as provided in 09 NCAC 06B.1206</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00FA4460" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The rights and remedies of the State provided above shall not be exclusive and are in addition to any other rights and remedies provided by law or under the Contract</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68E93FA6" w14:textId="34266F14" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="497CDE70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1710"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -22583,89 +23126,89 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> In the event that a court of competent jurisdiction holds that a provision or requirement of this Agreement violates any applicable law, each such provision or requirement shall be enforced only to the extent it is not in violation of law or is not otherwise unenforceable and all other provisions and requirements of this Agreement shall remain in full force and effect</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>All promises, requirement, terms, conditions, provisions, representations, guarantees and warranties contained herein shall survive the expiration or termination date unless specifically provided otherwise herein, or unless superseded by applicable federal or State statute, including statutes of repose or limitation.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="_Ref21395654"/>
+      <w:bookmarkStart w:id="44" w:name="_Ref21395654"/>
     </w:p>
     <w:p w14:paraId="72AA3D98" w14:textId="7542EDAE" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="00E00E46">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E00E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>FEDERAL INTELLECTUAL PROPERTY BANKRUPTCY PROTECTION ACT</w:t>
       </w:r>
       <w:r w:rsidR="00E00E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00354780">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Parties agree that the Agency shall be entitled to all rights and benefits of the Federal Intellectual Property Bankruptcy Protection Act, Public Law 100-506, codified at 11 U.S.C. 365(n), and any amendments thereto.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="0809F36C" w14:textId="5E5DFFE5" w:rsidR="007239AD" w:rsidRPr="00354780" w:rsidRDefault="007239AD" w:rsidP="497CDE70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ELECTRONIC PROCUREMENT</w:t>
       </w:r>
       <w:r w:rsidR="00E00E46" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -23015,120 +23558,120 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>If there is a breach of security through the Vendor’s account, Vendor shall immediately change its password and notify the Supplier Manager of the security breach by e-mail</w:t>
       </w:r>
       <w:r w:rsidR="6B3C1318" w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="497CDE70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Vendor shall cooperate with the state and the Supplier Manager to mitigate and correct any security breach.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A77708" w:rsidRPr="00354780" w:rsidSect="00AB4B18">
-      <w:headerReference w:type="default" r:id="rId32"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId35"/>
+      <w:headerReference w:type="default" r:id="rId34"/>
+      <w:footerReference w:type="default" r:id="rId35"/>
+      <w:headerReference w:type="first" r:id="rId36"/>
+      <w:footerReference w:type="first" r:id="rId37"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="994" w:right="720" w:bottom="432" w:left="720" w:header="720" w:footer="893" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:comment w:id="24" w:author="Pacyna, Andrea T" w:date="2022-07-13T14:20:00Z" w:initials="PAT">
+  <w:comment w:id="23" w:author="Pacyna, Andrea T" w:date="2022-07-13T14:20:00Z" w:initials="PAT">
     <w:p w14:paraId="691DDAEF" w14:textId="77777777" w:rsidR="007B6D25" w:rsidRDefault="007B6D25" w:rsidP="007B6D25">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>This link is good.</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="691DDAEF" w15:done="1"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="267F0163" w16cex:dateUtc="2022-07-13T18:20:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="691DDAEF" w16cid:durableId="267F0163"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E68BCA2" w14:textId="77777777" w:rsidR="00376C71" w:rsidRDefault="00376C71">
+    <w:p w14:paraId="089F232C" w14:textId="77777777" w:rsidR="004B24A3" w:rsidRDefault="004B24A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23BE9934" w14:textId="77777777" w:rsidR="00376C71" w:rsidRDefault="00376C71">
+    <w:p w14:paraId="2EFD842B" w14:textId="77777777" w:rsidR="004B24A3" w:rsidRDefault="004B24A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6F2E7D07" w14:textId="77777777" w:rsidR="00376C71" w:rsidRDefault="00376C71"/>
+    <w:p w14:paraId="5656AAFB" w14:textId="77777777" w:rsidR="004B24A3" w:rsidRDefault="004B24A3"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -23176,100 +23719,94 @@
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
-    <w:altName w:val="Arial"/>
-[...4 lines deleted...]
-  <w:font w:name="Arial-BoldMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="56D3EB6E" w14:textId="77777777" w:rsidR="00506E49" w:rsidRDefault="00506E49" w:rsidP="005C494D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1AFBBF25" w14:textId="4671AE09" w:rsidR="00506E49" w:rsidRPr="0095549C" w:rsidRDefault="00506E49" w:rsidP="0042FC02">
+  <w:p w14:paraId="1AFBBF25" w14:textId="379B3327" w:rsidR="00506E49" w:rsidRPr="0095549C" w:rsidRDefault="00506E49" w:rsidP="0042FC02">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0042FC02" w:rsidRPr="00FD3CEE">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -23344,63 +23881,56 @@
     </w:r>
     <w:r w:rsidR="0042FC02" w:rsidRPr="0042FC02">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>23</w:t>
     </w:r>
     <w:r w:rsidRPr="0042FC02">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="000A0830">
+    <w:r w:rsidR="002E4636">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>November 21</w:t>
-[...6 lines deleted...]
-      <w:t>, 2025</w:t>
+      <w:t>January 30, 2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
     </w:tblGrid>
     <w:tr w:rsidR="0042FC02" w14:paraId="0785118D" w14:textId="77777777" w:rsidTr="0042FC02">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
@@ -23426,65 +23956,65 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="425F6378" w14:textId="63F982B1" w:rsidR="0042FC02" w:rsidRDefault="0042FC02" w:rsidP="0042FC02">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="468BA28D" w14:textId="5921EFF9" w:rsidR="0042FC02" w:rsidRDefault="0042FC02" w:rsidP="0042FC02">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="736DAF05" w14:textId="77777777" w:rsidR="00376C71" w:rsidRDefault="00376C71">
+    <w:p w14:paraId="2C0F4A98" w14:textId="77777777" w:rsidR="004B24A3" w:rsidRDefault="004B24A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="264533E9" w14:textId="77777777" w:rsidR="00376C71" w:rsidRDefault="00376C71">
+    <w:p w14:paraId="54A9F4BD" w14:textId="77777777" w:rsidR="004B24A3" w:rsidRDefault="004B24A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3E8B73E3" w14:textId="77777777" w:rsidR="00376C71" w:rsidRDefault="00376C71"/>
+    <w:p w14:paraId="14796CF1" w14:textId="77777777" w:rsidR="004B24A3" w:rsidRDefault="004B24A3"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="562AFD12" w14:textId="2EA93E6C" w:rsidR="00506E49" w:rsidRPr="00FB52D4" w:rsidRDefault="00B61078">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>IFB/RFQ</w:t>
     </w:r>
     <w:r w:rsidR="00417A41">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
@@ -29077,77 +29607,77 @@
     <w:rsid w:val="001A79EA"/>
     <w:rsid w:val="001B1349"/>
     <w:rsid w:val="001B6584"/>
     <w:rsid w:val="001B75B9"/>
     <w:rsid w:val="001C196E"/>
     <w:rsid w:val="001C1D64"/>
     <w:rsid w:val="001C4442"/>
     <w:rsid w:val="001C6201"/>
     <w:rsid w:val="001D14B8"/>
     <w:rsid w:val="001D44DE"/>
     <w:rsid w:val="001D4D5C"/>
     <w:rsid w:val="001D5E12"/>
     <w:rsid w:val="001D62E5"/>
     <w:rsid w:val="001D7B2F"/>
     <w:rsid w:val="001E0FBA"/>
     <w:rsid w:val="001E14DC"/>
     <w:rsid w:val="001E1D5D"/>
     <w:rsid w:val="001E1E16"/>
     <w:rsid w:val="001E1E6C"/>
     <w:rsid w:val="001E25C8"/>
     <w:rsid w:val="001E26ED"/>
     <w:rsid w:val="001E41C4"/>
     <w:rsid w:val="001F306B"/>
     <w:rsid w:val="001F38F1"/>
     <w:rsid w:val="001F408B"/>
-    <w:rsid w:val="001F53B1"/>
     <w:rsid w:val="002003B2"/>
     <w:rsid w:val="002007BA"/>
     <w:rsid w:val="00202C21"/>
     <w:rsid w:val="00203737"/>
     <w:rsid w:val="00204BBB"/>
     <w:rsid w:val="00205597"/>
     <w:rsid w:val="00205AB1"/>
     <w:rsid w:val="00206742"/>
     <w:rsid w:val="002117E2"/>
     <w:rsid w:val="00211E5A"/>
     <w:rsid w:val="002132FA"/>
     <w:rsid w:val="00213449"/>
     <w:rsid w:val="002157DE"/>
     <w:rsid w:val="00215BC0"/>
     <w:rsid w:val="002211A5"/>
     <w:rsid w:val="0022171D"/>
     <w:rsid w:val="002239FE"/>
     <w:rsid w:val="00223BB2"/>
     <w:rsid w:val="00227F96"/>
     <w:rsid w:val="00231D3A"/>
     <w:rsid w:val="00234079"/>
     <w:rsid w:val="002344EE"/>
     <w:rsid w:val="00235FB0"/>
     <w:rsid w:val="002361C6"/>
     <w:rsid w:val="00236BE3"/>
     <w:rsid w:val="00241D1A"/>
+    <w:rsid w:val="0024226F"/>
     <w:rsid w:val="00244812"/>
     <w:rsid w:val="00245830"/>
     <w:rsid w:val="00246FDC"/>
     <w:rsid w:val="002475CB"/>
     <w:rsid w:val="00247B7D"/>
     <w:rsid w:val="00250CFC"/>
     <w:rsid w:val="00253E76"/>
     <w:rsid w:val="00254413"/>
     <w:rsid w:val="00255128"/>
     <w:rsid w:val="00256951"/>
     <w:rsid w:val="00257B8E"/>
     <w:rsid w:val="00262516"/>
     <w:rsid w:val="00262A00"/>
     <w:rsid w:val="002634B4"/>
     <w:rsid w:val="0026375B"/>
     <w:rsid w:val="00263ECC"/>
     <w:rsid w:val="00264A8E"/>
     <w:rsid w:val="00266FE2"/>
     <w:rsid w:val="0027076A"/>
     <w:rsid w:val="002737E4"/>
     <w:rsid w:val="00274457"/>
     <w:rsid w:val="00275690"/>
     <w:rsid w:val="002813F3"/>
     <w:rsid w:val="002832AF"/>
     <w:rsid w:val="00283AA2"/>
@@ -29158,97 +29688,97 @@
     <w:rsid w:val="00291F7E"/>
     <w:rsid w:val="0029371E"/>
     <w:rsid w:val="0029398B"/>
     <w:rsid w:val="00294514"/>
     <w:rsid w:val="002A2CA3"/>
     <w:rsid w:val="002A5285"/>
     <w:rsid w:val="002A5318"/>
     <w:rsid w:val="002A7552"/>
     <w:rsid w:val="002A7C20"/>
     <w:rsid w:val="002B1315"/>
     <w:rsid w:val="002B2943"/>
     <w:rsid w:val="002B4558"/>
     <w:rsid w:val="002C11C3"/>
     <w:rsid w:val="002C1208"/>
     <w:rsid w:val="002C16F9"/>
     <w:rsid w:val="002C6EE3"/>
     <w:rsid w:val="002C7FCC"/>
     <w:rsid w:val="002D2367"/>
     <w:rsid w:val="002D2440"/>
     <w:rsid w:val="002D255E"/>
     <w:rsid w:val="002D797E"/>
     <w:rsid w:val="002E29EF"/>
     <w:rsid w:val="002E2B12"/>
     <w:rsid w:val="002E2CEB"/>
     <w:rsid w:val="002E3611"/>
+    <w:rsid w:val="002E4636"/>
     <w:rsid w:val="002E4AD0"/>
     <w:rsid w:val="002F1AE9"/>
     <w:rsid w:val="002F20A4"/>
     <w:rsid w:val="002F4296"/>
     <w:rsid w:val="002F43F9"/>
     <w:rsid w:val="002F48E1"/>
     <w:rsid w:val="002F590C"/>
     <w:rsid w:val="0030031A"/>
     <w:rsid w:val="00301C85"/>
     <w:rsid w:val="00305CA3"/>
     <w:rsid w:val="003061A1"/>
     <w:rsid w:val="00312DC4"/>
     <w:rsid w:val="00314079"/>
     <w:rsid w:val="003141E2"/>
     <w:rsid w:val="00316E3A"/>
     <w:rsid w:val="00320B9F"/>
     <w:rsid w:val="003216FD"/>
     <w:rsid w:val="00321DBB"/>
     <w:rsid w:val="003220B3"/>
     <w:rsid w:val="0032555D"/>
     <w:rsid w:val="0032768F"/>
     <w:rsid w:val="00330A29"/>
     <w:rsid w:val="00332540"/>
     <w:rsid w:val="003352FA"/>
     <w:rsid w:val="00335DEC"/>
     <w:rsid w:val="00341237"/>
     <w:rsid w:val="0034626C"/>
     <w:rsid w:val="00347060"/>
     <w:rsid w:val="00347E25"/>
     <w:rsid w:val="00351137"/>
     <w:rsid w:val="00353953"/>
     <w:rsid w:val="00353C4D"/>
     <w:rsid w:val="00354780"/>
     <w:rsid w:val="00355050"/>
     <w:rsid w:val="003577E3"/>
     <w:rsid w:val="00357C19"/>
     <w:rsid w:val="00360B4C"/>
     <w:rsid w:val="00360D36"/>
     <w:rsid w:val="00361CB7"/>
     <w:rsid w:val="00363FA4"/>
     <w:rsid w:val="00365477"/>
     <w:rsid w:val="003673BD"/>
     <w:rsid w:val="003704DB"/>
     <w:rsid w:val="00373640"/>
     <w:rsid w:val="003759F6"/>
     <w:rsid w:val="00376A73"/>
-    <w:rsid w:val="00376C71"/>
     <w:rsid w:val="003871E8"/>
     <w:rsid w:val="0039109D"/>
     <w:rsid w:val="00391485"/>
     <w:rsid w:val="003917D1"/>
     <w:rsid w:val="00394C3F"/>
     <w:rsid w:val="00395694"/>
     <w:rsid w:val="0039605C"/>
     <w:rsid w:val="00396175"/>
     <w:rsid w:val="00396559"/>
     <w:rsid w:val="00397A49"/>
     <w:rsid w:val="003A0259"/>
     <w:rsid w:val="003A6B3C"/>
     <w:rsid w:val="003B1722"/>
     <w:rsid w:val="003B41AC"/>
     <w:rsid w:val="003B4491"/>
     <w:rsid w:val="003B47BB"/>
     <w:rsid w:val="003B599B"/>
     <w:rsid w:val="003B60D0"/>
     <w:rsid w:val="003C4317"/>
     <w:rsid w:val="003C5254"/>
     <w:rsid w:val="003C66F3"/>
     <w:rsid w:val="003C6828"/>
     <w:rsid w:val="003C6900"/>
     <w:rsid w:val="003D0744"/>
     <w:rsid w:val="003E19B2"/>
@@ -29303,59 +29833,62 @@
     <w:rsid w:val="00457512"/>
     <w:rsid w:val="00457FB1"/>
     <w:rsid w:val="00460448"/>
     <w:rsid w:val="004612D8"/>
     <w:rsid w:val="00462500"/>
     <w:rsid w:val="004634A3"/>
     <w:rsid w:val="00465FAF"/>
     <w:rsid w:val="00470C54"/>
     <w:rsid w:val="00471540"/>
     <w:rsid w:val="00481C10"/>
     <w:rsid w:val="00482545"/>
     <w:rsid w:val="00482877"/>
     <w:rsid w:val="00483268"/>
     <w:rsid w:val="0048338E"/>
     <w:rsid w:val="0048735C"/>
     <w:rsid w:val="00490652"/>
     <w:rsid w:val="00491E4A"/>
     <w:rsid w:val="00492490"/>
     <w:rsid w:val="00494A3F"/>
     <w:rsid w:val="00495D74"/>
     <w:rsid w:val="0049623D"/>
     <w:rsid w:val="00496A08"/>
     <w:rsid w:val="004A3528"/>
     <w:rsid w:val="004A5A02"/>
     <w:rsid w:val="004A6E02"/>
+    <w:rsid w:val="004B24A3"/>
     <w:rsid w:val="004B28FD"/>
     <w:rsid w:val="004B34F8"/>
     <w:rsid w:val="004B35E2"/>
     <w:rsid w:val="004C0643"/>
     <w:rsid w:val="004C19F5"/>
     <w:rsid w:val="004C1D3A"/>
     <w:rsid w:val="004C2755"/>
     <w:rsid w:val="004C4937"/>
     <w:rsid w:val="004C7B83"/>
+    <w:rsid w:val="004D0D6E"/>
+    <w:rsid w:val="004D1493"/>
     <w:rsid w:val="004D463D"/>
     <w:rsid w:val="004D4F03"/>
     <w:rsid w:val="004D5562"/>
     <w:rsid w:val="004D564E"/>
     <w:rsid w:val="004E0E93"/>
     <w:rsid w:val="004E1472"/>
     <w:rsid w:val="004E1F4B"/>
     <w:rsid w:val="004E2C88"/>
     <w:rsid w:val="004E5C46"/>
     <w:rsid w:val="004E6702"/>
     <w:rsid w:val="004F0AD5"/>
     <w:rsid w:val="004F14F7"/>
     <w:rsid w:val="004F2E55"/>
     <w:rsid w:val="004F4C32"/>
     <w:rsid w:val="004F5D78"/>
     <w:rsid w:val="004F6EB2"/>
     <w:rsid w:val="004F7B83"/>
     <w:rsid w:val="00500CF3"/>
     <w:rsid w:val="00502B62"/>
     <w:rsid w:val="00504576"/>
     <w:rsid w:val="00506E49"/>
     <w:rsid w:val="00506E7C"/>
     <w:rsid w:val="0051143E"/>
     <w:rsid w:val="00512E81"/>
     <w:rsid w:val="0051518D"/>
@@ -29472,50 +30005,51 @@
     <w:rsid w:val="00682616"/>
     <w:rsid w:val="00685793"/>
     <w:rsid w:val="006876B1"/>
     <w:rsid w:val="00687D34"/>
     <w:rsid w:val="00692229"/>
     <w:rsid w:val="006947F9"/>
     <w:rsid w:val="00694F52"/>
     <w:rsid w:val="00696354"/>
     <w:rsid w:val="0069651A"/>
     <w:rsid w:val="00697F0B"/>
     <w:rsid w:val="006A6079"/>
     <w:rsid w:val="006B388C"/>
     <w:rsid w:val="006B41D0"/>
     <w:rsid w:val="006B5012"/>
     <w:rsid w:val="006B515A"/>
     <w:rsid w:val="006B5643"/>
     <w:rsid w:val="006B5B91"/>
     <w:rsid w:val="006C2AC4"/>
     <w:rsid w:val="006C2BA9"/>
     <w:rsid w:val="006C3709"/>
     <w:rsid w:val="006C3776"/>
     <w:rsid w:val="006C51B0"/>
     <w:rsid w:val="006C580E"/>
     <w:rsid w:val="006C698A"/>
     <w:rsid w:val="006D0E32"/>
+    <w:rsid w:val="006D20EE"/>
     <w:rsid w:val="006D5690"/>
     <w:rsid w:val="006D7B6A"/>
     <w:rsid w:val="006D7FF3"/>
     <w:rsid w:val="006E2CAF"/>
     <w:rsid w:val="006E382E"/>
     <w:rsid w:val="006E54F6"/>
     <w:rsid w:val="006E7513"/>
     <w:rsid w:val="006F52C7"/>
     <w:rsid w:val="006F566A"/>
     <w:rsid w:val="006F651C"/>
     <w:rsid w:val="006F68B1"/>
     <w:rsid w:val="006F7961"/>
     <w:rsid w:val="006F7E06"/>
     <w:rsid w:val="00700936"/>
     <w:rsid w:val="00700BE3"/>
     <w:rsid w:val="00702F13"/>
     <w:rsid w:val="0070694B"/>
     <w:rsid w:val="0070740E"/>
     <w:rsid w:val="0070765C"/>
     <w:rsid w:val="00707FD6"/>
     <w:rsid w:val="00710F36"/>
     <w:rsid w:val="007116C9"/>
     <w:rsid w:val="007119E0"/>
     <w:rsid w:val="00712391"/>
     <w:rsid w:val="00712F6B"/>
@@ -29545,50 +30079,51 @@
     <w:rsid w:val="00762DAD"/>
     <w:rsid w:val="0076392F"/>
     <w:rsid w:val="00764547"/>
     <w:rsid w:val="00772916"/>
     <w:rsid w:val="007737F0"/>
     <w:rsid w:val="00774216"/>
     <w:rsid w:val="00775333"/>
     <w:rsid w:val="00775B9C"/>
     <w:rsid w:val="00781A3A"/>
     <w:rsid w:val="00781FB7"/>
     <w:rsid w:val="00787ED9"/>
     <w:rsid w:val="007916B4"/>
     <w:rsid w:val="007938CB"/>
     <w:rsid w:val="00793B6D"/>
     <w:rsid w:val="0079401A"/>
     <w:rsid w:val="007973C9"/>
     <w:rsid w:val="00797D25"/>
     <w:rsid w:val="007A0C15"/>
     <w:rsid w:val="007A2365"/>
     <w:rsid w:val="007A359C"/>
     <w:rsid w:val="007A4601"/>
     <w:rsid w:val="007A531C"/>
     <w:rsid w:val="007A5510"/>
     <w:rsid w:val="007A5806"/>
     <w:rsid w:val="007A6FE0"/>
+    <w:rsid w:val="007A7FA3"/>
     <w:rsid w:val="007B0215"/>
     <w:rsid w:val="007B0292"/>
     <w:rsid w:val="007B0C56"/>
     <w:rsid w:val="007B3CC9"/>
     <w:rsid w:val="007B6D25"/>
     <w:rsid w:val="007B7BFE"/>
     <w:rsid w:val="007C02C0"/>
     <w:rsid w:val="007C1EF4"/>
     <w:rsid w:val="007C2A4B"/>
     <w:rsid w:val="007C4726"/>
     <w:rsid w:val="007C48E9"/>
     <w:rsid w:val="007C7EBB"/>
     <w:rsid w:val="007D2F3D"/>
     <w:rsid w:val="007D7D78"/>
     <w:rsid w:val="007E0EB1"/>
     <w:rsid w:val="007E1422"/>
     <w:rsid w:val="007E212E"/>
     <w:rsid w:val="007E2862"/>
     <w:rsid w:val="007E4F98"/>
     <w:rsid w:val="007E5A45"/>
     <w:rsid w:val="007E68A9"/>
     <w:rsid w:val="007E6AE5"/>
     <w:rsid w:val="007F1159"/>
     <w:rsid w:val="007F372E"/>
     <w:rsid w:val="00801546"/>
@@ -29680,60 +30215,62 @@
     <w:rsid w:val="008F44FD"/>
     <w:rsid w:val="008F58E4"/>
     <w:rsid w:val="008F653A"/>
     <w:rsid w:val="00900120"/>
     <w:rsid w:val="00900C9F"/>
     <w:rsid w:val="00903177"/>
     <w:rsid w:val="00905149"/>
     <w:rsid w:val="00912607"/>
     <w:rsid w:val="00913A17"/>
     <w:rsid w:val="00915721"/>
     <w:rsid w:val="00916081"/>
     <w:rsid w:val="00916305"/>
     <w:rsid w:val="00922067"/>
     <w:rsid w:val="00924DDB"/>
     <w:rsid w:val="00927972"/>
     <w:rsid w:val="00927BFC"/>
     <w:rsid w:val="0093029A"/>
     <w:rsid w:val="009321BB"/>
     <w:rsid w:val="00932957"/>
     <w:rsid w:val="009349D1"/>
     <w:rsid w:val="00935552"/>
     <w:rsid w:val="00935C89"/>
     <w:rsid w:val="00936E8C"/>
     <w:rsid w:val="009409A0"/>
     <w:rsid w:val="0095010B"/>
+    <w:rsid w:val="00951500"/>
     <w:rsid w:val="00951D6F"/>
     <w:rsid w:val="00952A07"/>
     <w:rsid w:val="0095549C"/>
     <w:rsid w:val="00961CD2"/>
     <w:rsid w:val="00963B8F"/>
     <w:rsid w:val="0096473C"/>
     <w:rsid w:val="00967030"/>
     <w:rsid w:val="009703DB"/>
     <w:rsid w:val="009719DB"/>
     <w:rsid w:val="00973E83"/>
+    <w:rsid w:val="00974F92"/>
     <w:rsid w:val="009761E9"/>
     <w:rsid w:val="009771F5"/>
     <w:rsid w:val="009816DC"/>
     <w:rsid w:val="00982176"/>
     <w:rsid w:val="009841BD"/>
     <w:rsid w:val="00986819"/>
     <w:rsid w:val="00986CD0"/>
     <w:rsid w:val="00987A88"/>
     <w:rsid w:val="009910C4"/>
     <w:rsid w:val="00994421"/>
     <w:rsid w:val="009965CC"/>
     <w:rsid w:val="009A168B"/>
     <w:rsid w:val="009A28F7"/>
     <w:rsid w:val="009A483E"/>
     <w:rsid w:val="009A54D0"/>
     <w:rsid w:val="009A5BF8"/>
     <w:rsid w:val="009B0F4E"/>
     <w:rsid w:val="009B1F09"/>
     <w:rsid w:val="009B2DB9"/>
     <w:rsid w:val="009B30F7"/>
     <w:rsid w:val="009B4EAC"/>
     <w:rsid w:val="009B6D96"/>
     <w:rsid w:val="009B7EB0"/>
     <w:rsid w:val="009B7F40"/>
     <w:rsid w:val="009C0897"/>
@@ -29741,50 +30278,51 @@
     <w:rsid w:val="009C3CCC"/>
     <w:rsid w:val="009C50D3"/>
     <w:rsid w:val="009C61F9"/>
     <w:rsid w:val="009D7D0B"/>
     <w:rsid w:val="009E0583"/>
     <w:rsid w:val="009E1945"/>
     <w:rsid w:val="009E401A"/>
     <w:rsid w:val="009E47BD"/>
     <w:rsid w:val="009E70FA"/>
     <w:rsid w:val="009F1E38"/>
     <w:rsid w:val="00A014E6"/>
     <w:rsid w:val="00A01E34"/>
     <w:rsid w:val="00A02698"/>
     <w:rsid w:val="00A0323A"/>
     <w:rsid w:val="00A03F81"/>
     <w:rsid w:val="00A05063"/>
     <w:rsid w:val="00A059EA"/>
     <w:rsid w:val="00A100B1"/>
     <w:rsid w:val="00A10142"/>
     <w:rsid w:val="00A11503"/>
     <w:rsid w:val="00A12B2A"/>
     <w:rsid w:val="00A20368"/>
     <w:rsid w:val="00A20AAF"/>
     <w:rsid w:val="00A20D6E"/>
     <w:rsid w:val="00A218E7"/>
+    <w:rsid w:val="00A2290C"/>
     <w:rsid w:val="00A23A73"/>
     <w:rsid w:val="00A23D16"/>
     <w:rsid w:val="00A240CC"/>
     <w:rsid w:val="00A24ADD"/>
     <w:rsid w:val="00A24B07"/>
     <w:rsid w:val="00A25DB0"/>
     <w:rsid w:val="00A26E33"/>
     <w:rsid w:val="00A276C2"/>
     <w:rsid w:val="00A276EA"/>
     <w:rsid w:val="00A3034D"/>
     <w:rsid w:val="00A32182"/>
     <w:rsid w:val="00A33643"/>
     <w:rsid w:val="00A3456B"/>
     <w:rsid w:val="00A345A8"/>
     <w:rsid w:val="00A34B65"/>
     <w:rsid w:val="00A34C90"/>
     <w:rsid w:val="00A34D3A"/>
     <w:rsid w:val="00A34E21"/>
     <w:rsid w:val="00A36048"/>
     <w:rsid w:val="00A4093E"/>
     <w:rsid w:val="00A42525"/>
     <w:rsid w:val="00A42812"/>
     <w:rsid w:val="00A43E9B"/>
     <w:rsid w:val="00A44988"/>
     <w:rsid w:val="00A44B14"/>
@@ -29806,50 +30344,51 @@
     <w:rsid w:val="00A757F0"/>
     <w:rsid w:val="00A75D0F"/>
     <w:rsid w:val="00A77708"/>
     <w:rsid w:val="00A80ACD"/>
     <w:rsid w:val="00A82812"/>
     <w:rsid w:val="00A843A3"/>
     <w:rsid w:val="00A9124F"/>
     <w:rsid w:val="00A92952"/>
     <w:rsid w:val="00A93613"/>
     <w:rsid w:val="00A947F8"/>
     <w:rsid w:val="00A95196"/>
     <w:rsid w:val="00A961D6"/>
     <w:rsid w:val="00A96A85"/>
     <w:rsid w:val="00AA0096"/>
     <w:rsid w:val="00AA0758"/>
     <w:rsid w:val="00AA080C"/>
     <w:rsid w:val="00AA2846"/>
     <w:rsid w:val="00AA3143"/>
     <w:rsid w:val="00AA4826"/>
     <w:rsid w:val="00AA5BF5"/>
     <w:rsid w:val="00AA62D5"/>
     <w:rsid w:val="00AA7348"/>
     <w:rsid w:val="00AA7527"/>
     <w:rsid w:val="00AB17F5"/>
     <w:rsid w:val="00AB4B18"/>
+    <w:rsid w:val="00AB4B79"/>
     <w:rsid w:val="00AB700F"/>
     <w:rsid w:val="00AB7D80"/>
     <w:rsid w:val="00AC540A"/>
     <w:rsid w:val="00AC77B3"/>
     <w:rsid w:val="00AD0A02"/>
     <w:rsid w:val="00AD2A10"/>
     <w:rsid w:val="00AD332A"/>
     <w:rsid w:val="00AD62E8"/>
     <w:rsid w:val="00AD6B67"/>
     <w:rsid w:val="00AD6F10"/>
     <w:rsid w:val="00AD7AD6"/>
     <w:rsid w:val="00AD7E33"/>
     <w:rsid w:val="00AE1B48"/>
     <w:rsid w:val="00AE3A37"/>
     <w:rsid w:val="00AF064D"/>
     <w:rsid w:val="00AF0F30"/>
     <w:rsid w:val="00AF2497"/>
     <w:rsid w:val="00AF45B7"/>
     <w:rsid w:val="00AF4AC6"/>
     <w:rsid w:val="00AF4C34"/>
     <w:rsid w:val="00AF57D7"/>
     <w:rsid w:val="00AF58A0"/>
     <w:rsid w:val="00AF75E0"/>
     <w:rsid w:val="00AF7602"/>
     <w:rsid w:val="00AF7FC4"/>
@@ -29868,93 +30407,95 @@
     <w:rsid w:val="00B323D0"/>
     <w:rsid w:val="00B336C7"/>
     <w:rsid w:val="00B348DA"/>
     <w:rsid w:val="00B35352"/>
     <w:rsid w:val="00B37963"/>
     <w:rsid w:val="00B37FC2"/>
     <w:rsid w:val="00B41B96"/>
     <w:rsid w:val="00B44BD1"/>
     <w:rsid w:val="00B45A23"/>
     <w:rsid w:val="00B46760"/>
     <w:rsid w:val="00B53091"/>
     <w:rsid w:val="00B54E02"/>
     <w:rsid w:val="00B55510"/>
     <w:rsid w:val="00B55B57"/>
     <w:rsid w:val="00B6037E"/>
     <w:rsid w:val="00B61078"/>
     <w:rsid w:val="00B61EA9"/>
     <w:rsid w:val="00B62677"/>
     <w:rsid w:val="00B6463E"/>
     <w:rsid w:val="00B649C7"/>
     <w:rsid w:val="00B6572E"/>
     <w:rsid w:val="00B65BDE"/>
     <w:rsid w:val="00B65D10"/>
     <w:rsid w:val="00B66120"/>
     <w:rsid w:val="00B712CA"/>
+    <w:rsid w:val="00B72609"/>
     <w:rsid w:val="00B747E2"/>
     <w:rsid w:val="00B773B7"/>
     <w:rsid w:val="00B773E8"/>
     <w:rsid w:val="00B80EBC"/>
     <w:rsid w:val="00B82939"/>
     <w:rsid w:val="00B82F53"/>
     <w:rsid w:val="00B83A2E"/>
     <w:rsid w:val="00B83D24"/>
     <w:rsid w:val="00B91FDB"/>
     <w:rsid w:val="00B94290"/>
     <w:rsid w:val="00B95F15"/>
     <w:rsid w:val="00B9732B"/>
     <w:rsid w:val="00BA0D9B"/>
     <w:rsid w:val="00BA21D2"/>
     <w:rsid w:val="00BA2901"/>
     <w:rsid w:val="00BA4E2D"/>
     <w:rsid w:val="00BA4F13"/>
     <w:rsid w:val="00BB04EF"/>
     <w:rsid w:val="00BB11BA"/>
     <w:rsid w:val="00BB375E"/>
     <w:rsid w:val="00BB528A"/>
     <w:rsid w:val="00BB52A8"/>
     <w:rsid w:val="00BB58D4"/>
     <w:rsid w:val="00BB6312"/>
     <w:rsid w:val="00BB7C38"/>
     <w:rsid w:val="00BC0048"/>
     <w:rsid w:val="00BC35AD"/>
     <w:rsid w:val="00BC3975"/>
     <w:rsid w:val="00BC491F"/>
     <w:rsid w:val="00BC4C39"/>
     <w:rsid w:val="00BC7003"/>
     <w:rsid w:val="00BD2AD8"/>
     <w:rsid w:val="00BD3174"/>
     <w:rsid w:val="00BD590D"/>
     <w:rsid w:val="00BD66BE"/>
     <w:rsid w:val="00BD7668"/>
     <w:rsid w:val="00BE191D"/>
     <w:rsid w:val="00BE38CD"/>
     <w:rsid w:val="00BE613F"/>
     <w:rsid w:val="00BE6DB9"/>
     <w:rsid w:val="00BE6E2D"/>
     <w:rsid w:val="00BF14E0"/>
     <w:rsid w:val="00BF5A44"/>
+    <w:rsid w:val="00BF6C52"/>
     <w:rsid w:val="00BF7D1E"/>
     <w:rsid w:val="00C00179"/>
     <w:rsid w:val="00C07028"/>
     <w:rsid w:val="00C10671"/>
     <w:rsid w:val="00C123C6"/>
     <w:rsid w:val="00C1623D"/>
     <w:rsid w:val="00C162BB"/>
     <w:rsid w:val="00C20026"/>
     <w:rsid w:val="00C203AA"/>
     <w:rsid w:val="00C22064"/>
     <w:rsid w:val="00C23272"/>
     <w:rsid w:val="00C334F5"/>
     <w:rsid w:val="00C34397"/>
     <w:rsid w:val="00C35FE7"/>
     <w:rsid w:val="00C3727E"/>
     <w:rsid w:val="00C42384"/>
     <w:rsid w:val="00C42926"/>
     <w:rsid w:val="00C42A3B"/>
     <w:rsid w:val="00C43654"/>
     <w:rsid w:val="00C45225"/>
     <w:rsid w:val="00C51A9D"/>
     <w:rsid w:val="00C51C54"/>
     <w:rsid w:val="00C5249D"/>
     <w:rsid w:val="00C52886"/>
     <w:rsid w:val="00C52CEB"/>
@@ -29996,208 +30537,214 @@
     <w:rsid w:val="00CC1088"/>
     <w:rsid w:val="00CC21E5"/>
     <w:rsid w:val="00CC2FAB"/>
     <w:rsid w:val="00CC4877"/>
     <w:rsid w:val="00CC5656"/>
     <w:rsid w:val="00CC6358"/>
     <w:rsid w:val="00CD05ED"/>
     <w:rsid w:val="00CD1B6A"/>
     <w:rsid w:val="00CD2A95"/>
     <w:rsid w:val="00CD2FEE"/>
     <w:rsid w:val="00CD3464"/>
     <w:rsid w:val="00CD3E90"/>
     <w:rsid w:val="00CD4CC6"/>
     <w:rsid w:val="00CD61C6"/>
     <w:rsid w:val="00CD62F6"/>
     <w:rsid w:val="00CE0D87"/>
     <w:rsid w:val="00CE27F8"/>
     <w:rsid w:val="00CE38CC"/>
     <w:rsid w:val="00CE3ECE"/>
     <w:rsid w:val="00CE65AD"/>
     <w:rsid w:val="00CF09CF"/>
     <w:rsid w:val="00CF0BF4"/>
     <w:rsid w:val="00CF375E"/>
     <w:rsid w:val="00CF6873"/>
     <w:rsid w:val="00D01304"/>
+    <w:rsid w:val="00D014E6"/>
     <w:rsid w:val="00D04CD2"/>
     <w:rsid w:val="00D0731D"/>
     <w:rsid w:val="00D075CE"/>
     <w:rsid w:val="00D11091"/>
     <w:rsid w:val="00D11580"/>
     <w:rsid w:val="00D13D6E"/>
     <w:rsid w:val="00D14674"/>
     <w:rsid w:val="00D14EFD"/>
     <w:rsid w:val="00D150DF"/>
     <w:rsid w:val="00D1525F"/>
     <w:rsid w:val="00D15607"/>
     <w:rsid w:val="00D15888"/>
     <w:rsid w:val="00D15F31"/>
     <w:rsid w:val="00D16C59"/>
     <w:rsid w:val="00D20570"/>
     <w:rsid w:val="00D213F6"/>
     <w:rsid w:val="00D25A35"/>
     <w:rsid w:val="00D26661"/>
     <w:rsid w:val="00D26AE2"/>
     <w:rsid w:val="00D27095"/>
     <w:rsid w:val="00D30737"/>
+    <w:rsid w:val="00D31BEA"/>
     <w:rsid w:val="00D32E97"/>
     <w:rsid w:val="00D33547"/>
     <w:rsid w:val="00D3626C"/>
     <w:rsid w:val="00D36D35"/>
     <w:rsid w:val="00D373EA"/>
     <w:rsid w:val="00D43FF8"/>
     <w:rsid w:val="00D450BA"/>
     <w:rsid w:val="00D51503"/>
     <w:rsid w:val="00D51782"/>
     <w:rsid w:val="00D52D46"/>
     <w:rsid w:val="00D5351E"/>
     <w:rsid w:val="00D560CE"/>
     <w:rsid w:val="00D63B4A"/>
     <w:rsid w:val="00D64B11"/>
     <w:rsid w:val="00D7016B"/>
     <w:rsid w:val="00D71C0C"/>
     <w:rsid w:val="00D72614"/>
     <w:rsid w:val="00D72B42"/>
     <w:rsid w:val="00D731F0"/>
     <w:rsid w:val="00D737D4"/>
     <w:rsid w:val="00D743F8"/>
+    <w:rsid w:val="00D765A6"/>
     <w:rsid w:val="00D81CE5"/>
     <w:rsid w:val="00D82C8D"/>
     <w:rsid w:val="00D838CF"/>
     <w:rsid w:val="00D83BCD"/>
     <w:rsid w:val="00D84681"/>
     <w:rsid w:val="00D87A93"/>
     <w:rsid w:val="00D919BC"/>
     <w:rsid w:val="00D91A51"/>
     <w:rsid w:val="00D9294E"/>
     <w:rsid w:val="00D94C5D"/>
     <w:rsid w:val="00DA3797"/>
     <w:rsid w:val="00DA4098"/>
     <w:rsid w:val="00DA544B"/>
     <w:rsid w:val="00DA613A"/>
     <w:rsid w:val="00DA6C29"/>
     <w:rsid w:val="00DA7112"/>
     <w:rsid w:val="00DA7CD0"/>
     <w:rsid w:val="00DB314D"/>
+    <w:rsid w:val="00DB6E0B"/>
     <w:rsid w:val="00DB78D4"/>
     <w:rsid w:val="00DC0BD6"/>
     <w:rsid w:val="00DC0C9C"/>
     <w:rsid w:val="00DC1616"/>
     <w:rsid w:val="00DC2302"/>
     <w:rsid w:val="00DC4F27"/>
     <w:rsid w:val="00DC500A"/>
     <w:rsid w:val="00DC718B"/>
     <w:rsid w:val="00DC73B6"/>
     <w:rsid w:val="00DC7EB0"/>
     <w:rsid w:val="00DD449A"/>
     <w:rsid w:val="00DD4A31"/>
     <w:rsid w:val="00DD4E37"/>
     <w:rsid w:val="00DD7C7C"/>
     <w:rsid w:val="00DE44B7"/>
     <w:rsid w:val="00DE6FDC"/>
     <w:rsid w:val="00DF2D8B"/>
     <w:rsid w:val="00DF2E66"/>
     <w:rsid w:val="00DF3318"/>
     <w:rsid w:val="00DF3E38"/>
     <w:rsid w:val="00DF5980"/>
     <w:rsid w:val="00E0001E"/>
     <w:rsid w:val="00E00E46"/>
     <w:rsid w:val="00E031EE"/>
     <w:rsid w:val="00E03AB2"/>
     <w:rsid w:val="00E063D8"/>
     <w:rsid w:val="00E07B0F"/>
     <w:rsid w:val="00E10756"/>
     <w:rsid w:val="00E12E94"/>
     <w:rsid w:val="00E13C4D"/>
     <w:rsid w:val="00E14022"/>
     <w:rsid w:val="00E1477A"/>
     <w:rsid w:val="00E15A51"/>
     <w:rsid w:val="00E173DA"/>
     <w:rsid w:val="00E2432D"/>
+    <w:rsid w:val="00E24B21"/>
     <w:rsid w:val="00E264C6"/>
     <w:rsid w:val="00E304CD"/>
     <w:rsid w:val="00E32378"/>
     <w:rsid w:val="00E35688"/>
     <w:rsid w:val="00E35968"/>
     <w:rsid w:val="00E35A56"/>
     <w:rsid w:val="00E36C55"/>
     <w:rsid w:val="00E37DB8"/>
     <w:rsid w:val="00E40AED"/>
     <w:rsid w:val="00E41AF2"/>
     <w:rsid w:val="00E422AC"/>
     <w:rsid w:val="00E432F7"/>
     <w:rsid w:val="00E46748"/>
     <w:rsid w:val="00E469F5"/>
     <w:rsid w:val="00E47D80"/>
+    <w:rsid w:val="00E53378"/>
     <w:rsid w:val="00E56CF4"/>
     <w:rsid w:val="00E576E8"/>
     <w:rsid w:val="00E66C7D"/>
     <w:rsid w:val="00E6726C"/>
     <w:rsid w:val="00E703C2"/>
     <w:rsid w:val="00E725FC"/>
     <w:rsid w:val="00E74F0D"/>
     <w:rsid w:val="00E755E8"/>
     <w:rsid w:val="00E75889"/>
     <w:rsid w:val="00E779FC"/>
     <w:rsid w:val="00E8006B"/>
     <w:rsid w:val="00E80ACC"/>
     <w:rsid w:val="00E817B3"/>
     <w:rsid w:val="00E82E54"/>
     <w:rsid w:val="00E91BF0"/>
     <w:rsid w:val="00E91EC1"/>
     <w:rsid w:val="00E93B40"/>
+    <w:rsid w:val="00E969B7"/>
     <w:rsid w:val="00EA2279"/>
     <w:rsid w:val="00EA53D2"/>
     <w:rsid w:val="00EA53DF"/>
     <w:rsid w:val="00EB2392"/>
     <w:rsid w:val="00EB2448"/>
     <w:rsid w:val="00EB2545"/>
     <w:rsid w:val="00EB4884"/>
     <w:rsid w:val="00EB6289"/>
     <w:rsid w:val="00EB7596"/>
     <w:rsid w:val="00EB77E0"/>
     <w:rsid w:val="00EC0577"/>
     <w:rsid w:val="00EC08A2"/>
     <w:rsid w:val="00EC1866"/>
     <w:rsid w:val="00EC2A35"/>
     <w:rsid w:val="00EC2D85"/>
     <w:rsid w:val="00EC36EE"/>
     <w:rsid w:val="00EC5A98"/>
     <w:rsid w:val="00EC65E7"/>
     <w:rsid w:val="00ED023C"/>
     <w:rsid w:val="00ED25A6"/>
     <w:rsid w:val="00ED2A41"/>
     <w:rsid w:val="00ED2C10"/>
     <w:rsid w:val="00ED4117"/>
     <w:rsid w:val="00ED4E52"/>
     <w:rsid w:val="00ED5BEB"/>
     <w:rsid w:val="00ED7B38"/>
     <w:rsid w:val="00EE31E5"/>
     <w:rsid w:val="00EE36C6"/>
     <w:rsid w:val="00EE4197"/>
     <w:rsid w:val="00EE565D"/>
-    <w:rsid w:val="00EE57AA"/>
     <w:rsid w:val="00EF0791"/>
     <w:rsid w:val="00EF0946"/>
     <w:rsid w:val="00EF1BC0"/>
     <w:rsid w:val="00EF5933"/>
     <w:rsid w:val="00F005A0"/>
     <w:rsid w:val="00F04113"/>
     <w:rsid w:val="00F06BAD"/>
     <w:rsid w:val="00F07865"/>
     <w:rsid w:val="00F1139E"/>
     <w:rsid w:val="00F11A73"/>
     <w:rsid w:val="00F1436A"/>
     <w:rsid w:val="00F14F0C"/>
     <w:rsid w:val="00F15548"/>
     <w:rsid w:val="00F16ACD"/>
     <w:rsid w:val="00F20B0E"/>
     <w:rsid w:val="00F21732"/>
     <w:rsid w:val="00F247B3"/>
     <w:rsid w:val="00F27376"/>
     <w:rsid w:val="00F2754B"/>
     <w:rsid w:val="00F275FD"/>
     <w:rsid w:val="00F27DE1"/>
     <w:rsid w:val="00F27FEB"/>
     <w:rsid w:val="00F301C6"/>
     <w:rsid w:val="00F3127F"/>
     <w:rsid w:val="00F34712"/>
@@ -30220,50 +30767,51 @@
     <w:rsid w:val="00F63B9A"/>
     <w:rsid w:val="00F65733"/>
     <w:rsid w:val="00F660D2"/>
     <w:rsid w:val="00F66F99"/>
     <w:rsid w:val="00F6760C"/>
     <w:rsid w:val="00F6769F"/>
     <w:rsid w:val="00F72DA1"/>
     <w:rsid w:val="00F74997"/>
     <w:rsid w:val="00F753AE"/>
     <w:rsid w:val="00F75CB5"/>
     <w:rsid w:val="00F76528"/>
     <w:rsid w:val="00F80A6A"/>
     <w:rsid w:val="00F83EB5"/>
     <w:rsid w:val="00F83F0A"/>
     <w:rsid w:val="00F8596F"/>
     <w:rsid w:val="00F85B37"/>
     <w:rsid w:val="00F866D7"/>
     <w:rsid w:val="00F8720C"/>
     <w:rsid w:val="00F911A5"/>
     <w:rsid w:val="00F915C2"/>
     <w:rsid w:val="00F92A33"/>
     <w:rsid w:val="00F92FAC"/>
     <w:rsid w:val="00F940DC"/>
     <w:rsid w:val="00F94AE7"/>
     <w:rsid w:val="00F95A89"/>
+    <w:rsid w:val="00F963FB"/>
     <w:rsid w:val="00F964A1"/>
     <w:rsid w:val="00F97ACF"/>
     <w:rsid w:val="00FA00DA"/>
     <w:rsid w:val="00FA0E5F"/>
     <w:rsid w:val="00FA111C"/>
     <w:rsid w:val="00FA1754"/>
     <w:rsid w:val="00FA2812"/>
     <w:rsid w:val="00FA4460"/>
     <w:rsid w:val="00FA479F"/>
     <w:rsid w:val="00FA4AEE"/>
     <w:rsid w:val="00FA54BD"/>
     <w:rsid w:val="00FA6750"/>
     <w:rsid w:val="00FB0478"/>
     <w:rsid w:val="00FB29D8"/>
     <w:rsid w:val="00FB3205"/>
     <w:rsid w:val="00FB52D4"/>
     <w:rsid w:val="00FB7C7A"/>
     <w:rsid w:val="00FC080B"/>
     <w:rsid w:val="00FC0872"/>
     <w:rsid w:val="00FC3854"/>
     <w:rsid w:val="00FC3919"/>
     <w:rsid w:val="00FC5831"/>
     <w:rsid w:val="00FC5C92"/>
     <w:rsid w:val="00FC61FE"/>
     <w:rsid w:val="00FC7401"/>
@@ -30344,51 +30892,51 @@
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="38657DFC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1ADFF5A8-F699-4E84-8F33-774C07116930}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -30669,51 +31217,50 @@
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Heading 2 IFB"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001D4D5C"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:spacing w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="RFPlev2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00FA4AEE"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:szCs w:val="20"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00471540"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
@@ -30906,50 +31453,51 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndent2Char"/>
     <w:rsid w:val="00471540"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="360"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00471540"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="RFPText"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="00471540"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00471540"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="11" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
     </w:rPr>
@@ -31417,57 +31965,67 @@
       <w:spacing w:before="120" w:after="120"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F651C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="RFPlev2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
-    <w:uiPriority w:val="9"/>
     <w:rsid w:val="00610E85"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="22"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:aliases w:val="RFPText Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="00BF6C52"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="45760850">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="288632488">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -31772,118 +32330,60 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2001694904">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vendor.ncgov.com/vendor/login" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/statewide-glossary-information-technology-terms" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.section508.gov%2F&amp;data=05%7C02%7Cstarr.christen%40nc.gov%7C3737b44528934d4e45f508dc3a2fddad%7C7a7681dcb9d0449a85c3ecc26cd7ed19%7C0%7C0%7C638449224463398992%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=pzgUTV7chyDcngdl6SvQJ3tAIz7RLJvSY02jf8A4SRg%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/resources/it-strategic-sourcing" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/vendor-readiness-assessment-report" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.w3.org%2FTR%2FWCAG21%2F&amp;data=05%7C02%7Cstarr.christen%40nc.gov%7C3737b44528934d4e45f508dc3a2fddad%7C7a7681dcb9d0449a85c3ecc26cd7ed19%7C0%7C0%7C638449224463390497%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=e02p3b8aB5KB1xe2s6LB3ksZyRtoo09MCHTXDzO5E6Q%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/document/statewide-data-classification-and-handling-policy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ncadmin.nc.gov/businesses/hub" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/services/vendor-engagement-resources" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/document/statewide-data-classification-and-handling-policy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/resources/statewide-it-procurement/vendor-engagement-resources" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/vendor-engagement-resources" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://evp.nc.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/vendor-readiness-assessment-report" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.itic.org%2Fpolicy%2Faccessibility%2Fvpat&amp;data=05%7C02%7Cstarr.christen%40nc.gov%7C3737b44528934d4e45f508dc3a2fddad%7C7a7681dcb9d0449a85c3ecc26cd7ed19%7C0%7C0%7C638449224463405831%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=5PxuYxDYvzebQ0oJ4qLv%2BXmBS25YhqJa3ms9L3r8c8c%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://evp.nc.gov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxx.xxx@nc.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/document/statewide-data-classification-and-handling-policy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/services/vendor-engagement-resources" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/vendor-readiness-assessment-report" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/statewide-glossary-information-technology-terms" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.itic.org%2Fpolicy%2Faccessibility%2Fvpat&amp;data=05%7C02%7Cstarr.christen%40nc.gov%7C3737b44528934d4e45f508dc3a2fddad%7C7a7681dcb9d0449a85c3ecc26cd7ed19%7C0%7C0%7C638449224463405831%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=5PxuYxDYvzebQ0oJ4qLv%2BXmBS25YhqJa3ms9L3r8c8c%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://evp.nc.gov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vendor.ncgov.com/vendor/login" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.section508.gov%2F&amp;data=05%7C02%7Cstarr.christen%40nc.gov%7C3737b44528934d4e45f508dc3a2fddad%7C7a7681dcb9d0449a85c3ecc26cd7ed19%7C0%7C0%7C638449224463398992%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=pzgUTV7chyDcngdl6SvQJ3tAIz7RLJvSY02jf8A4SRg%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/documents/vendor-readiness-assessment-report" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ncadmin.nc.gov/businesses/hub" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprocurement.nc.gov/training/vendor-training" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.w3.org%2FTR%2FWCAG21%2F&amp;data=05%7C02%7Cstarr.christen%40nc.gov%7C3737b44528934d4e45f508dc3a2fddad%7C7a7681dcb9d0449a85c3ecc26cd7ed19%7C0%7C0%7C638449224463390497%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=e02p3b8aB5KB1xe2s6LB3ksZyRtoo09MCHTXDzO5E6Q%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/vendor-engagement-resources" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/resources/it-strategic-sourcing" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/document/statewide-data-classification-and-handling-policy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.nc.gov/resources/statewide-it-procurement/vendor-engagement-resources" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://evp.nc.gov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
-    <w:docPart>
-[...56 lines deleted...]
-    </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4F37049186B643DB8E7E5FB07F6B9DEE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4AFE0B8C-ADC9-4DC0-9D57-B76255461B5A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0066769A" w:rsidRDefault="00D919BC" w:rsidP="00D919BC">
           <w:pPr>
             <w:pStyle w:val="4F37049186B643DB8E7E5FB07F6B9DEE5"/>
           </w:pPr>
           <w:r w:rsidRPr="001E1D5D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
@@ -32550,50 +33050,108 @@
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2FAB724B-A672-4E60-A3DE-D3BD969A7EEF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="006B1499" w:rsidRDefault="006B1499" w:rsidP="006B1499">
           <w:pPr>
             <w:pStyle w:val="243EA111FB2948C5A14435E2F02BE1B8"/>
           </w:pPr>
           <w:r w:rsidRPr="001E1D5D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Enter Agency name.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FAD4AF84A1F4478BA9E132409D1376E5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DFC24DAC-D1D9-45A0-9506-259460C2A53E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00EE5EAF" w:rsidRDefault="00B94D36" w:rsidP="00B94D36">
+          <w:pPr>
+            <w:pStyle w:val="FAD4AF84A1F4478BA9E132409D1376E5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00714040">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter opening date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4E6BA0C04BA74F209F0AB6A5C4C9DDB7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CACF0B2B-D8EC-451B-A42F-6C4EE91A45F1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00EE5EAF" w:rsidRDefault="00B94D36" w:rsidP="00B94D36">
+          <w:pPr>
+            <w:pStyle w:val="4E6BA0C04BA74F209F0AB6A5C4C9DDB7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00714040">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter opening date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -32641,68 +33199,62 @@
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
-    <w:altName w:val="Arial"/>
-[...4 lines deleted...]
-  <w:font w:name="Arial-BoldMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
@@ -32728,98 +33280,105 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00547BE9"/>
     <w:rsid w:val="000403A1"/>
     <w:rsid w:val="000A3615"/>
     <w:rsid w:val="000A59AB"/>
     <w:rsid w:val="000A757E"/>
     <w:rsid w:val="00106C52"/>
     <w:rsid w:val="0013454B"/>
     <w:rsid w:val="00165AEB"/>
     <w:rsid w:val="001A50AE"/>
     <w:rsid w:val="001E1E16"/>
     <w:rsid w:val="001F38F1"/>
     <w:rsid w:val="001F408B"/>
     <w:rsid w:val="0025580F"/>
     <w:rsid w:val="00286DF5"/>
     <w:rsid w:val="002E3007"/>
     <w:rsid w:val="00347E25"/>
     <w:rsid w:val="003540C2"/>
     <w:rsid w:val="003F1EA7"/>
     <w:rsid w:val="00400C36"/>
     <w:rsid w:val="004604F3"/>
-    <w:rsid w:val="004966FC"/>
     <w:rsid w:val="004974D0"/>
     <w:rsid w:val="004E295D"/>
     <w:rsid w:val="00547BE9"/>
     <w:rsid w:val="00554896"/>
     <w:rsid w:val="005678ED"/>
     <w:rsid w:val="005E16CE"/>
     <w:rsid w:val="00603F18"/>
     <w:rsid w:val="00646BF7"/>
     <w:rsid w:val="0066769A"/>
     <w:rsid w:val="006B1499"/>
     <w:rsid w:val="006B388C"/>
     <w:rsid w:val="006D3505"/>
     <w:rsid w:val="006E2CAF"/>
     <w:rsid w:val="006F7961"/>
     <w:rsid w:val="00722FB5"/>
     <w:rsid w:val="00724DA3"/>
     <w:rsid w:val="00753E1C"/>
     <w:rsid w:val="007C4902"/>
     <w:rsid w:val="007E212E"/>
     <w:rsid w:val="007F2E6B"/>
     <w:rsid w:val="00817F82"/>
     <w:rsid w:val="0089394B"/>
     <w:rsid w:val="008B7E83"/>
     <w:rsid w:val="0092213E"/>
     <w:rsid w:val="0094326A"/>
     <w:rsid w:val="009B0F4E"/>
     <w:rsid w:val="00A3456B"/>
+    <w:rsid w:val="00A359FA"/>
     <w:rsid w:val="00A3604A"/>
     <w:rsid w:val="00AE5FF4"/>
     <w:rsid w:val="00AE7227"/>
     <w:rsid w:val="00AE78B9"/>
     <w:rsid w:val="00B05F98"/>
+    <w:rsid w:val="00B94D36"/>
     <w:rsid w:val="00BC4734"/>
     <w:rsid w:val="00C8285A"/>
+    <w:rsid w:val="00C91C62"/>
     <w:rsid w:val="00CE3E8A"/>
+    <w:rsid w:val="00D014E6"/>
+    <w:rsid w:val="00D31BEA"/>
     <w:rsid w:val="00D52D46"/>
     <w:rsid w:val="00D5351E"/>
     <w:rsid w:val="00D54CF0"/>
     <w:rsid w:val="00D919BC"/>
     <w:rsid w:val="00DD68B7"/>
     <w:rsid w:val="00E32075"/>
+    <w:rsid w:val="00E338F0"/>
     <w:rsid w:val="00E40F3D"/>
     <w:rsid w:val="00E43186"/>
+    <w:rsid w:val="00E53378"/>
     <w:rsid w:val="00EA1028"/>
     <w:rsid w:val="00EB4809"/>
     <w:rsid w:val="00ED120C"/>
-    <w:rsid w:val="00EE57AA"/>
+    <w:rsid w:val="00EE5EAF"/>
+    <w:rsid w:val="00F16059"/>
     <w:rsid w:val="00F47AD7"/>
     <w:rsid w:val="00F65733"/>
     <w:rsid w:val="00F83A71"/>
     <w:rsid w:val="00F83EB5"/>
     <w:rsid w:val="00F90051"/>
     <w:rsid w:val="00F90C29"/>
     <w:rsid w:val="00F91A04"/>
     <w:rsid w:val="00FD1EE1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -33237,62 +33796,54 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006B1499"/>
+    <w:rsid w:val="00B94D36"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
-  </w:style>
-[...6 lines deleted...]
-    <w:rsid w:val="00F65733"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3EB342064B644529A494781D881D1557">
     <w:name w:val="3EB342064B644529A494781D881D1557"/>
     <w:rsid w:val="00B05F98"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="50D4955909B34BF4B731BABEA3C39B741">
     <w:name w:val="50D4955909B34BF4B731BABEA3C39B741"/>
     <w:rsid w:val="00D919BC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6C6E8C1366744F5882BC1FB20909E8D11">
     <w:name w:val="6C6E8C1366744F5882BC1FB20909E8D11"/>
     <w:rsid w:val="00D919BC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -33488,50 +34039,76 @@
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="786C2B8738914F5491C338E72EFDFEF6">
     <w:name w:val="786C2B8738914F5491C338E72EFDFEF6"/>
     <w:rsid w:val="006B1499"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="243EA111FB2948C5A14435E2F02BE1B8">
     <w:name w:val="243EA111FB2948C5A14435E2F02BE1B8"/>
     <w:rsid w:val="006B1499"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FAD4AF84A1F4478BA9E132409D1376E5">
+    <w:name w:val="FAD4AF84A1F4478BA9E132409D1376E5"/>
+    <w:rsid w:val="00B94D36"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4E6BA0C04BA74F209F0AB6A5C4C9DDB7">
+    <w:name w:val="4E6BA0C04BA74F209F0AB6A5C4C9DDB7"/>
+    <w:rsid w:val="00B94D36"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -34224,76 +34801,76 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4148EB3A-8DB7-40D5-AD36-A20D66408974}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26DEBE18-4425-4C33-98CD-65C7650DD9DE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>78611</Characters>
+  <Pages>15</Pages>
+  <Words>14423</Words>
+  <Characters>80050</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>184</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>1429</Lines>
+  <Paragraphs>660</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>STATE OF NORTH CAROLINA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>nc state government</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>92218</CharactersWithSpaces>
+  <CharactersWithSpaces>93813</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="270" baseType="variant">
       <vt:variant>
         <vt:i4>3866746</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>234</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://evp.nc.gov/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3866746</vt:i4>
       </vt:variant>
       <vt:variant>