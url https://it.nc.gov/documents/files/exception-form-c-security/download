--- v0 (2025-10-08)
+++ v1 (2026-02-07)
@@ -28,92 +28,108 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="07948C76" w14:textId="77777777" w:rsidR="00AA2C4B" w:rsidRDefault="00AA2C4B" w:rsidP="0022354F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-360" w:right="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="074E5FCB" w14:textId="77777777" w:rsidR="008E209B" w:rsidRPr="003A5973" w:rsidRDefault="008E209B" w:rsidP="008E209B">
+    <w:p w14:paraId="074E5FCB" w14:textId="7764692B" w:rsidR="008E209B" w:rsidRPr="003A5973" w:rsidRDefault="008E209B" w:rsidP="008E209B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00503684">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>*Changes made to the Form in July 2025 are highlighted.</w:t>
+        <w:t>*Changes made to the Form in 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="0033263E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>/2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503684">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are highlighted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6822BA79" w14:textId="77777777" w:rsidR="00AA2C4B" w:rsidRDefault="00AA2C4B" w:rsidP="003509BA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08B413D4" w14:textId="46E8B2DE" w:rsidR="00FD07AE" w:rsidRPr="004952DF" w:rsidRDefault="00FD07AE" w:rsidP="0022354F">
+    <w:p w14:paraId="08B413D4" w14:textId="19C1629D" w:rsidR="00FD07AE" w:rsidRDefault="00FD07AE" w:rsidP="0022354F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-360" w:right="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:b/>
-          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004952DF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Instructions: </w:t>
       </w:r>
       <w:r w:rsidR="0022354F" w:rsidRPr="004952DF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>State Agencies requesting a</w:t>
       </w:r>
       <w:r w:rsidR="00ED4E1D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>n Information Technology (IT)</w:t>
       </w:r>
       <w:r w:rsidR="0022354F" w:rsidRPr="004952DF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -235,50 +251,119 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0022354F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0022354F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>NCDIT will enter the request into the Sourcing Tool on the State Agency’s behalf</w:t>
       </w:r>
       <w:r w:rsidR="0022354F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0022354F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>More detailed information about the Security Exception Request process can be found at the end of this Form.</w:t>
       </w:r>
+      <w:r w:rsidR="0016631C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0016631C" w:rsidRPr="00191820">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Note</w:t>
+      </w:r>
+      <w:r w:rsidR="0016631C" w:rsidRPr="00191820">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Security exceptions are for State </w:t>
+      </w:r>
+      <w:r w:rsidR="008626C9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of NC </w:t>
+      </w:r>
+      <w:r w:rsidR="0016631C" w:rsidRPr="00191820">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">requirements only. Agencies must adhere to any other governing authority that is applicable to their system/data, e.g. HIPAA, </w:t>
+      </w:r>
+      <w:r w:rsidR="00820B8E" w:rsidRPr="00191820">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>IRS 1075, f</w:t>
+      </w:r>
+      <w:r w:rsidR="0016631C" w:rsidRPr="00191820">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ederal requirements, etc</w:t>
+      </w:r>
+      <w:r w:rsidR="00820B8E" w:rsidRPr="00191820">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C1F0C34" w14:textId="77777777" w:rsidR="00855F85" w:rsidRPr="004952DF" w:rsidRDefault="00855F85" w:rsidP="0022354F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-360" w:right="-360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10075" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1705"/>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="2700"/>
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F10CFB" w:rsidRPr="008B663D" w14:paraId="44D493C3" w14:textId="77777777" w:rsidTr="00CE491D">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10075" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
@@ -324,51 +409,50 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Request Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1979902161"/>
             <w:placeholder>
               <w:docPart w:val="F0EECFEB218248B1B49B5DDD7B69277B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8370" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="407B81D2" w14:textId="29091065" w:rsidR="005D4A22" w:rsidRDefault="00FD07AE" w:rsidP="005D4A22">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -404,51 +488,50 @@
             </w:r>
             <w:r w:rsidR="005D4A22" w:rsidRPr="00CE617C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-177209644"/>
             <w:placeholder>
               <w:docPart w:val="1D5C46EB36BC4B5A82D441370957BE07"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8370" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="5FC382CE" w14:textId="375BA287" w:rsidR="005D4A22" w:rsidRPr="008B663D" w:rsidRDefault="00FD07AE" w:rsidP="005D4A22">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -516,51 +599,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Agency:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="492686440"/>
             <w:placeholder>
               <w:docPart w:val="F432EB986B004227943B29C961E00613"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8370" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="2D579B4B" w14:textId="0A0AB200" w:rsidR="005D4A22" w:rsidRPr="008B663D" w:rsidRDefault="00FD07AE" w:rsidP="005D4A22">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -582,51 +664,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Division:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="2085639378"/>
             <w:placeholder>
               <w:docPart w:val="E985435D70044B60997F2356E4C9D3ED"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8370" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="273312C5" w14:textId="2BC5D16E" w:rsidR="005D4A22" w:rsidRPr="008B663D" w:rsidRDefault="00FD07AE" w:rsidP="005D4A22">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -759,89 +840,87 @@
               </w:rPr>
               <w:t xml:space="preserve">Agency </w:t>
             </w:r>
             <w:r w:rsidR="005D4A22">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Business Owner:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="77639495"/>
             <w:placeholder>
               <w:docPart w:val="691BC34B7DB54304ADBF5D5A32223086"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4680" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="0F5922D8" w14:textId="4A81AA41" w:rsidR="005D4A22" w:rsidRPr="008B663D" w:rsidRDefault="00FD07AE" w:rsidP="005D4A22">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="2031294194"/>
             <w:placeholder>
               <w:docPart w:val="62E4D2B2A8574D338FAB335577D104CB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3690" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="699A7B27" w14:textId="41D62CCE" w:rsidR="005D4A22" w:rsidRPr="008B663D" w:rsidRDefault="00FD07AE" w:rsidP="005D4A22">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -877,89 +956,87 @@
             </w:r>
             <w:r w:rsidR="00222AC4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CISO/Security:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="682789086"/>
             <w:placeholder>
               <w:docPart w:val="64CB54DBBB024D7E93A24E97401AF949"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4680" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="765558D9" w14:textId="7E25C73E" w:rsidR="00222AC4" w:rsidRDefault="00FD07AE" w:rsidP="00222AC4">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-2135468649"/>
             <w:placeholder>
               <w:docPart w:val="A33F354003D649208DF76163C35D3B7F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3690" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="433E71F2" w14:textId="6E3984C1" w:rsidR="00222AC4" w:rsidRDefault="00FD07AE" w:rsidP="00222AC4">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
@@ -984,89 +1061,87 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Project Manager:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="83894212"/>
             <w:placeholder>
               <w:docPart w:val="29B47EF320284F56A5BBD78DE73A429D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4680" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="2741B3EA" w14:textId="70DC6F11" w:rsidR="00222AC4" w:rsidRDefault="00FD07AE" w:rsidP="00222AC4">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1764748164"/>
             <w:placeholder>
               <w:docPart w:val="197C8AD785114993952077E978CC734F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3690" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="1E9FF2D3" w14:textId="198F1975" w:rsidR="00222AC4" w:rsidRDefault="00FD07AE" w:rsidP="00222AC4">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
@@ -1091,89 +1166,87 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Director:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="2131427006"/>
             <w:placeholder>
               <w:docPart w:val="2BB66D2BBD0648E7A24C87ED6F1B3B3E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4680" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="2CB67619" w14:textId="12E20D30" w:rsidR="00222AC4" w:rsidRDefault="00FD07AE" w:rsidP="00222AC4">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="244153627"/>
             <w:placeholder>
               <w:docPart w:val="0385A9099DB34E9DAA8839C92E6D34FE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3690" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="6EDD5DBE" w14:textId="6440EFC3" w:rsidR="00222AC4" w:rsidRDefault="00FD07AE" w:rsidP="00222AC4">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
@@ -1192,104 +1265,102 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="dark1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Agency CIO:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7880007C" w14:textId="5B06BE7E" w:rsidR="00222AC4" w:rsidRPr="008B663D" w:rsidRDefault="007B328C" w:rsidP="00222AC4">
+          <w:p w14:paraId="7880007C" w14:textId="5B06BE7E" w:rsidR="00222AC4" w:rsidRPr="008B663D" w:rsidRDefault="00000000" w:rsidP="00222AC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="906117468"/>
                 <w:placeholder>
                   <w:docPart w:val="44E79DF698B4494EB14769D6135B01C4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD07AE" w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00222AC4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-991013882"/>
             <w:placeholder>
               <w:docPart w:val="11C64F3B2C5B44DFB361344BB898D31B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3690" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="619F953F" w14:textId="67FD87A9" w:rsidR="00222AC4" w:rsidRPr="008B663D" w:rsidRDefault="00FD07AE" w:rsidP="00222AC4">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
@@ -1341,109 +1412,107 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Is this an IT Project?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="058CBDA3" w14:textId="597D67EB" w:rsidR="008A1242" w:rsidRDefault="007B328C" w:rsidP="008A1242">
+          <w:p w14:paraId="058CBDA3" w14:textId="597D67EB" w:rsidR="008A1242" w:rsidRDefault="00000000" w:rsidP="008A1242">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1989665407"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A1242">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008A1242">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1840973419"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A1242">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008A1242">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A000A9" w:rsidRPr="008B663D" w14:paraId="0B90BFF8" w14:textId="77777777" w:rsidTr="00CE491D">
         <w:trPr>
           <w:cantSplit/>
@@ -1524,51 +1593,50 @@
               </w:rPr>
               <w:t>Tool</w:t>
             </w:r>
             <w:r w:rsidR="004E6EDD" w:rsidRPr="00567349">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> (e.g. Touchdown):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="2038855706"/>
             <w:placeholder>
               <w:docPart w:val="B0164BDA9DA34E8E8ACE05FF34A81B94"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6390" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="2E1C37AD" w14:textId="66FF7154" w:rsidR="00A000A9" w:rsidRPr="00A000A9" w:rsidRDefault="00B22341" w:rsidP="00A000A9">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="008A1242" w:rsidRPr="008B663D" w14:paraId="603A3FBA" w14:textId="77777777" w:rsidTr="00CE491D">
@@ -1598,51 +1666,50 @@
               <w:t xml:space="preserve">Privacy Threshold Analysis (PTA) </w:t>
             </w:r>
             <w:r w:rsidR="00ED4E1D" w:rsidRPr="00567349">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Data Sensitivity Level:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-931893513"/>
             <w:placeholder>
               <w:docPart w:val="63919081AC7C47F49DC819372911C03D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6390" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="4878E01B" w14:textId="0115D0FF" w:rsidR="008A1242" w:rsidRDefault="008A1242" w:rsidP="008A1242">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -1692,372 +1759,365 @@
           </w:tcPr>
           <w:p w14:paraId="67FE7E9B" w14:textId="7C9B7651" w:rsidR="00222AC4" w:rsidRPr="008B663D" w:rsidRDefault="00222AC4" w:rsidP="00222AC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reason:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="294BE769" w14:textId="7803A5BB" w:rsidR="00222AC4" w:rsidRDefault="007B328C" w:rsidP="00222AC4">
+          <w:p w14:paraId="294BE769" w14:textId="7803A5BB" w:rsidR="00222AC4" w:rsidRDefault="00000000" w:rsidP="00222AC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1565246539"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002E7902">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002E7902">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00222AC4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Patch Management – (SI-2: Flaw Remediation)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FF97E96" w14:textId="2389CC59" w:rsidR="00222AC4" w:rsidRDefault="007B328C" w:rsidP="00222AC4">
+          <w:p w14:paraId="5FF97E96" w14:textId="2389CC59" w:rsidR="00222AC4" w:rsidRDefault="00000000" w:rsidP="00222AC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1505619783"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002E7902">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002E7902">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00222AC4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Software – (SA-3: System Development Life Cycle / SA-8: Security Engineering Principles)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="017A195C" w14:textId="74B19385" w:rsidR="00222AC4" w:rsidRDefault="007B328C" w:rsidP="00222AC4">
+          <w:p w14:paraId="017A195C" w14:textId="74B19385" w:rsidR="00222AC4" w:rsidRDefault="00000000" w:rsidP="00222AC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2143159133"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002E7902">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002E7902">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00222AC4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hardware – (SA-3: System Development Life Cycle / SA-8: Security Engineering Principles)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CF0BFD6" w14:textId="7CA6179D" w:rsidR="00222AC4" w:rsidRDefault="007B328C" w:rsidP="00222AC4">
+          <w:p w14:paraId="5CF0BFD6" w14:textId="7CA6179D" w:rsidR="00222AC4" w:rsidRDefault="00000000" w:rsidP="00222AC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1514446442"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002E7902">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002E7902">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00222AC4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Password – (IA-5: Authenticator Management)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1323CDAA" w14:textId="3C7BC38E" w:rsidR="00222AC4" w:rsidRDefault="007B328C" w:rsidP="00222AC4">
+          <w:p w14:paraId="1323CDAA" w14:textId="3C7BC38E" w:rsidR="00222AC4" w:rsidRDefault="00000000" w:rsidP="00222AC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2005546614"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002E7902">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002E7902">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00222AC4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Service/Group Account – (AC-2: Account Management)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="442BA23B" w14:textId="5DF108EB" w:rsidR="00222AC4" w:rsidRPr="008B663D" w:rsidRDefault="007B328C" w:rsidP="00CE491D">
+          <w:p w14:paraId="442BA23B" w14:textId="5DF108EB" w:rsidR="00222AC4" w:rsidRPr="008B663D" w:rsidRDefault="00000000" w:rsidP="00CE491D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="28315823"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002E7902" w:rsidRPr="00CE491D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002E7902" w:rsidRPr="00CE491D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00222AC4" w:rsidRPr="00CE491D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other:</w:t>
             </w:r>
             <w:r w:rsidR="002E7902" w:rsidRPr="00CE491D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:id w:val="42103662"/>
                 <w:placeholder>
                   <w:docPart w:val="BFB28155176F48D49B99BFF3AA757CAB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002E7902" w:rsidRPr="00567349">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="22D2BBF4" w:rsidRPr="00567349">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="22D2BBF4" w:rsidRPr="00567349">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
@@ -2121,188 +2181,232 @@
           </w:tcPr>
           <w:p w14:paraId="4498B474" w14:textId="77777777" w:rsidR="00222AC4" w:rsidRDefault="00222AC4" w:rsidP="00222AC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Attachment Type: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8370" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5A232CC2" w14:textId="77777777" w:rsidR="00002B22" w:rsidRDefault="007B328C" w:rsidP="00002B22">
+          <w:p w14:paraId="5A232CC2" w14:textId="77777777" w:rsidR="00002B22" w:rsidRDefault="00000000" w:rsidP="00002B22">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1875680695"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00002B22">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00002B22">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-755051694"/>
                 <w:placeholder>
                   <w:docPart w:val="E12A7D7C07EE44BF8EEF9D60C50C5C41"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00002B22" w:rsidRPr="008B661B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="2D56D0CF" w14:textId="3BF4D7E8" w:rsidR="00222AC4" w:rsidRDefault="007B328C" w:rsidP="00222AC4">
+          <w:p w14:paraId="2D56D0CF" w14:textId="3BF4D7E8" w:rsidR="00222AC4" w:rsidRDefault="00000000" w:rsidP="00222AC4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1163047320"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00002B22">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00002B22">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1461226842"/>
                 <w:placeholder>
                   <w:docPart w:val="C3A3404CC6A049D5BADA37EF26BE08D0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00002B22" w:rsidRPr="008B661B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="372E2F67" w14:textId="01DD56B7" w:rsidR="004F4CA2" w:rsidRPr="00A000A9" w:rsidRDefault="004F4CA2" w:rsidP="0022354F">
+    <w:p w14:paraId="372E2F67" w14:textId="01DD56B7" w:rsidR="004F4CA2" w:rsidRDefault="004F4CA2" w:rsidP="0022354F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76588539" w14:textId="77777777" w:rsidR="00855F85" w:rsidRDefault="00855F85" w:rsidP="0022354F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="212B39B1" w14:textId="77777777" w:rsidR="00855F85" w:rsidRDefault="00855F85" w:rsidP="0022354F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="497FD073" w14:textId="77777777" w:rsidR="00855F85" w:rsidRDefault="00855F85" w:rsidP="0022354F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3102EE93" w14:textId="77777777" w:rsidR="00855F85" w:rsidRPr="00A000A9" w:rsidRDefault="00855F85" w:rsidP="0022354F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10075" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10075"/>
       </w:tblGrid>
       <w:tr w:rsidR="00884BE7" w:rsidRPr="008B663D" w14:paraId="6BE46EA2" w14:textId="77777777" w:rsidTr="00B22341">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -2430,92 +2534,90 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A577B" w:rsidRPr="008B663D" w14:paraId="28FC627A" w14:textId="77777777" w:rsidTr="00002B22">
         <w:trPr>
           <w:trHeight w:val="143"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10075" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="460473237"/>
               <w:placeholder>
                 <w:docPart w:val="B350B27CBB184500B9C8277E94B37E8C"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6C62E51C" w14:textId="4D40E114" w:rsidR="005A577B" w:rsidRPr="008B663D" w:rsidRDefault="00FD07AE" w:rsidP="0037560C">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F90D414" w14:textId="1C654E51" w:rsidR="00237450" w:rsidRDefault="007B328C" w:rsidP="0022354F">
+    <w:p w14:paraId="7F90D414" w14:textId="1C654E51" w:rsidR="00237450" w:rsidRDefault="00000000" w:rsidP="0022354F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="-1642104848"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00002B22">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00002B22">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Check Here is Business Case is Attached</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10075" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10075"/>
@@ -2663,69 +2765,51 @@
               </w:rPr>
               <w:t>Network Controls (</w:t>
             </w:r>
             <w:r w:rsidRPr="00403213">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e.g.</w:t>
             </w:r>
             <w:r w:rsidR="002E7902">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00403213">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">, non-routable IPs) </w:t>
+              <w:t xml:space="preserve"> vlans, non-routable IPs) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C51C7E0" w14:textId="77777777" w:rsidR="00403213" w:rsidRPr="00403213" w:rsidRDefault="00403213" w:rsidP="00403213">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00403213">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Other access control measures in place </w:t>
             </w:r>
@@ -2807,115 +2891,113 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00403213">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Monitoring ability (how do you ensure the controls in place remain unchanged) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D5374" w:rsidRPr="008B663D" w14:paraId="14C89DED" w14:textId="77777777" w:rsidTr="00CE491D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10075" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6151A8E1" w14:textId="54708347" w:rsidR="003D5374" w:rsidRPr="008B663D" w:rsidRDefault="007B328C" w:rsidP="00A000A9">
+          <w:p w14:paraId="6151A8E1" w14:textId="54708347" w:rsidR="003D5374" w:rsidRPr="008B663D" w:rsidRDefault="00000000" w:rsidP="00A000A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9859"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="822925422"/>
                 <w:placeholder>
                   <w:docPart w:val="5CC69CCCD1CD47F788A4C81B7CE74237"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD07AE" w:rsidRPr="008F7D41">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A000A9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="610DFE4D" w14:textId="0BBA1B0A" w:rsidR="00002B22" w:rsidRDefault="007B328C" w:rsidP="00002B22">
+    <w:p w14:paraId="610DFE4D" w14:textId="0BBA1B0A" w:rsidR="00002B22" w:rsidRDefault="00000000" w:rsidP="00002B22">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="1154037847"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00002B22">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00002B22">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Check Here is </w:t>
       </w:r>
       <w:r w:rsidR="002E7902">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Mitigation Approach</w:t>
       </w:r>
       <w:r w:rsidR="00002B22">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -3553,117 +3635,81 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2342DAD1" w14:textId="43A02FC9" w:rsidR="0022354F" w:rsidRPr="0022354F" w:rsidRDefault="0022354F" w:rsidP="0040334E">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022354F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agency Procurement creates a Sourcing Project (not a Sourcing Request) in the Sourcing </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> selects Solicitation Vehicle to be IT: Exception Request Only</w:t>
+              <w:t>Agency Procurement creates a Sourcing Project (not a Sourcing Request) in the Sourcing Tool, and selects Solicitation Vehicle to be IT: Exception Request Only</w:t>
             </w:r>
             <w:r w:rsidR="00A965A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56D14929" w14:textId="735613CC" w:rsidR="0022354F" w:rsidRPr="0022354F" w:rsidRDefault="0022354F" w:rsidP="0040334E">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022354F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agency Procurement attaches the completed Security Exception Request Form and </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> documentation to the applicable approval task in the Sourcing Project and submits it to NCDIT for approval (it will be sent first to Agency IT Security Liaison for their approval)</w:t>
+              <w:t>Agency Procurement attaches the completed Security Exception Request Form and supporting documentation to the applicable approval task in the Sourcing Project and submits it to NCDIT for approval (it will be sent first to Agency IT Security Liaison for their approval)</w:t>
             </w:r>
             <w:r w:rsidR="00A965A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35F07D71" w14:textId="48427AE3" w:rsidR="0022354F" w:rsidRPr="0022354F" w:rsidRDefault="0022354F" w:rsidP="0040334E">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022354F">
               <w:rPr>
@@ -3679,50 +3725,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D77D433" w14:textId="77777777" w:rsidR="00E2408F" w:rsidRPr="00E2408F" w:rsidRDefault="004137C8" w:rsidP="0040334E">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E2408F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Agencies should review and ensure that all required security policies are in place to protect sensitive data; refer to the </w:t>
             </w:r>
             <w:r w:rsidRPr="00E2408F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Statewide Information Security Manual.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55D0905C" w14:textId="2B2032DB" w:rsidR="004137C8" w:rsidRPr="00E2408F" w:rsidRDefault="004137C8" w:rsidP="0040334E">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -3781,51 +3828,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Privacy Threshold Analysis (PTA) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A275070" w14:textId="0C44D7C9" w:rsidR="004137C8" w:rsidRPr="0022354F" w:rsidRDefault="004137C8" w:rsidP="0040334E">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC542A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC542A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Privacy Threshold Analysis </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC542A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">form is available to assist agencies in assessing system and application privacy implications. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15162DD0" w14:textId="5C975051" w:rsidR="004137C8" w:rsidRPr="0022354F" w:rsidRDefault="004137C8" w:rsidP="004137C8">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4090,61 +4136,61 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4591F543" w14:textId="77777777" w:rsidR="003D5374" w:rsidRDefault="003D5374">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003D5374" w:rsidSect="00E2408F">
       <w:headerReference w:type="even" r:id="rId16"/>
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1170" w:right="1440" w:bottom="1260" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="574C6DE2" w14:textId="77777777" w:rsidR="007B328C" w:rsidRDefault="007B328C" w:rsidP="009D200F">
+    <w:p w14:paraId="03A909A7" w14:textId="77777777" w:rsidR="00150709" w:rsidRDefault="00150709" w:rsidP="009D200F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="342746B9" w14:textId="77777777" w:rsidR="007B328C" w:rsidRDefault="007B328C" w:rsidP="009D200F">
+    <w:p w14:paraId="74BFD49A" w14:textId="77777777" w:rsidR="00150709" w:rsidRDefault="00150709" w:rsidP="009D200F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4229,90 +4275,85 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>09</w:t>
     </w:r>
     <w:r w:rsidR="00A000A9">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
     <w:r w:rsidR="00A95EFB">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D0D2ACB" w14:textId="77777777" w:rsidR="007B328C" w:rsidRDefault="007B328C" w:rsidP="009D200F">
+    <w:p w14:paraId="17C271F7" w14:textId="77777777" w:rsidR="00150709" w:rsidRDefault="00150709" w:rsidP="009D200F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="033D997F" w14:textId="77777777" w:rsidR="007B328C" w:rsidRDefault="007B328C" w:rsidP="009D200F">
+    <w:p w14:paraId="61745647" w14:textId="77777777" w:rsidR="00150709" w:rsidRDefault="00150709" w:rsidP="009D200F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-1359503640"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="42B1952E" w14:textId="0A3EFD68" w:rsidR="00084391" w:rsidRDefault="00084391" w:rsidP="00B22341">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -4334,55 +4375,50 @@
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="31B4DD74" w14:textId="77777777" w:rsidR="00084391" w:rsidRDefault="00084391" w:rsidP="00084391">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-1913694324"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="616296A4" w14:textId="77777777" w:rsidR="00084391" w:rsidRDefault="00084391" w:rsidP="00B22341">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -5865,218 +5901,229 @@
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1742629529">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1021587906">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1560436018">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1790390362">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1320579382">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1948266155">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000B3C6C"/>
     <w:rsid w:val="00002B22"/>
     <w:rsid w:val="00012FC4"/>
+    <w:rsid w:val="00026BA6"/>
     <w:rsid w:val="00037F0E"/>
     <w:rsid w:val="0005781C"/>
     <w:rsid w:val="00073238"/>
     <w:rsid w:val="00084391"/>
     <w:rsid w:val="0008657F"/>
     <w:rsid w:val="000A5069"/>
     <w:rsid w:val="000A7E9D"/>
     <w:rsid w:val="000B3C6C"/>
     <w:rsid w:val="000B3E00"/>
     <w:rsid w:val="000B6CC0"/>
     <w:rsid w:val="000B7774"/>
     <w:rsid w:val="000C101F"/>
     <w:rsid w:val="000D474F"/>
     <w:rsid w:val="000E4DD9"/>
     <w:rsid w:val="00112F0C"/>
     <w:rsid w:val="00127134"/>
     <w:rsid w:val="00133802"/>
     <w:rsid w:val="00145630"/>
     <w:rsid w:val="00147416"/>
     <w:rsid w:val="00147F87"/>
+    <w:rsid w:val="00150709"/>
     <w:rsid w:val="00150E2B"/>
     <w:rsid w:val="0016309A"/>
+    <w:rsid w:val="0016631C"/>
     <w:rsid w:val="00166CEA"/>
     <w:rsid w:val="0017662F"/>
+    <w:rsid w:val="00191820"/>
     <w:rsid w:val="001A4299"/>
     <w:rsid w:val="001A7647"/>
     <w:rsid w:val="001A7DCD"/>
     <w:rsid w:val="001B20A1"/>
     <w:rsid w:val="001C4372"/>
     <w:rsid w:val="001C489F"/>
     <w:rsid w:val="001D0B43"/>
     <w:rsid w:val="001D2598"/>
     <w:rsid w:val="001E1C8B"/>
     <w:rsid w:val="001F01DB"/>
     <w:rsid w:val="001F1983"/>
     <w:rsid w:val="001F4AA8"/>
     <w:rsid w:val="00200BF3"/>
     <w:rsid w:val="00202C39"/>
     <w:rsid w:val="00222AC4"/>
     <w:rsid w:val="0022354F"/>
     <w:rsid w:val="0022423F"/>
     <w:rsid w:val="00237450"/>
     <w:rsid w:val="00240245"/>
     <w:rsid w:val="00244EF4"/>
     <w:rsid w:val="002451D2"/>
     <w:rsid w:val="0024598B"/>
     <w:rsid w:val="00274E7A"/>
     <w:rsid w:val="00281B00"/>
     <w:rsid w:val="002953E9"/>
     <w:rsid w:val="002C4164"/>
     <w:rsid w:val="002E4365"/>
     <w:rsid w:val="002E7902"/>
     <w:rsid w:val="002F79C0"/>
     <w:rsid w:val="00300638"/>
     <w:rsid w:val="0030138D"/>
     <w:rsid w:val="00301BE6"/>
+    <w:rsid w:val="0033263E"/>
     <w:rsid w:val="00340C34"/>
     <w:rsid w:val="0034503B"/>
     <w:rsid w:val="00347634"/>
     <w:rsid w:val="003509BA"/>
     <w:rsid w:val="00370720"/>
     <w:rsid w:val="0037560C"/>
     <w:rsid w:val="003843DF"/>
+    <w:rsid w:val="00393D80"/>
     <w:rsid w:val="00396E4E"/>
     <w:rsid w:val="003A059F"/>
     <w:rsid w:val="003D5374"/>
     <w:rsid w:val="003F558E"/>
     <w:rsid w:val="00400DB4"/>
     <w:rsid w:val="00403213"/>
     <w:rsid w:val="0040334E"/>
     <w:rsid w:val="004137C8"/>
     <w:rsid w:val="00466511"/>
     <w:rsid w:val="004675AD"/>
     <w:rsid w:val="00480F98"/>
     <w:rsid w:val="00485574"/>
     <w:rsid w:val="00492652"/>
     <w:rsid w:val="004A0AF6"/>
     <w:rsid w:val="004A1FE1"/>
     <w:rsid w:val="004B1461"/>
     <w:rsid w:val="004B354D"/>
     <w:rsid w:val="004B67BD"/>
     <w:rsid w:val="004C11DE"/>
     <w:rsid w:val="004D1F21"/>
     <w:rsid w:val="004E6C3A"/>
     <w:rsid w:val="004E6EDD"/>
     <w:rsid w:val="004F4CA2"/>
     <w:rsid w:val="00501291"/>
     <w:rsid w:val="005179BB"/>
     <w:rsid w:val="00534568"/>
     <w:rsid w:val="005426A4"/>
     <w:rsid w:val="00562AE1"/>
     <w:rsid w:val="00567349"/>
+    <w:rsid w:val="005731E6"/>
     <w:rsid w:val="005733BA"/>
     <w:rsid w:val="0057446B"/>
     <w:rsid w:val="00574947"/>
     <w:rsid w:val="005843A1"/>
     <w:rsid w:val="00590FC0"/>
     <w:rsid w:val="00591309"/>
     <w:rsid w:val="005A577B"/>
     <w:rsid w:val="005B4814"/>
     <w:rsid w:val="005C6538"/>
+    <w:rsid w:val="005D47E2"/>
     <w:rsid w:val="005D4A22"/>
     <w:rsid w:val="005F4D74"/>
     <w:rsid w:val="00603584"/>
     <w:rsid w:val="00616BCF"/>
     <w:rsid w:val="00647919"/>
     <w:rsid w:val="006678AA"/>
     <w:rsid w:val="00670DE3"/>
     <w:rsid w:val="00691F15"/>
     <w:rsid w:val="006977C5"/>
     <w:rsid w:val="006B226E"/>
     <w:rsid w:val="006C22E3"/>
     <w:rsid w:val="006C2359"/>
     <w:rsid w:val="006C4A49"/>
     <w:rsid w:val="00705AE4"/>
     <w:rsid w:val="00753C86"/>
     <w:rsid w:val="007703DF"/>
     <w:rsid w:val="007A6787"/>
     <w:rsid w:val="007B328C"/>
     <w:rsid w:val="007D177F"/>
     <w:rsid w:val="007E7FEF"/>
     <w:rsid w:val="007F4411"/>
     <w:rsid w:val="0080494C"/>
     <w:rsid w:val="0080559C"/>
     <w:rsid w:val="00814EE8"/>
+    <w:rsid w:val="00820B8E"/>
     <w:rsid w:val="0082214C"/>
     <w:rsid w:val="00845047"/>
     <w:rsid w:val="00847A26"/>
+    <w:rsid w:val="00855F85"/>
+    <w:rsid w:val="008626C9"/>
     <w:rsid w:val="00862847"/>
     <w:rsid w:val="0086720C"/>
     <w:rsid w:val="0087477E"/>
     <w:rsid w:val="00884BE7"/>
     <w:rsid w:val="00885873"/>
     <w:rsid w:val="008964C4"/>
     <w:rsid w:val="00896B39"/>
     <w:rsid w:val="008A1242"/>
     <w:rsid w:val="008A6E88"/>
     <w:rsid w:val="008A7602"/>
     <w:rsid w:val="008B663D"/>
     <w:rsid w:val="008C6DAF"/>
     <w:rsid w:val="008E209B"/>
+    <w:rsid w:val="008E7C60"/>
     <w:rsid w:val="00930AEB"/>
     <w:rsid w:val="0093692F"/>
     <w:rsid w:val="009546EB"/>
     <w:rsid w:val="00961A93"/>
     <w:rsid w:val="009D200F"/>
     <w:rsid w:val="009D3330"/>
     <w:rsid w:val="009E3B6A"/>
     <w:rsid w:val="009E67D1"/>
     <w:rsid w:val="009F1B0D"/>
     <w:rsid w:val="00A000A9"/>
     <w:rsid w:val="00A23F30"/>
     <w:rsid w:val="00A2631E"/>
     <w:rsid w:val="00A36998"/>
     <w:rsid w:val="00A51AA7"/>
     <w:rsid w:val="00A60D4D"/>
     <w:rsid w:val="00A63E1D"/>
     <w:rsid w:val="00A67E85"/>
     <w:rsid w:val="00A7694F"/>
     <w:rsid w:val="00A95EFB"/>
     <w:rsid w:val="00A965A2"/>
     <w:rsid w:val="00AA2C4B"/>
     <w:rsid w:val="00AD0BB6"/>
     <w:rsid w:val="00AD716F"/>
     <w:rsid w:val="00AE0E1D"/>
     <w:rsid w:val="00AE506A"/>
@@ -6102,50 +6149,51 @@
     <w:rsid w:val="00CE060F"/>
     <w:rsid w:val="00CE491D"/>
     <w:rsid w:val="00CE617C"/>
     <w:rsid w:val="00D114C3"/>
     <w:rsid w:val="00D119A2"/>
     <w:rsid w:val="00D25382"/>
     <w:rsid w:val="00D26E9B"/>
     <w:rsid w:val="00D27106"/>
     <w:rsid w:val="00D27739"/>
     <w:rsid w:val="00D42A51"/>
     <w:rsid w:val="00D5481D"/>
     <w:rsid w:val="00D773B2"/>
     <w:rsid w:val="00D81BBB"/>
     <w:rsid w:val="00D90D63"/>
     <w:rsid w:val="00D95659"/>
     <w:rsid w:val="00DA65AC"/>
     <w:rsid w:val="00DB0D2F"/>
     <w:rsid w:val="00DB49C0"/>
     <w:rsid w:val="00DB5697"/>
     <w:rsid w:val="00DE2DD4"/>
     <w:rsid w:val="00DE7678"/>
     <w:rsid w:val="00DF28C8"/>
     <w:rsid w:val="00DF6017"/>
     <w:rsid w:val="00E2408F"/>
     <w:rsid w:val="00E51715"/>
+    <w:rsid w:val="00E62159"/>
     <w:rsid w:val="00E720A4"/>
     <w:rsid w:val="00E9066F"/>
     <w:rsid w:val="00E90C7F"/>
     <w:rsid w:val="00EA20F2"/>
     <w:rsid w:val="00EB34B4"/>
     <w:rsid w:val="00EC542A"/>
     <w:rsid w:val="00ED2CE8"/>
     <w:rsid w:val="00ED4E1D"/>
     <w:rsid w:val="00EF5D3A"/>
     <w:rsid w:val="00F02E28"/>
     <w:rsid w:val="00F04404"/>
     <w:rsid w:val="00F05B4A"/>
     <w:rsid w:val="00F05F99"/>
     <w:rsid w:val="00F10CFB"/>
     <w:rsid w:val="00F1427B"/>
     <w:rsid w:val="00F26CBC"/>
     <w:rsid w:val="00F56C3C"/>
     <w:rsid w:val="00F633E2"/>
     <w:rsid w:val="00F769FE"/>
     <w:rsid w:val="00F92CCA"/>
     <w:rsid w:val="00F94066"/>
     <w:rsid w:val="00FA6AA5"/>
     <w:rsid w:val="00FC3EAB"/>
     <w:rsid w:val="00FC7F1B"/>
     <w:rsid w:val="00FD07AE"/>
@@ -8499,86 +8547,89 @@
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Aptos"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA1ECC"/>
+    <w:rsid w:val="001160B3"/>
+    <w:rsid w:val="0023375B"/>
     <w:rsid w:val="002953E9"/>
     <w:rsid w:val="0034503B"/>
+    <w:rsid w:val="00393D80"/>
     <w:rsid w:val="004C11DE"/>
     <w:rsid w:val="0059413F"/>
+    <w:rsid w:val="005D47E2"/>
     <w:rsid w:val="006F6BF6"/>
     <w:rsid w:val="00961A93"/>
     <w:rsid w:val="0098156F"/>
     <w:rsid w:val="00A33C45"/>
     <w:rsid w:val="00A36998"/>
     <w:rsid w:val="00BA6E78"/>
     <w:rsid w:val="00D90D63"/>
     <w:rsid w:val="00DA1ECC"/>
     <w:rsid w:val="00DB5697"/>
     <w:rsid w:val="00DC322E"/>
     <w:rsid w:val="00E13875"/>
     <w:rsid w:val="00EA20F2"/>
     <w:rsid w:val="00EB34B4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -9749,60 +9800,60 @@
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="902bdbc0-adad-47c0-bcb2-f5ab354503d2"/>
     <ds:schemaRef ds:uri="7a009c03-7b46-4f72-9d4c-68f3b4585cc1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{e0793d39-0939-496d-b129-198edd916feb}" enabled="0" method="" siteId="{e0793d39-0939-496d-b129-198edd916feb}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1170</Words>
-  <Characters>6669</Characters>
+  <Words>1235</Words>
+  <Characters>6818</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>15</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>151</Lines>
+  <Paragraphs>105</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7824</CharactersWithSpaces>
+  <CharactersWithSpaces>7948</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100003715BBE8313E46875EEFF31798A93B</vt:lpwstr>
   </property>