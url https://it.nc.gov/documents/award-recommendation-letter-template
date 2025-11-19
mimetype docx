--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -1,49 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="29" w:type="dxa"/>
           <w:left w:w="29" w:type="dxa"/>
           <w:bottom w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
@@ -198,247 +195,327 @@
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1946910" cy="803404"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                               <a:ln w="9525">
                                 <a:noFill/>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="52C19146" w14:textId="77777777" w:rsidR="005D6FAE" w:rsidRPr="00F138A8" w:rsidRDefault="005D6FAE" w:rsidP="00F138A8">
+                                <w:p w14:paraId="52C19146" w14:textId="14DB7447" w:rsidR="005D6FAE" w:rsidRPr="00F138A8" w:rsidRDefault="00C971CF" w:rsidP="00F138A8">
                                   <w:pPr>
                                     <w:pStyle w:val="NoSpacing"/>
                                     <w:jc w:val="right"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                       <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
                                       <w:spacing w:val="10"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                       <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
                                       <w:spacing w:val="10"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
-                                    <w:t>Roy Cooper</w:t>
+                                    <w:t>Josh</w:t>
+                                  </w:r>
+                                  <w:r w:rsidR="005D6FAE">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                      <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+                                      <w:spacing w:val="10"/>
+                                      <w:sz w:val="20"/>
+                                      <w:szCs w:val="20"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                      <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+                                      <w:spacing w:val="10"/>
+                                      <w:sz w:val="20"/>
+                                      <w:szCs w:val="20"/>
+                                    </w:rPr>
+                                    <w:t>Stein</w:t>
                                   </w:r>
                                 </w:p>
                                 <w:p w14:paraId="66EEFDBF" w14:textId="77777777" w:rsidR="005D6FAE" w:rsidRPr="00F138A8" w:rsidRDefault="005D6FAE" w:rsidP="00F138A8">
                                   <w:pPr>
                                     <w:pStyle w:val="NoSpacing"/>
                                     <w:jc w:val="right"/>
                                     <w:rPr>
                                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                                       <w:i/>
                                       <w:color w:val="00B0F0"/>
                                       <w:sz w:val="14"/>
                                       <w:szCs w:val="14"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F138A8">
                                     <w:rPr>
                                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                                       <w:i/>
                                       <w:color w:val="00B0F0"/>
                                       <w:sz w:val="14"/>
                                       <w:szCs w:val="14"/>
                                     </w:rPr>
                                     <w:t>Governor</w:t>
                                   </w:r>
                                 </w:p>
                                 <w:p w14:paraId="798987FD" w14:textId="77777777" w:rsidR="005D6FAE" w:rsidRPr="00A02DEC" w:rsidRDefault="005D6FAE" w:rsidP="00F138A8">
                                   <w:pPr>
                                     <w:pStyle w:val="NoSpacing"/>
                                     <w:jc w:val="right"/>
                                     <w:rPr>
                                       <w:sz w:val="10"/>
                                       <w:szCs w:val="10"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
-                                <w:p w14:paraId="2C32DB90" w14:textId="2ECD3E44" w:rsidR="005D6FAE" w:rsidRPr="00F138A8" w:rsidRDefault="00530C36" w:rsidP="00F138A8">
+                                <w:p w14:paraId="2C32DB90" w14:textId="102EC3C0" w:rsidR="005D6FAE" w:rsidRPr="00F138A8" w:rsidRDefault="005F342F" w:rsidP="00F138A8">
                                   <w:pPr>
                                     <w:pStyle w:val="NoSpacing"/>
                                     <w:jc w:val="right"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                       <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
                                       <w:spacing w:val="10"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                       <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
                                       <w:spacing w:val="10"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
-                                    <w:t>James Weaver</w:t>
+                                    <w:t>Teena</w:t>
+                                  </w:r>
+                                  <w:r w:rsidR="00530C36">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                      <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+                                      <w:spacing w:val="10"/>
+                                      <w:sz w:val="20"/>
+                                      <w:szCs w:val="20"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                      <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+                                      <w:spacing w:val="10"/>
+                                      <w:sz w:val="20"/>
+                                      <w:szCs w:val="20"/>
+                                    </w:rPr>
+                                    <w:t>Piccione</w:t>
                                   </w:r>
                                 </w:p>
                                 <w:p w14:paraId="18F7C2FA" w14:textId="52F72773" w:rsidR="005D6FAE" w:rsidRDefault="004E6BDB" w:rsidP="00530C36">
                                   <w:pPr>
                                     <w:jc w:val="right"/>
                                   </w:pPr>
                                   <w:r w:rsidRPr="004E6BDB">
                                     <w:rPr>
                                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                                       <w:i/>
                                       <w:color w:val="00B0F0"/>
                                       <w:sz w:val="14"/>
                                       <w:szCs w:val="14"/>
                                     </w:rPr>
                                     <w:t>Secretary and State Chief Information Officer</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="444DC961" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
                     <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:69.75pt;margin-top:7.8pt;width:153.3pt;height:63.25pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5DbC0CwIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJkq4x4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7rx8lu2m2vQ3zg0Ca1CF5eLS5GTrDTgq9Blvy+SznTFkJtbaHkn/7un91&#10;zZkPwtbCgFUlf1Se32xfvtj0rlALaMHUChmBWF/0ruRtCK7IMi9b1Qk/A6csBRvATgRy8ZDVKHpC&#10;70y2yPOrrAesHYJU3tPfuzHItwm/aZQMn5vGq8BMyam3kE5MZxXPbLsRxQGFa7Wc2hD/0EUntKWi&#10;Z6g7EQQ7ov4LqtMSwUMTZhK6DJpGS5VmoGnm+R/TPLTCqTQLkePdmSb//2Dlp9OD+4IsDG9hoAWm&#10;Iby7B/ndMwu7VtiDukWEvlWipsLzSFnWO19MVyPVvvARpOo/Qk1LFscACWhosIus0JyM0GkBj2fS&#10;1RCYjCXXy6v1nEKSYtf562W+TCVE8XTboQ/vFXQsGiVHWmpCF6d7H2I3onhKicU8GF3vtTHJwUO1&#10;M8hOggSwT9+E/luasawv+Xq1WCVkC/F+0kanAwnU6C42F79RMpGNd7ZOKUFoM9rUibETPZGRkZsw&#10;VAMlRpoqqB+JKIRRiPRwyGgBf3LWkwhL7n8cBSrOzAdLZK/ny2VUbXKWqzcLcvAyUl1GhJUEVfLA&#10;2WjuQlJ65MHCLS2l0Ymv506mXklcicbpIUT1Xvop6/m5bn8BAAD//wMAUEsDBBQABgAIAAAAIQCs&#10;CqUC3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4MXahArWUpVETjdfW&#10;/oCBnQIpu0vYbaH/3vFkb/NmXt58r9jOphcXGn3nrIJ4EYEgWzvd2UbB4efz+RWED2g19s6Sgit5&#10;2Jb3dwXm2k12R5d9aASHWJ+jgjaEIZfS1y0Z9As3kOXb0Y0GA8uxkXrEicNNL5dRlEmDneUPLQ70&#10;0VJ92p+NguP39JSup+orHFa7JHvHblW5q1KPD/PbBkSgOfyb4Q+f0aFkpsqdrfaiZ/2yTtnKQ5qB&#10;YEOSZDGIihfJMgZZFvK2QvkLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuQ2wtAsCAAD2&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEArAqlAt4A&#10;AAAKAQAADwAAAAAAAAAAAAAAAABlBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="52C19146" w14:textId="77777777" w:rsidR="005D6FAE" w:rsidRPr="00F138A8" w:rsidRDefault="005D6FAE" w:rsidP="00F138A8">
+                          <w:p w14:paraId="52C19146" w14:textId="14DB7447" w:rsidR="005D6FAE" w:rsidRPr="00F138A8" w:rsidRDefault="00C971CF" w:rsidP="00F138A8">
                             <w:pPr>
                               <w:pStyle w:val="NoSpacing"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
                                 <w:spacing w:val="10"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
                                 <w:spacing w:val="10"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>Roy Cooper</w:t>
+                              <w:t>Josh</w:t>
+                            </w:r>
+                            <w:r w:rsidR="005D6FAE">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+                                <w:spacing w:val="10"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+                                <w:spacing w:val="10"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Stein</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="66EEFDBF" w14:textId="77777777" w:rsidR="005D6FAE" w:rsidRPr="00F138A8" w:rsidRDefault="005D6FAE" w:rsidP="00F138A8">
                             <w:pPr>
                               <w:pStyle w:val="NoSpacing"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                                 <w:i/>
                                 <w:color w:val="00B0F0"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F138A8">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                                 <w:i/>
                                 <w:color w:val="00B0F0"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Governor</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="798987FD" w14:textId="77777777" w:rsidR="005D6FAE" w:rsidRPr="00A02DEC" w:rsidRDefault="005D6FAE" w:rsidP="00F138A8">
                             <w:pPr>
                               <w:pStyle w:val="NoSpacing"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:sz w:val="10"/>
                                 <w:szCs w:val="10"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="2C32DB90" w14:textId="2ECD3E44" w:rsidR="005D6FAE" w:rsidRPr="00F138A8" w:rsidRDefault="00530C36" w:rsidP="00F138A8">
+                          <w:p w14:paraId="2C32DB90" w14:textId="102EC3C0" w:rsidR="005D6FAE" w:rsidRPr="00F138A8" w:rsidRDefault="005F342F" w:rsidP="00F138A8">
                             <w:pPr>
                               <w:pStyle w:val="NoSpacing"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
                                 <w:spacing w:val="10"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                                 <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
                                 <w:spacing w:val="10"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>James Weaver</w:t>
+                              <w:t>Teena</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00530C36">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+                                <w:spacing w:val="10"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+                                <w:spacing w:val="10"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Piccione</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="18F7C2FA" w14:textId="52F72773" w:rsidR="005D6FAE" w:rsidRDefault="004E6BDB" w:rsidP="00530C36">
                             <w:pPr>
                               <w:jc w:val="right"/>
                             </w:pPr>
                             <w:r w:rsidRPr="004E6BDB">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                                 <w:i/>
                                 <w:color w:val="00B0F0"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Secretary and State Chief Information Officer</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
@@ -1663,61 +1740,59 @@
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4505" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32DD4AD0" w14:textId="77777777" w:rsidR="008122AC" w:rsidRPr="00E049D7" w:rsidRDefault="008122AC" w:rsidP="00E049D7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5735F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00E049D7" w:rsidRPr="00E049D7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>xxx,xxx</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008122AC" w:rsidRPr="00B5735F" w14:paraId="2433DD55" w14:textId="77777777" w:rsidTr="00B5735F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="079B1335" w14:textId="77777777" w:rsidR="008122AC" w:rsidRPr="00B5735F" w:rsidRDefault="008122AC" w:rsidP="00B5735F">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5735F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Contract Term</w:t>
             </w:r>
             <w:r w:rsidR="00B5735F" w:rsidRPr="00B5735F">
@@ -6306,71 +6381,69 @@
       <w:r w:rsidR="005D6FAE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Evaluation C</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA7672">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ommittee then evaluated the bid proposals for the remaining </w:t>
       </w:r>
       <w:r w:rsidR="00E049D7" w:rsidRPr="00E049D7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>xxx</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA7672">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vendors</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005D6FAE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA7672">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005D6FAE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005D6FAE" w:rsidRPr="005D6FAE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>list the</w:t>
       </w:r>
       <w:r w:rsidR="005D6FAE">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E602DB" w:rsidRPr="00E602DB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>vendor names</w:t>
       </w:r>
       <w:r w:rsidR="00E943F9" w:rsidRPr="00BA7672">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
@@ -6625,56 +6698,53 @@
           </w:tcPr>
           <w:p w14:paraId="4F29EE06" w14:textId="77777777" w:rsidR="005D6FAE" w:rsidRPr="00BA7672" w:rsidRDefault="005D6FAE" w:rsidP="00BA7672">
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6E21209D" w14:textId="77777777" w:rsidR="005D6FAE" w:rsidRDefault="005D6FAE" w:rsidP="009B0D62"/>
     <w:p w14:paraId="7915CADB" w14:textId="1A7A5AFF" w:rsidR="00877AAD" w:rsidRDefault="00766C8A" w:rsidP="005D6FAE">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA7672">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="541433B0" w14:textId="77777777" w:rsidR="009276C9" w:rsidRDefault="009276C9" w:rsidP="00877AAD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:sectPr w:rsidR="009276C9" w:rsidSect="009300BB">
-          <w:headerReference w:type="even" r:id="rId14"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId19"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="216" w:footer="288" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="260FBD2F" w14:textId="77777777" w:rsidR="00665957" w:rsidRPr="00877AAD" w:rsidRDefault="00766C8A" w:rsidP="00877AAD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc484515080"/>
       <w:r w:rsidRPr="00BD5B10">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Section 6: </w:t>
       </w:r>
       <w:r w:rsidR="00665957" w:rsidRPr="00BD5B10">
@@ -12095,60 +12165,58 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">The evaluation committee recommends awarding the contract to </w:t>
       </w:r>
       <w:r w:rsidR="00EE5B4C" w:rsidRPr="00EE5B4C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Vendor</w:t>
       </w:r>
       <w:r w:rsidR="00EE5B4C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C8295D">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>the amount of $</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EE5B4C" w:rsidRPr="00EE5B4C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>xxx,xxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C8295D">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26B874E5" w14:textId="3B4974D7" w:rsidR="006361D6" w:rsidRPr="006361D6" w:rsidRDefault="008449AD" w:rsidP="00517F8D">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C8295D">
         <w:t>The following supporting documents that reflect the Vendor selection findings are attached:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="606195F8" w14:textId="1B391D08" w:rsidR="006361D6" w:rsidRPr="006361D6" w:rsidRDefault="006361D6" w:rsidP="00517F8D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
@@ -12323,79 +12391,64 @@
         </w:rPr>
         <w:t xml:space="preserve">will be provided to </w:t>
       </w:r>
       <w:r w:rsidR="00517F8D">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">the Statewide </w:t>
       </w:r>
       <w:r w:rsidR="006C4790">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">IT </w:t>
       </w:r>
       <w:r w:rsidR="00517F8D">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Procurement Office</w:t>
       </w:r>
       <w:r w:rsidR="000A71F8">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>, to include the following</w:t>
-[...6 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>, to include the following:</w:t>
       </w:r>
       <w:r w:rsidR="00517F8D">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00517F8D">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...7 lines deleted...]
-        <w:t>this is a suggested list and may be modified.  You should include any documentation that supports your evaluation and award recommendation]</w:t>
+        <w:t>[this is a suggested list and may be modified.  You should include any documentation that supports your evaluation and award recommendation]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76B358B5" w14:textId="77777777" w:rsidR="008449AD" w:rsidRPr="00D51329" w:rsidRDefault="008449AD" w:rsidP="00517F8D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413715">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Evaluation Forms</w:t>
       </w:r>
     </w:p>
@@ -12523,61 +12576,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23E13702" w14:textId="77777777" w:rsidR="008449AD" w:rsidRPr="001F4E80" w:rsidRDefault="008449AD" w:rsidP="000C1A6B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008449AD" w:rsidRPr="001F4E80" w:rsidSect="00D62D72">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="216" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31865A28" w14:textId="77777777" w:rsidR="00FD71C5" w:rsidRDefault="00FD71C5" w:rsidP="00690F94">
+    <w:p w14:paraId="06F39016" w14:textId="77777777" w:rsidR="005D5674" w:rsidRDefault="005D5674" w:rsidP="00690F94">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76202E1D" w14:textId="77777777" w:rsidR="00FD71C5" w:rsidRDefault="00FD71C5" w:rsidP="00690F94">
+    <w:p w14:paraId="06DB9A31" w14:textId="77777777" w:rsidR="005D5674" w:rsidRDefault="005D5674" w:rsidP="00690F94">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -12615,60 +12668,50 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="381D2B8B" w14:textId="464BCF66" w:rsidR="005D6FAE" w:rsidRDefault="005D6FAE" w:rsidP="00B93892">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008C21D7">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008C21D7">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008C21D7">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -12712,212 +12755,201 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006B7478">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="008C21D7">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="008C21D7">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6C42F511" w14:textId="0A62528B" w:rsidR="005D6FAE" w:rsidRPr="00052FE3" w:rsidRDefault="005D6FAE" w:rsidP="00052FE3">
+  <w:p w14:paraId="6C42F511" w14:textId="71AACF15" w:rsidR="005D6FAE" w:rsidRPr="00052FE3" w:rsidRDefault="005D6FAE" w:rsidP="00052FE3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00052FE3">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>v.20</w:t>
     </w:r>
     <w:r w:rsidR="00FC296B">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>24</w:t>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="00560C87">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00052FE3">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="000D6A6E">
+    <w:r w:rsidR="00560C87">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>08</w:t>
+      <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="00052FE3">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="000D6A6E">
+    <w:r w:rsidR="00560C87">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>23</w:t>
+      <w:t>10</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="521C550D" w14:textId="77777777" w:rsidR="005D6FAE" w:rsidRDefault="005D6FAE" w:rsidP="008E677B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="3798"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="687903C4" w14:textId="77777777" w:rsidR="00FD71C5" w:rsidRDefault="00FD71C5" w:rsidP="00690F94">
+    <w:p w14:paraId="6C755833" w14:textId="77777777" w:rsidR="005D5674" w:rsidRDefault="005D5674" w:rsidP="00690F94">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C17E502" w14:textId="77777777" w:rsidR="00FD71C5" w:rsidRDefault="00FD71C5" w:rsidP="00690F94">
+    <w:p w14:paraId="70630E69" w14:textId="77777777" w:rsidR="005D5674" w:rsidRDefault="005D5674" w:rsidP="00690F94">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="054B33FD" w14:textId="47406DB2" w:rsidR="005D6FAE" w:rsidRDefault="005D6FAE" w:rsidP="000A71F8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t>Statewide IT Procurement Office R</w:t>
     </w:r>
     <w:r w:rsidRPr="000A7DE9">
       <w:rPr>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t xml:space="preserve">eference </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t>N</w:t>
     </w:r>
     <w:r w:rsidRPr="000A7DE9">
       <w:rPr>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t>umber</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="72A45E22" w14:textId="40FE0232" w:rsidR="005D6FAE" w:rsidRDefault="005D6FAE" w:rsidP="00BC0BDB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t>Statewide IT Procurement Office Reference N</w:t>
     </w:r>
     <w:r w:rsidRPr="00EE5B4C">
       <w:rPr>
         <w:noProof/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t>umber</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="26BC332B" w14:textId="77777777" w:rsidR="005D6FAE" w:rsidRDefault="005D6FAE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
@@ -14811,54 +14843,55 @@
   <w:num w:numId="16" w16cid:durableId="514392107">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1234394391">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="720517848">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1139952233">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1905414491">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006270FB"/>
     <w:rsid w:val="000000DD"/>
     <w:rsid w:val="000063DF"/>
     <w:rsid w:val="00007F5E"/>
     <w:rsid w:val="00011F5D"/>
     <w:rsid w:val="000143A3"/>
@@ -15247,103 +15280,106 @@
     <w:rsid w:val="00520575"/>
     <w:rsid w:val="00522A7F"/>
     <w:rsid w:val="00523E20"/>
     <w:rsid w:val="005253F7"/>
     <w:rsid w:val="00525B2D"/>
     <w:rsid w:val="00526EF7"/>
     <w:rsid w:val="00530C36"/>
     <w:rsid w:val="00530ED0"/>
     <w:rsid w:val="00531589"/>
     <w:rsid w:val="0053191E"/>
     <w:rsid w:val="005350DB"/>
     <w:rsid w:val="00535785"/>
     <w:rsid w:val="005359BE"/>
     <w:rsid w:val="005367EE"/>
     <w:rsid w:val="00541360"/>
     <w:rsid w:val="005441E0"/>
     <w:rsid w:val="00545FAA"/>
     <w:rsid w:val="0054674D"/>
     <w:rsid w:val="005471C4"/>
     <w:rsid w:val="005504A8"/>
     <w:rsid w:val="005546FE"/>
     <w:rsid w:val="005549CC"/>
     <w:rsid w:val="005557A4"/>
     <w:rsid w:val="00556F64"/>
     <w:rsid w:val="0056014F"/>
+    <w:rsid w:val="00560C87"/>
     <w:rsid w:val="0056196C"/>
     <w:rsid w:val="0056201F"/>
     <w:rsid w:val="005676A1"/>
     <w:rsid w:val="005707D8"/>
     <w:rsid w:val="00571247"/>
     <w:rsid w:val="0057134F"/>
     <w:rsid w:val="0057173A"/>
     <w:rsid w:val="00572543"/>
     <w:rsid w:val="005810F6"/>
     <w:rsid w:val="00581337"/>
     <w:rsid w:val="00581DF7"/>
     <w:rsid w:val="00583E7D"/>
     <w:rsid w:val="00584EAB"/>
     <w:rsid w:val="005917C7"/>
     <w:rsid w:val="00591C85"/>
     <w:rsid w:val="00592734"/>
     <w:rsid w:val="00592761"/>
     <w:rsid w:val="00592874"/>
     <w:rsid w:val="00593A5B"/>
     <w:rsid w:val="005949AE"/>
     <w:rsid w:val="00594B25"/>
     <w:rsid w:val="00594F55"/>
     <w:rsid w:val="00596583"/>
     <w:rsid w:val="005A09D5"/>
     <w:rsid w:val="005A175F"/>
     <w:rsid w:val="005A64A0"/>
     <w:rsid w:val="005A6ACD"/>
     <w:rsid w:val="005A78BA"/>
     <w:rsid w:val="005A7F60"/>
     <w:rsid w:val="005B0CD6"/>
     <w:rsid w:val="005B1B81"/>
     <w:rsid w:val="005B5636"/>
     <w:rsid w:val="005B736F"/>
     <w:rsid w:val="005C305E"/>
     <w:rsid w:val="005C3503"/>
     <w:rsid w:val="005C4D3D"/>
     <w:rsid w:val="005D0C9C"/>
     <w:rsid w:val="005D1208"/>
+    <w:rsid w:val="005D5674"/>
     <w:rsid w:val="005D69A7"/>
     <w:rsid w:val="005D6FAE"/>
     <w:rsid w:val="005D73E0"/>
     <w:rsid w:val="005D7576"/>
     <w:rsid w:val="005E11D7"/>
     <w:rsid w:val="005E1F8D"/>
     <w:rsid w:val="005E6855"/>
     <w:rsid w:val="005E6909"/>
     <w:rsid w:val="005E6B6B"/>
     <w:rsid w:val="005E784A"/>
     <w:rsid w:val="005E7A44"/>
     <w:rsid w:val="005E7F9E"/>
     <w:rsid w:val="005F02B1"/>
     <w:rsid w:val="005F1BEA"/>
     <w:rsid w:val="005F1F60"/>
+    <w:rsid w:val="005F342F"/>
     <w:rsid w:val="005F5207"/>
     <w:rsid w:val="005F7466"/>
     <w:rsid w:val="0060120A"/>
     <w:rsid w:val="00604E24"/>
     <w:rsid w:val="00611A06"/>
     <w:rsid w:val="0061501A"/>
     <w:rsid w:val="006157FD"/>
     <w:rsid w:val="0062358F"/>
     <w:rsid w:val="006237B3"/>
     <w:rsid w:val="0062489A"/>
     <w:rsid w:val="00624A8F"/>
     <w:rsid w:val="006250A6"/>
     <w:rsid w:val="006270FB"/>
     <w:rsid w:val="006273F6"/>
     <w:rsid w:val="00632011"/>
     <w:rsid w:val="00633852"/>
     <w:rsid w:val="006348D6"/>
     <w:rsid w:val="006361D6"/>
     <w:rsid w:val="0063799E"/>
     <w:rsid w:val="00637FD9"/>
     <w:rsid w:val="0064412E"/>
     <w:rsid w:val="00644CCB"/>
     <w:rsid w:val="00650D01"/>
     <w:rsid w:val="006536BF"/>
     <w:rsid w:val="00654A5D"/>
@@ -15703,77 +15739,79 @@
     <w:rsid w:val="00AD1D79"/>
     <w:rsid w:val="00AD206D"/>
     <w:rsid w:val="00AD3269"/>
     <w:rsid w:val="00AD3897"/>
     <w:rsid w:val="00AD55C3"/>
     <w:rsid w:val="00AE11A6"/>
     <w:rsid w:val="00AE2B2F"/>
     <w:rsid w:val="00AE444B"/>
     <w:rsid w:val="00AE72BB"/>
     <w:rsid w:val="00AE79F6"/>
     <w:rsid w:val="00AE7E50"/>
     <w:rsid w:val="00AE7F1A"/>
     <w:rsid w:val="00AF0470"/>
     <w:rsid w:val="00AF0E77"/>
     <w:rsid w:val="00AF283A"/>
     <w:rsid w:val="00AF2B45"/>
     <w:rsid w:val="00AF64C7"/>
     <w:rsid w:val="00B01B69"/>
     <w:rsid w:val="00B01C80"/>
     <w:rsid w:val="00B02F39"/>
     <w:rsid w:val="00B05E82"/>
     <w:rsid w:val="00B0676F"/>
     <w:rsid w:val="00B06CBF"/>
     <w:rsid w:val="00B07AC4"/>
     <w:rsid w:val="00B101CA"/>
+    <w:rsid w:val="00B105B2"/>
     <w:rsid w:val="00B109BC"/>
     <w:rsid w:val="00B11D83"/>
     <w:rsid w:val="00B13B68"/>
     <w:rsid w:val="00B162FC"/>
     <w:rsid w:val="00B16473"/>
     <w:rsid w:val="00B165D0"/>
     <w:rsid w:val="00B17160"/>
     <w:rsid w:val="00B202D3"/>
     <w:rsid w:val="00B20527"/>
     <w:rsid w:val="00B22890"/>
     <w:rsid w:val="00B23F72"/>
     <w:rsid w:val="00B2426E"/>
     <w:rsid w:val="00B24871"/>
     <w:rsid w:val="00B265E4"/>
     <w:rsid w:val="00B27E42"/>
     <w:rsid w:val="00B3662B"/>
     <w:rsid w:val="00B413A7"/>
     <w:rsid w:val="00B41A76"/>
     <w:rsid w:val="00B42296"/>
     <w:rsid w:val="00B443CE"/>
     <w:rsid w:val="00B45045"/>
     <w:rsid w:val="00B459E4"/>
     <w:rsid w:val="00B545E4"/>
     <w:rsid w:val="00B546DD"/>
     <w:rsid w:val="00B5545B"/>
     <w:rsid w:val="00B55BBC"/>
     <w:rsid w:val="00B5735F"/>
+    <w:rsid w:val="00B573FC"/>
     <w:rsid w:val="00B60AC1"/>
     <w:rsid w:val="00B6128F"/>
     <w:rsid w:val="00B62CA7"/>
     <w:rsid w:val="00B63633"/>
     <w:rsid w:val="00B63B1C"/>
     <w:rsid w:val="00B662EE"/>
     <w:rsid w:val="00B66B03"/>
     <w:rsid w:val="00B729DA"/>
     <w:rsid w:val="00B81B0F"/>
     <w:rsid w:val="00B845DD"/>
     <w:rsid w:val="00B9346A"/>
     <w:rsid w:val="00B93892"/>
     <w:rsid w:val="00B966B6"/>
     <w:rsid w:val="00B96D8D"/>
     <w:rsid w:val="00B96EE5"/>
     <w:rsid w:val="00B971FB"/>
     <w:rsid w:val="00BA278D"/>
     <w:rsid w:val="00BA3695"/>
     <w:rsid w:val="00BA3ACD"/>
     <w:rsid w:val="00BA75A6"/>
     <w:rsid w:val="00BA7672"/>
     <w:rsid w:val="00BB0A21"/>
     <w:rsid w:val="00BB5AB6"/>
     <w:rsid w:val="00BC09EA"/>
     <w:rsid w:val="00BC0BDB"/>
@@ -15825,50 +15863,51 @@
     <w:rsid w:val="00C54A69"/>
     <w:rsid w:val="00C5731B"/>
     <w:rsid w:val="00C6249B"/>
     <w:rsid w:val="00C62504"/>
     <w:rsid w:val="00C62B2D"/>
     <w:rsid w:val="00C63570"/>
     <w:rsid w:val="00C648E1"/>
     <w:rsid w:val="00C67004"/>
     <w:rsid w:val="00C7116B"/>
     <w:rsid w:val="00C72277"/>
     <w:rsid w:val="00C7359C"/>
     <w:rsid w:val="00C735A6"/>
     <w:rsid w:val="00C7413B"/>
     <w:rsid w:val="00C74187"/>
     <w:rsid w:val="00C75066"/>
     <w:rsid w:val="00C75885"/>
     <w:rsid w:val="00C76513"/>
     <w:rsid w:val="00C8295D"/>
     <w:rsid w:val="00C82DC2"/>
     <w:rsid w:val="00C870D7"/>
     <w:rsid w:val="00C87346"/>
     <w:rsid w:val="00C878CF"/>
     <w:rsid w:val="00C933A5"/>
     <w:rsid w:val="00C934A8"/>
     <w:rsid w:val="00C956D7"/>
+    <w:rsid w:val="00C971CF"/>
     <w:rsid w:val="00C97CB9"/>
     <w:rsid w:val="00CA0F19"/>
     <w:rsid w:val="00CA2016"/>
     <w:rsid w:val="00CA20AB"/>
     <w:rsid w:val="00CA2C86"/>
     <w:rsid w:val="00CA2E1C"/>
     <w:rsid w:val="00CA6EB9"/>
     <w:rsid w:val="00CB0311"/>
     <w:rsid w:val="00CB19AC"/>
     <w:rsid w:val="00CB1ECF"/>
     <w:rsid w:val="00CB2074"/>
     <w:rsid w:val="00CB24BA"/>
     <w:rsid w:val="00CB5C1B"/>
     <w:rsid w:val="00CB605F"/>
     <w:rsid w:val="00CC0463"/>
     <w:rsid w:val="00CC15AD"/>
     <w:rsid w:val="00CC586E"/>
     <w:rsid w:val="00CC7EC1"/>
     <w:rsid w:val="00CD1405"/>
     <w:rsid w:val="00CD1C1E"/>
     <w:rsid w:val="00CD25FF"/>
     <w:rsid w:val="00CD4C60"/>
     <w:rsid w:val="00CD6726"/>
     <w:rsid w:val="00CD6DD3"/>
     <w:rsid w:val="00CD71B0"/>
@@ -16127,53 +16166,53 @@
     <w:rsid w:val="00FC7AA7"/>
     <w:rsid w:val="00FD1A24"/>
     <w:rsid w:val="00FD256A"/>
     <w:rsid w:val="00FD71C5"/>
     <w:rsid w:val="00FE4A0A"/>
     <w:rsid w:val="00FF15B2"/>
     <w:rsid w:val="00FF3CEE"/>
     <w:rsid w:val="00FF53DF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="57501630"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -17651,51 +17690,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2138639631">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=images&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwjwuKn_msfSAhXDJiYKHXUBB30QjRwIBw&amp;url=http://northcarolinahistory.org/encyclopedia/the-great-seal-of-the-state-of-north-carolina/&amp;psig=AFQjCNEqIbWju_XYekRKPqyQqpiuwtoDeg&amp;ust=1489072899041253" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=images&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwjwuKn_msfSAhXDJiYKHXUBB30QjRwIBw&amp;url=http://northcarolinahistory.org/encyclopedia/the-great-seal-of-the-state-of-north-carolina/&amp;psig=AFQjCNEqIbWju_XYekRKPqyQqpiuwtoDeg&amp;ust=1489072899041253" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17960,116 +17999,125 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_dlc_DocId xmlns="a70826c3-bc65-419a-994a-465ca38d99d8">TA5UNRANKDR3-942230846-293</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="a70826c3-bc65-419a-994a-465ca38d99d8">
+      <Url>https://ncconnect.sharepoint.com/sites/it_contracts/_layouts/15/DocIdRedir.aspx?ID=TA5UNRANKDR3-942230846-293</Url>
+      <Description>TA5UNRANKDR3-942230846-293</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B694C6A55DE2134FBC3E5EBEC0D5144E" ma:contentTypeVersion="2" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9b8135a379e4357765ffc95c7021e086">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a70826c3-bc65-419a-994a-465ca38d99d8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d3b22cb2a6e4f6a8a8bfb6d2b7ed28fc" ns2:_="">
     <xsd:import namespace="a70826c3-bc65-419a-994a-465ca38d99d8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a70826c3-bc65-419a-994a-465ca38d99d8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
@@ -18198,120 +18246,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25F6AEE3-1212-4B0E-B3C5-8195A7DDADDA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7955D41B-1E22-45F2-9B21-08CBCBFC9330}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D04E1A69-75A5-48A6-A9F7-C63D94259F50}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a70826c3-bc65-419a-994a-465ca38d99d8"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7955D41B-1E22-45F2-9B21-08CBCBFC9330}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25F6AEE3-1212-4B0E-B3C5-8195A7DDADDA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A5F7BFF-E783-4B89-860B-DFD9E0D563A0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9EC56A4-72A1-4740-8E0F-43E8DAE013D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a70826c3-bc65-419a-994a-465ca38d99d8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
   <Words>1758</Words>
   <Characters>10023</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>83</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>11758</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>